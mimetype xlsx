--- v0 (2025-11-08)
+++ v1 (2026-01-07)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/towns/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="19" documentId="8_{9E07A2B5-E1D5-42BA-BB9B-ADFB3CBCB02C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E79DD510-54F5-4776-B207-C9F6257C3EE8}"/>
+  <xr:revisionPtr revIDLastSave="22" documentId="8_{9E07A2B5-E1D5-42BA-BB9B-ADFB3CBCB02C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DAD49AC4-0ED0-411F-AFDA-0C37C11FA86C}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="HTML_CodePage" hidden="1">1252</definedName>
     <definedName name="HTML_Control" hidden="1">{"'Sheet1'!$A$1:$N$325"}</definedName>
     <definedName name="HTML_Description" hidden="1">""</definedName>
     <definedName name="HTML_Email" hidden="1">""</definedName>
     <definedName name="HTML_Header" hidden="1">"Sheet1"</definedName>
     <definedName name="HTML_LastUpdate" hidden="1">"3/4/98"</definedName>
     <definedName name="HTML_LineAfter" hidden="1">FALSE</definedName>
     <definedName name="HTML_LineBefore" hidden="1">FALSE</definedName>
     <definedName name="HTML_Name" hidden="1">"Maria"</definedName>
     <definedName name="HTML_OBDlg2" hidden="1">TRUE</definedName>
     <definedName name="HTML_OBDlg4" hidden="1">TRUE</definedName>
     <definedName name="HTML_OS" hidden="1">0</definedName>
     <definedName name="HTML_PathFile" hidden="1">"C:\Program Files\SoftQuad\HoTMetaL PRO\Document\benchmark98\laus97.htm"</definedName>
     <definedName name="HTML_Title" hidden="1">"BMK97EST"</definedName>
     <definedName name="PAGE1">'2025'!$A$4:$A$37</definedName>
     <definedName name="PAGE10">'2025'!$A$279:$A$296</definedName>
     <definedName name="PAGE11">'2025'!#REF!</definedName>
     <definedName name="PAGE2">'2025'!$A$39:$A$67</definedName>
     <definedName name="PAGE3">'2025'!$A$69:$A$97</definedName>
     <definedName name="PAGE4">'2025'!$A$99:$A$127</definedName>
@@ -675,95 +675,95 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N307"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="27.28515625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13" max="14" width="8.28515625" customWidth="1"/>
+    <col min="1" max="1" width="27.33203125" customWidth="1"/>
+    <col min="2" max="11" width="8.33203125" customWidth="1"/>
+    <col min="12" max="12" width="7.5546875" customWidth="1"/>
+    <col min="13" max="14" width="8.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15.75">
+    <row r="1" spans="1:14" ht="15.6">
       <c r="A1" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="14"/>
       <c r="C1" s="14"/>
       <c r="D1" s="14"/>
       <c r="E1" s="14"/>
       <c r="F1" s="14"/>
       <c r="G1" s="14"/>
       <c r="H1" s="14"/>
       <c r="I1" s="14"/>
       <c r="J1" s="14"/>
       <c r="K1" s="14"/>
       <c r="L1" s="14"/>
       <c r="M1" s="14"/>
       <c r="N1" s="14"/>
     </row>
-    <row r="2" spans="1:14" ht="15.75">
+    <row r="2" spans="1:14" ht="15.6">
       <c r="A2" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="14"/>
       <c r="C2" s="14"/>
       <c r="D2" s="14"/>
       <c r="E2" s="14"/>
       <c r="F2" s="14"/>
       <c r="G2" s="14"/>
       <c r="H2" s="14"/>
       <c r="I2" s="14"/>
       <c r="J2" s="14"/>
       <c r="K2" s="14"/>
       <c r="L2" s="14"/>
       <c r="M2" s="14"/>
       <c r="N2" s="14"/>
     </row>
-    <row r="3" spans="1:14" ht="15.75">
+    <row r="3" spans="1:14" ht="15.6">
       <c r="A3" s="14">
         <v>2025</v>
       </c>
       <c r="B3" s="14"/>
       <c r="C3" s="14"/>
       <c r="D3" s="14"/>
       <c r="E3" s="14"/>
       <c r="F3" s="14"/>
       <c r="G3" s="14"/>
       <c r="H3" s="14"/>
       <c r="I3" s="14"/>
       <c r="J3" s="14"/>
       <c r="K3" s="14"/>
       <c r="L3" s="14"/>
       <c r="M3" s="14"/>
       <c r="N3" s="14"/>
     </row>
     <row r="4" spans="1:14" ht="12" customHeight="1">
       <c r="A4" s="2"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
@@ -781,544 +781,581 @@
       </c>
       <c r="B5" s="6">
         <v>45658</v>
       </c>
       <c r="C5" s="6">
         <v>45689</v>
       </c>
       <c r="D5" s="6">
         <v>45717</v>
       </c>
       <c r="E5" s="6">
         <v>45748</v>
       </c>
       <c r="F5" s="6">
         <v>45778</v>
       </c>
       <c r="G5" s="6">
         <v>45809</v>
       </c>
       <c r="H5" s="6">
         <v>45839</v>
       </c>
       <c r="I5" s="6">
         <v>45870</v>
       </c>
-      <c r="J5" s="6"/>
+      <c r="J5" s="6">
+        <v>45901</v>
+      </c>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
     </row>
     <row r="6" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A6" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="3">
         <v>588212</v>
       </c>
       <c r="C6" s="3">
         <v>587142</v>
       </c>
       <c r="D6" s="3">
         <v>582213</v>
       </c>
       <c r="E6" s="3">
         <v>582534</v>
       </c>
       <c r="F6" s="3">
         <v>586885</v>
       </c>
       <c r="G6" s="3">
         <v>590465</v>
       </c>
       <c r="H6" s="3">
         <v>593588</v>
       </c>
       <c r="I6" s="3">
-        <v>591583</v>
-[...1 lines deleted...]
-      <c r="J6" s="3"/>
+        <v>591772</v>
+      </c>
+      <c r="J6" s="3">
+        <v>595341</v>
+      </c>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
     </row>
     <row r="7" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="3">
         <v>556519</v>
       </c>
       <c r="C7" s="3">
         <v>550476</v>
       </c>
       <c r="D7" s="3">
         <v>552216</v>
       </c>
       <c r="E7" s="3">
         <v>556994</v>
       </c>
       <c r="F7" s="3">
         <v>560478</v>
       </c>
       <c r="G7" s="3">
         <v>564931</v>
       </c>
       <c r="H7" s="3">
         <v>565807</v>
       </c>
       <c r="I7" s="3">
-        <v>564938</v>
-[...1 lines deleted...]
-      <c r="J7" s="3"/>
+        <v>565016</v>
+      </c>
+      <c r="J7" s="3">
+        <v>573514</v>
+      </c>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
     </row>
     <row r="8" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="3">
         <v>31693</v>
       </c>
       <c r="C8" s="3">
         <v>36666</v>
       </c>
       <c r="D8" s="3">
         <v>29997</v>
       </c>
       <c r="E8" s="3">
         <v>25540</v>
       </c>
       <c r="F8" s="3">
         <v>26407</v>
       </c>
       <c r="G8" s="3">
         <v>25534</v>
       </c>
       <c r="H8" s="3">
         <v>27781</v>
       </c>
       <c r="I8" s="3">
-        <v>26645</v>
-[...1 lines deleted...]
-      <c r="J8" s="3"/>
+        <v>26756</v>
+      </c>
+      <c r="J8" s="3">
+        <v>21827</v>
+      </c>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
     </row>
     <row r="9" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="8">
         <v>5.4</v>
       </c>
       <c r="C9" s="8">
         <v>6.2</v>
       </c>
       <c r="D9" s="8">
         <v>5.2</v>
       </c>
       <c r="E9" s="8">
         <v>4.4000000000000004</v>
       </c>
       <c r="F9" s="8">
         <v>4.5</v>
       </c>
       <c r="G9" s="8">
         <v>4.3</v>
       </c>
       <c r="H9" s="8">
         <v>4.7</v>
       </c>
       <c r="I9" s="8">
         <v>4.5</v>
       </c>
-      <c r="J9" s="8"/>
+      <c r="J9" s="8">
+        <v>3.7</v>
+      </c>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
     </row>
     <row r="10" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A10" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="8">
         <v>4.5999999999999996</v>
       </c>
       <c r="C10" s="8">
         <v>4.7</v>
       </c>
       <c r="D10" s="8">
         <v>4.8</v>
       </c>
       <c r="E10" s="8">
         <v>4.9000000000000004</v>
       </c>
       <c r="F10" s="8">
         <v>4.9000000000000004</v>
       </c>
       <c r="G10" s="8">
         <v>4.8</v>
       </c>
       <c r="H10" s="8">
         <v>4.8</v>
       </c>
       <c r="I10" s="8">
         <v>4.5999999999999996</v>
       </c>
+      <c r="J10" s="8">
+        <v>4.5</v>
+      </c>
       <c r="N10" s="10"/>
     </row>
     <row r="11" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A11" s="9"/>
     </row>
     <row r="12" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="B13" s="6">
         <v>45658</v>
       </c>
       <c r="C13" s="6">
         <v>45689</v>
       </c>
       <c r="D13" s="6">
         <v>45717</v>
       </c>
       <c r="E13" s="6">
         <v>45748</v>
       </c>
       <c r="F13" s="6">
         <v>45778</v>
       </c>
       <c r="G13" s="6">
         <v>45809</v>
       </c>
       <c r="H13" s="6">
         <v>45839</v>
       </c>
       <c r="I13" s="6">
         <v>45870</v>
       </c>
-      <c r="J13" s="6"/>
+      <c r="J13" s="6">
+        <v>45901</v>
+      </c>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="6"/>
       <c r="N13" s="6"/>
     </row>
     <row r="14" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="3">
         <v>902835</v>
       </c>
       <c r="C14" s="3">
         <v>902431</v>
       </c>
       <c r="D14" s="3">
         <v>898122</v>
       </c>
       <c r="E14" s="3">
         <v>898441</v>
       </c>
       <c r="F14" s="3">
         <v>904735</v>
       </c>
       <c r="G14" s="3">
         <v>907951</v>
       </c>
       <c r="H14" s="3">
         <v>911877</v>
       </c>
       <c r="I14" s="3">
-        <v>910309</v>
+        <v>910419</v>
+      </c>
+      <c r="J14" s="3">
+        <v>909810</v>
       </c>
     </row>
     <row r="15" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="3">
         <v>852631</v>
       </c>
       <c r="C15" s="3">
         <v>846137</v>
       </c>
       <c r="D15" s="3">
         <v>849221</v>
       </c>
       <c r="E15" s="3">
         <v>855958</v>
       </c>
       <c r="F15" s="3">
         <v>860239</v>
       </c>
       <c r="G15" s="3">
         <v>865896</v>
       </c>
       <c r="H15" s="3">
         <v>866938</v>
       </c>
       <c r="I15" s="3">
-        <v>866779</v>
+        <v>866764</v>
+      </c>
+      <c r="J15" s="3">
+        <v>872976</v>
       </c>
     </row>
     <row r="16" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="3">
         <v>50204</v>
       </c>
       <c r="C16" s="3">
         <v>56294</v>
       </c>
       <c r="D16" s="3">
         <v>48901</v>
       </c>
       <c r="E16" s="3">
         <v>42483</v>
       </c>
       <c r="F16" s="3">
         <v>44496</v>
       </c>
       <c r="G16" s="3">
         <v>42055</v>
       </c>
       <c r="H16" s="3">
         <v>44939</v>
       </c>
       <c r="I16" s="3">
-        <v>43530</v>
+        <v>43655</v>
+      </c>
+      <c r="J16" s="3">
+        <v>36834</v>
       </c>
     </row>
     <row r="17" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A17" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="8">
         <v>5.6</v>
       </c>
       <c r="C17" s="8">
         <v>6.2</v>
       </c>
       <c r="D17" s="8">
         <v>5.4</v>
       </c>
       <c r="E17" s="8">
         <v>4.7</v>
       </c>
       <c r="F17" s="8">
         <v>4.9000000000000004</v>
       </c>
       <c r="G17" s="8">
         <v>4.5999999999999996</v>
       </c>
       <c r="H17" s="8">
         <v>4.9000000000000004</v>
       </c>
       <c r="I17" s="8">
         <v>4.8</v>
       </c>
+      <c r="J17" s="8">
+        <v>4</v>
+      </c>
     </row>
     <row r="18" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A18" s="9"/>
     </row>
     <row r="19" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="B20" s="6">
         <v>45658</v>
       </c>
       <c r="C20" s="6">
         <v>45689</v>
       </c>
       <c r="D20" s="6">
         <v>45717</v>
       </c>
       <c r="E20" s="6">
         <v>45748</v>
       </c>
       <c r="F20" s="6">
         <v>45778</v>
       </c>
       <c r="G20" s="6">
         <v>45809</v>
       </c>
       <c r="H20" s="6">
         <v>45839</v>
       </c>
       <c r="I20" s="6">
         <v>45870</v>
       </c>
-      <c r="J20" s="6"/>
+      <c r="J20" s="6">
+        <v>45901</v>
+      </c>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
     </row>
     <row r="21" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B21" s="11">
         <v>588213</v>
       </c>
       <c r="C21" s="11">
         <v>587142</v>
       </c>
       <c r="D21" s="11">
         <v>582212</v>
       </c>
       <c r="E21" s="11">
         <v>582534</v>
       </c>
       <c r="F21" s="11">
         <v>586885</v>
       </c>
       <c r="G21" s="11">
         <v>590465</v>
       </c>
       <c r="H21" s="11">
         <v>593588</v>
       </c>
       <c r="I21" s="11">
-        <v>591583</v>
-[...1 lines deleted...]
-      <c r="J21" s="11"/>
+        <v>591772</v>
+      </c>
+      <c r="J21" s="11">
+        <v>595341</v>
+      </c>
       <c r="K21" s="11"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
     </row>
     <row r="22" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="11">
         <v>556520</v>
       </c>
       <c r="C22" s="11">
         <v>550476</v>
       </c>
       <c r="D22" s="11">
         <v>552215</v>
       </c>
       <c r="E22" s="11">
         <v>556994</v>
       </c>
       <c r="F22" s="11">
         <v>560478</v>
       </c>
       <c r="G22" s="11">
         <v>564931</v>
       </c>
       <c r="H22" s="11">
         <v>565807</v>
       </c>
       <c r="I22" s="11">
-        <v>564938</v>
-[...1 lines deleted...]
-      <c r="J22" s="11"/>
+        <v>565016</v>
+      </c>
+      <c r="J22" s="11">
+        <v>573514</v>
+      </c>
       <c r="K22" s="11"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
     </row>
     <row r="23" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B23" s="11">
         <v>31693</v>
       </c>
       <c r="C23" s="11">
         <v>36666</v>
       </c>
       <c r="D23" s="11">
         <v>29997</v>
       </c>
       <c r="E23" s="11">
         <v>25540</v>
       </c>
       <c r="F23" s="11">
         <v>26407</v>
       </c>
       <c r="G23" s="11">
         <v>25534</v>
       </c>
       <c r="H23" s="11">
         <v>27781</v>
       </c>
       <c r="I23" s="11">
-        <v>26645</v>
-[...1 lines deleted...]
-      <c r="J23" s="11"/>
+        <v>26756</v>
+      </c>
+      <c r="J23" s="11">
+        <v>21827</v>
+      </c>
       <c r="K23" s="11"/>
       <c r="L23" s="11"/>
       <c r="M23" s="11"/>
     </row>
     <row r="24" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A24" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="12">
         <v>5.4</v>
       </c>
       <c r="C24" s="12">
         <v>6.2</v>
       </c>
       <c r="D24" s="12">
         <v>5.2</v>
       </c>
       <c r="E24" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="F24" s="12">
         <v>4.5</v>
       </c>
       <c r="G24" s="12">
         <v>4.3</v>
       </c>
       <c r="H24" s="12">
         <v>4.7</v>
       </c>
       <c r="I24" s="12">
         <v>4.5</v>
       </c>
-      <c r="J24" s="12"/>
+      <c r="J24" s="12">
+        <v>3.7</v>
+      </c>
       <c r="K24" s="12"/>
       <c r="L24" s="12"/>
       <c r="M24" s="12"/>
     </row>
     <row r="25" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A25" s="9"/>
       <c r="B25" s="12"/>
       <c r="C25" s="12"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="12"/>
       <c r="M25" s="12"/>
       <c r="N25" s="12"/>
     </row>
     <row r="26" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="13"/>
@@ -1338,8563 +1375,9035 @@
     <row r="27" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="B27" s="6">
         <v>45658</v>
       </c>
       <c r="C27" s="6">
         <v>45689</v>
       </c>
       <c r="D27" s="6">
         <v>45717</v>
       </c>
       <c r="E27" s="6">
         <v>45748</v>
       </c>
       <c r="F27" s="6">
         <v>45778</v>
       </c>
       <c r="G27" s="6">
         <v>45809</v>
       </c>
       <c r="H27" s="6">
         <v>45839</v>
       </c>
       <c r="I27" s="6">
         <v>45870</v>
       </c>
-      <c r="J27" s="6"/>
+      <c r="J27" s="6">
+        <v>45901</v>
+      </c>
       <c r="K27" s="6"/>
       <c r="L27" s="6"/>
       <c r="M27" s="6"/>
       <c r="N27" s="6"/>
     </row>
     <row r="28" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A28" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B28" s="11">
         <v>314622</v>
       </c>
       <c r="C28" s="11">
         <v>315289</v>
       </c>
       <c r="D28" s="11">
         <v>315910</v>
       </c>
       <c r="E28" s="11">
         <v>315907</v>
       </c>
       <c r="F28" s="11">
         <v>317850</v>
       </c>
       <c r="G28" s="11">
         <v>317486</v>
       </c>
       <c r="H28" s="11">
         <v>318289</v>
       </c>
       <c r="I28" s="11">
-        <v>318726</v>
-[...1 lines deleted...]
-      <c r="J28" s="11"/>
+        <v>318647</v>
+      </c>
+      <c r="J28" s="11">
+        <v>314469</v>
+      </c>
       <c r="K28" s="11"/>
       <c r="L28" s="11"/>
       <c r="M28" s="11"/>
     </row>
     <row r="29" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A29" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B29" s="11">
         <v>296111</v>
       </c>
       <c r="C29" s="11">
         <v>295661</v>
       </c>
       <c r="D29" s="11">
         <v>297006</v>
       </c>
       <c r="E29" s="11">
         <v>298964</v>
       </c>
       <c r="F29" s="11">
         <v>299761</v>
       </c>
       <c r="G29" s="11">
         <v>300965</v>
       </c>
       <c r="H29" s="11">
         <v>301131</v>
       </c>
       <c r="I29" s="11">
-        <v>301841</v>
-[...1 lines deleted...]
-      <c r="J29" s="11"/>
+        <v>301748</v>
+      </c>
+      <c r="J29" s="11">
+        <v>299462</v>
+      </c>
       <c r="K29" s="11"/>
       <c r="L29" s="11"/>
       <c r="M29" s="11"/>
     </row>
     <row r="30" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A30" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="11">
         <v>18511</v>
       </c>
       <c r="C30" s="11">
         <v>19628</v>
       </c>
       <c r="D30" s="11">
         <v>18904</v>
       </c>
       <c r="E30" s="11">
         <v>16943</v>
       </c>
       <c r="F30" s="11">
         <v>18089</v>
       </c>
       <c r="G30" s="11">
         <v>16521</v>
       </c>
       <c r="H30" s="11">
         <v>17158</v>
       </c>
       <c r="I30" s="11">
-        <v>16885</v>
-[...1 lines deleted...]
-      <c r="J30" s="11"/>
+        <v>16899</v>
+      </c>
+      <c r="J30" s="11">
+        <v>15007</v>
+      </c>
       <c r="K30" s="11"/>
       <c r="L30" s="11"/>
       <c r="M30" s="11"/>
     </row>
     <row r="31" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A31" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="12">
         <v>5.9</v>
       </c>
       <c r="C31" s="12">
         <v>6.2</v>
       </c>
       <c r="D31" s="12">
         <v>6</v>
       </c>
       <c r="E31" s="12">
         <v>5.4</v>
       </c>
       <c r="F31" s="12">
         <v>5.7</v>
       </c>
       <c r="G31" s="12">
         <v>5.2</v>
       </c>
       <c r="H31" s="12">
         <v>5.4</v>
       </c>
       <c r="I31" s="12">
         <v>5.3</v>
       </c>
-      <c r="J31" s="12"/>
+      <c r="J31" s="12">
+        <v>4.8</v>
+      </c>
       <c r="K31" s="12"/>
       <c r="L31" s="12"/>
       <c r="M31" s="12"/>
     </row>
     <row r="32" spans="1:14" s="8" customFormat="1" ht="18.75" customHeight="1">
       <c r="A32" s="9"/>
       <c r="B32" s="12"/>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
     </row>
     <row r="33" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="6">
         <v>45658</v>
       </c>
       <c r="C33" s="6">
         <v>45689</v>
       </c>
       <c r="D33" s="6">
         <v>45717</v>
       </c>
       <c r="E33" s="6">
         <v>45748</v>
       </c>
       <c r="F33" s="6">
         <v>45778</v>
       </c>
       <c r="G33" s="6">
         <v>45809</v>
       </c>
       <c r="H33" s="6">
         <v>45839</v>
       </c>
       <c r="I33" s="6">
         <v>45870</v>
       </c>
-      <c r="J33" s="6"/>
+      <c r="J33" s="6">
+        <v>45901</v>
+      </c>
       <c r="K33" s="6"/>
       <c r="L33" s="6"/>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
     </row>
     <row r="34" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A34" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B34" s="11">
         <v>8825</v>
       </c>
       <c r="C34" s="11">
         <v>8765</v>
       </c>
       <c r="D34" s="11">
         <v>8706</v>
       </c>
       <c r="E34" s="11">
         <v>8765</v>
       </c>
       <c r="F34" s="11">
         <v>8874</v>
       </c>
       <c r="G34" s="11">
         <v>8919</v>
       </c>
       <c r="H34" s="11">
         <v>8959</v>
       </c>
       <c r="I34" s="11">
-        <v>8917</v>
-[...1 lines deleted...]
-      <c r="J34" s="11"/>
+        <v>8914</v>
+      </c>
+      <c r="J34" s="11">
+        <v>8990</v>
+      </c>
       <c r="K34" s="11"/>
       <c r="L34" s="11"/>
       <c r="M34" s="11"/>
     </row>
     <row r="35" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A35" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B35" s="11">
         <v>8499</v>
       </c>
       <c r="C35" s="11">
         <v>8407</v>
       </c>
       <c r="D35" s="11">
         <v>8428</v>
       </c>
       <c r="E35" s="11">
         <v>8509</v>
       </c>
       <c r="F35" s="11">
         <v>8586</v>
       </c>
       <c r="G35" s="11">
         <v>8650</v>
       </c>
       <c r="H35" s="11">
         <v>8675</v>
       </c>
       <c r="I35" s="11">
-        <v>8650</v>
-[...1 lines deleted...]
-      <c r="J35" s="11"/>
+        <v>8652</v>
+      </c>
+      <c r="J35" s="11">
+        <v>8755</v>
+      </c>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
     </row>
     <row r="36" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A36" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="11">
         <v>326</v>
       </c>
       <c r="C36" s="11">
         <v>358</v>
       </c>
       <c r="D36" s="11">
         <v>278</v>
       </c>
       <c r="E36" s="11">
         <v>256</v>
       </c>
       <c r="F36" s="11">
         <v>288</v>
       </c>
       <c r="G36" s="11">
         <v>269</v>
       </c>
       <c r="H36" s="11">
         <v>284</v>
       </c>
       <c r="I36" s="11">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="J36" s="11"/>
+        <v>262</v>
+      </c>
+      <c r="J36" s="11">
+        <v>235</v>
+      </c>
       <c r="K36" s="11"/>
       <c r="L36" s="11"/>
       <c r="M36" s="11"/>
     </row>
     <row r="37" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A37" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B37" s="12">
         <v>3.7</v>
       </c>
       <c r="C37" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="D37" s="12">
         <v>3.2</v>
       </c>
       <c r="E37" s="12">
         <v>2.9</v>
       </c>
       <c r="F37" s="12">
         <v>3.2</v>
       </c>
       <c r="G37" s="12">
         <v>3</v>
       </c>
       <c r="H37" s="12">
         <v>3.2</v>
       </c>
       <c r="I37" s="12">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="J37" s="12"/>
+        <v>2.9</v>
+      </c>
+      <c r="J37" s="12">
+        <v>2.6</v>
+      </c>
       <c r="K37" s="12"/>
       <c r="L37" s="12"/>
       <c r="M37" s="12"/>
     </row>
     <row r="38" spans="1:14" s="8" customFormat="1" ht="15.75" customHeight="1">
       <c r="A38" s="9"/>
       <c r="B38" s="12"/>
       <c r="C38" s="12"/>
       <c r="D38" s="12"/>
       <c r="E38" s="12"/>
       <c r="F38" s="12"/>
       <c r="G38" s="12"/>
       <c r="H38" s="12"/>
       <c r="I38" s="12"/>
       <c r="J38" s="12"/>
       <c r="K38" s="12"/>
       <c r="L38" s="12"/>
       <c r="M38" s="12"/>
       <c r="N38" s="12"/>
     </row>
     <row r="39" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="6">
         <v>45658</v>
       </c>
       <c r="C39" s="6">
         <v>45689</v>
       </c>
       <c r="D39" s="6">
         <v>45717</v>
       </c>
       <c r="E39" s="6">
         <v>45748</v>
       </c>
       <c r="F39" s="6">
         <v>45778</v>
       </c>
       <c r="G39" s="6">
         <v>45809</v>
       </c>
       <c r="H39" s="6">
         <v>45839</v>
       </c>
       <c r="I39" s="6">
         <v>45870</v>
       </c>
-      <c r="J39" s="6"/>
+      <c r="J39" s="6">
+        <v>45901</v>
+      </c>
       <c r="K39" s="6"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
     </row>
     <row r="40" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A40" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B40" s="11">
         <v>11710</v>
       </c>
       <c r="C40" s="11">
         <v>11674</v>
       </c>
       <c r="D40" s="11">
         <v>11539</v>
       </c>
       <c r="E40" s="11">
         <v>11557</v>
       </c>
       <c r="F40" s="11">
         <v>11669</v>
       </c>
       <c r="G40" s="11">
         <v>11745</v>
       </c>
       <c r="H40" s="11">
         <v>11800</v>
       </c>
       <c r="I40" s="11">
-        <v>11742</v>
-[...1 lines deleted...]
-      <c r="J40" s="11"/>
+        <v>11743</v>
+      </c>
+      <c r="J40" s="11">
+        <v>11784</v>
+      </c>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
       <c r="M40" s="11"/>
     </row>
     <row r="41" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A41" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B41" s="11">
         <v>11116</v>
       </c>
       <c r="C41" s="11">
         <v>10997</v>
       </c>
       <c r="D41" s="11">
         <v>11023</v>
       </c>
       <c r="E41" s="11">
         <v>11129</v>
       </c>
       <c r="F41" s="11">
         <v>11230</v>
       </c>
       <c r="G41" s="11">
         <v>11314</v>
       </c>
       <c r="H41" s="11">
         <v>11346</v>
       </c>
       <c r="I41" s="11">
-        <v>11314</v>
-[...1 lines deleted...]
-      <c r="J41" s="11"/>
+        <v>11317</v>
+      </c>
+      <c r="J41" s="11">
+        <v>11451</v>
+      </c>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
     </row>
     <row r="42" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A42" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B42" s="11">
         <v>594</v>
       </c>
       <c r="C42" s="11">
         <v>677</v>
       </c>
       <c r="D42" s="11">
         <v>516</v>
       </c>
       <c r="E42" s="11">
         <v>428</v>
       </c>
       <c r="F42" s="11">
         <v>439</v>
       </c>
       <c r="G42" s="11">
         <v>431</v>
       </c>
       <c r="H42" s="11">
         <v>454</v>
       </c>
       <c r="I42" s="11">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="J42" s="11"/>
+        <v>426</v>
+      </c>
+      <c r="J42" s="11">
+        <v>333</v>
+      </c>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
     </row>
     <row r="43" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A43" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B43" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="C43" s="12">
         <v>5.8</v>
       </c>
       <c r="D43" s="12">
         <v>4.5</v>
       </c>
       <c r="E43" s="12">
         <v>3.7</v>
       </c>
       <c r="F43" s="12">
         <v>3.8</v>
       </c>
       <c r="G43" s="12">
         <v>3.7</v>
       </c>
       <c r="H43" s="12">
         <v>3.8</v>
       </c>
       <c r="I43" s="12">
         <v>3.6</v>
       </c>
-      <c r="J43" s="12"/>
+      <c r="J43" s="12">
+        <v>2.8</v>
+      </c>
       <c r="K43" s="12"/>
       <c r="L43" s="12"/>
       <c r="M43" s="12"/>
     </row>
     <row r="44" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A44" s="9"/>
       <c r="B44" s="12"/>
       <c r="C44" s="12"/>
       <c r="D44" s="12"/>
       <c r="E44" s="12"/>
       <c r="F44" s="12"/>
       <c r="G44" s="12"/>
       <c r="H44" s="12"/>
       <c r="I44" s="12"/>
       <c r="J44" s="12"/>
       <c r="K44" s="12"/>
       <c r="L44" s="12"/>
       <c r="M44" s="12"/>
       <c r="N44" s="12"/>
     </row>
     <row r="45" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A45" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="6">
         <v>45658</v>
       </c>
       <c r="C45" s="6">
         <v>45689</v>
       </c>
       <c r="D45" s="6">
         <v>45717</v>
       </c>
       <c r="E45" s="6">
         <v>45748</v>
       </c>
       <c r="F45" s="6">
         <v>45778</v>
       </c>
       <c r="G45" s="6">
         <v>45809</v>
       </c>
       <c r="H45" s="6">
         <v>45839</v>
       </c>
       <c r="I45" s="6">
         <v>45870</v>
       </c>
-      <c r="J45" s="6"/>
+      <c r="J45" s="6">
+        <v>45901</v>
+      </c>
       <c r="K45" s="6"/>
       <c r="L45" s="6"/>
       <c r="M45" s="6"/>
       <c r="N45" s="6"/>
     </row>
     <row r="46" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A46" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B46" s="11">
         <v>9443</v>
       </c>
       <c r="C46" s="11">
         <v>9440</v>
       </c>
       <c r="D46" s="11">
         <v>9346</v>
       </c>
       <c r="E46" s="11">
         <v>9291</v>
       </c>
       <c r="F46" s="11">
         <v>9320</v>
       </c>
       <c r="G46" s="11">
         <v>9351</v>
       </c>
       <c r="H46" s="11">
         <v>9432</v>
       </c>
       <c r="I46" s="11">
-        <v>9419</v>
-[...1 lines deleted...]
-      <c r="J46" s="11"/>
+        <v>9428</v>
+      </c>
+      <c r="J46" s="11">
+        <v>9435</v>
+      </c>
       <c r="K46" s="11"/>
       <c r="L46" s="11"/>
       <c r="M46" s="11"/>
     </row>
     <row r="47" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A47" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B47" s="11">
         <v>8894</v>
       </c>
       <c r="C47" s="11">
         <v>8799</v>
       </c>
       <c r="D47" s="11">
         <v>8820</v>
       </c>
       <c r="E47" s="11">
         <v>8895</v>
       </c>
       <c r="F47" s="11">
         <v>8951</v>
       </c>
       <c r="G47" s="11">
         <v>9023</v>
       </c>
       <c r="H47" s="11">
         <v>9042</v>
       </c>
       <c r="I47" s="11">
-        <v>9023</v>
-[...1 lines deleted...]
-      <c r="J47" s="11"/>
+        <v>9024</v>
+      </c>
+      <c r="J47" s="11">
+        <v>9165</v>
+      </c>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
     </row>
     <row r="48" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A48" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B48" s="11">
         <v>549</v>
       </c>
       <c r="C48" s="11">
         <v>641</v>
       </c>
       <c r="D48" s="11">
         <v>526</v>
       </c>
       <c r="E48" s="11">
         <v>396</v>
       </c>
       <c r="F48" s="11">
         <v>369</v>
       </c>
       <c r="G48" s="11">
         <v>328</v>
       </c>
       <c r="H48" s="11">
         <v>390</v>
       </c>
       <c r="I48" s="11">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="J48" s="11"/>
+        <v>404</v>
+      </c>
+      <c r="J48" s="11">
+        <v>270</v>
+      </c>
       <c r="K48" s="11"/>
       <c r="L48" s="11"/>
       <c r="M48" s="11"/>
     </row>
     <row r="49" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A49" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B49" s="12">
         <v>5.8</v>
       </c>
       <c r="C49" s="12">
         <v>6.8</v>
       </c>
       <c r="D49" s="12">
         <v>5.6</v>
       </c>
       <c r="E49" s="12">
         <v>4.3</v>
       </c>
       <c r="F49" s="12">
         <v>4</v>
       </c>
       <c r="G49" s="12">
         <v>3.5</v>
       </c>
       <c r="H49" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="I49" s="12">
-        <v>4.2</v>
-[...1 lines deleted...]
-      <c r="J49" s="12"/>
+        <v>4.3</v>
+      </c>
+      <c r="J49" s="12">
+        <v>2.9</v>
+      </c>
       <c r="K49" s="12"/>
       <c r="L49" s="12"/>
       <c r="M49" s="12"/>
     </row>
     <row r="50" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A50" s="9"/>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
       <c r="K50" s="12"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B51" s="6">
         <v>45658</v>
       </c>
       <c r="C51" s="6">
         <v>45689</v>
       </c>
       <c r="D51" s="6">
         <v>45717</v>
       </c>
       <c r="E51" s="6">
         <v>45748</v>
       </c>
       <c r="F51" s="6">
         <v>45778</v>
       </c>
       <c r="G51" s="6">
         <v>45809</v>
       </c>
       <c r="H51" s="6">
         <v>45839</v>
       </c>
       <c r="I51" s="6">
         <v>45870</v>
       </c>
-      <c r="J51" s="6"/>
+      <c r="J51" s="6">
+        <v>45901</v>
+      </c>
       <c r="K51" s="6"/>
       <c r="L51" s="6"/>
       <c r="M51" s="6"/>
       <c r="N51" s="6"/>
     </row>
     <row r="52" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A52" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B52" s="11">
         <v>10086</v>
       </c>
       <c r="C52" s="11">
         <v>10091</v>
       </c>
       <c r="D52" s="11">
         <v>9989</v>
       </c>
       <c r="E52" s="11">
         <v>9973</v>
       </c>
       <c r="F52" s="11">
         <v>10095</v>
       </c>
       <c r="G52" s="11">
         <v>10167</v>
       </c>
       <c r="H52" s="11">
         <v>10248</v>
       </c>
       <c r="I52" s="11">
-        <v>10201</v>
-[...1 lines deleted...]
-      <c r="J52" s="11"/>
+        <v>10215</v>
+      </c>
+      <c r="J52" s="11">
+        <v>10266</v>
+      </c>
       <c r="K52" s="11"/>
       <c r="L52" s="11"/>
       <c r="M52" s="11"/>
     </row>
     <row r="53" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A53" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B53" s="11">
         <v>9486</v>
       </c>
       <c r="C53" s="11">
         <v>9384</v>
       </c>
       <c r="D53" s="11">
         <v>9407</v>
       </c>
       <c r="E53" s="11">
         <v>9487</v>
       </c>
       <c r="F53" s="11">
         <v>9547</v>
       </c>
       <c r="G53" s="11">
         <v>9624</v>
       </c>
       <c r="H53" s="11">
         <v>9644</v>
       </c>
       <c r="I53" s="11">
-        <v>9623</v>
-[...1 lines deleted...]
-      <c r="J53" s="11"/>
+        <v>9624</v>
+      </c>
+      <c r="J53" s="11">
+        <v>9775</v>
+      </c>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
     </row>
     <row r="54" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A54" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B54" s="11">
         <v>600</v>
       </c>
       <c r="C54" s="11">
         <v>707</v>
       </c>
       <c r="D54" s="11">
         <v>582</v>
       </c>
       <c r="E54" s="11">
         <v>486</v>
       </c>
       <c r="F54" s="11">
         <v>548</v>
       </c>
       <c r="G54" s="11">
         <v>543</v>
       </c>
       <c r="H54" s="11">
         <v>604</v>
       </c>
       <c r="I54" s="11">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="J54" s="11"/>
+        <v>591</v>
+      </c>
+      <c r="J54" s="11">
+        <v>491</v>
+      </c>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
     </row>
     <row r="55" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A55" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B55" s="12">
         <v>5.9</v>
       </c>
       <c r="C55" s="12">
         <v>7</v>
       </c>
       <c r="D55" s="12">
         <v>5.8</v>
       </c>
       <c r="E55" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="F55" s="12">
         <v>5.4</v>
       </c>
       <c r="G55" s="12">
         <v>5.3</v>
       </c>
       <c r="H55" s="12">
         <v>5.9</v>
       </c>
       <c r="I55" s="12">
-        <v>5.7</v>
-[...1 lines deleted...]
-      <c r="J55" s="12"/>
+        <v>5.8</v>
+      </c>
+      <c r="J55" s="12">
+        <v>4.8</v>
+      </c>
       <c r="K55" s="12"/>
       <c r="L55" s="12"/>
       <c r="M55" s="12"/>
     </row>
     <row r="56" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A56" s="9"/>
       <c r="B56" s="12"/>
       <c r="C56" s="12"/>
       <c r="D56" s="12"/>
       <c r="E56" s="12"/>
       <c r="F56" s="12"/>
       <c r="G56" s="12"/>
       <c r="H56" s="12"/>
       <c r="I56" s="12"/>
       <c r="J56" s="12"/>
       <c r="K56" s="12"/>
       <c r="L56" s="12"/>
       <c r="M56" s="12"/>
       <c r="N56" s="12"/>
     </row>
     <row r="57" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A57" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B57" s="6">
         <v>45658</v>
       </c>
       <c r="C57" s="6">
         <v>45689</v>
       </c>
       <c r="D57" s="6">
         <v>45717</v>
       </c>
       <c r="E57" s="6">
         <v>45748</v>
       </c>
       <c r="F57" s="6">
         <v>45778</v>
       </c>
       <c r="G57" s="6">
         <v>45809</v>
       </c>
       <c r="H57" s="6">
         <v>45839</v>
       </c>
       <c r="I57" s="6">
         <v>45870</v>
       </c>
-      <c r="J57" s="6"/>
+      <c r="J57" s="6">
+        <v>45901</v>
+      </c>
       <c r="K57" s="6"/>
       <c r="L57" s="6"/>
       <c r="M57" s="6"/>
       <c r="N57" s="6"/>
     </row>
     <row r="58" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A58" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B58" s="11">
         <v>4505</v>
       </c>
       <c r="C58" s="11">
         <v>4509</v>
       </c>
       <c r="D58" s="11">
         <v>4490</v>
       </c>
       <c r="E58" s="11">
         <v>4463</v>
       </c>
       <c r="F58" s="11">
         <v>4459</v>
       </c>
       <c r="G58" s="11">
         <v>4498</v>
       </c>
       <c r="H58" s="11">
         <v>4516</v>
       </c>
       <c r="I58" s="11">
-        <v>4515</v>
-[...1 lines deleted...]
-      <c r="J58" s="11"/>
+        <v>4513</v>
+      </c>
+      <c r="J58" s="11">
+        <v>4499</v>
+      </c>
       <c r="K58" s="11"/>
       <c r="L58" s="11"/>
       <c r="M58" s="11"/>
     </row>
     <row r="59" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A59" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B59" s="11">
         <v>4236</v>
       </c>
       <c r="C59" s="11">
         <v>4189</v>
       </c>
       <c r="D59" s="11">
         <v>4213</v>
       </c>
       <c r="E59" s="11">
         <v>4251</v>
       </c>
       <c r="F59" s="11">
         <v>4273</v>
       </c>
       <c r="G59" s="11">
         <v>4306</v>
       </c>
       <c r="H59" s="11">
         <v>4304</v>
       </c>
       <c r="I59" s="11">
-        <v>4307</v>
-[...1 lines deleted...]
-      <c r="J59" s="11"/>
+        <v>4308</v>
+      </c>
+      <c r="J59" s="11">
+        <v>4368</v>
+      </c>
       <c r="K59" s="11"/>
       <c r="L59" s="11"/>
       <c r="M59" s="11"/>
     </row>
     <row r="60" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A60" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B60" s="11">
         <v>269</v>
       </c>
       <c r="C60" s="11">
         <v>320</v>
       </c>
       <c r="D60" s="11">
         <v>277</v>
       </c>
       <c r="E60" s="11">
         <v>212</v>
       </c>
       <c r="F60" s="11">
         <v>186</v>
       </c>
       <c r="G60" s="11">
         <v>192</v>
       </c>
       <c r="H60" s="11">
         <v>212</v>
       </c>
       <c r="I60" s="11">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="J60" s="11"/>
+        <v>205</v>
+      </c>
+      <c r="J60" s="11">
+        <v>131</v>
+      </c>
       <c r="K60" s="11"/>
       <c r="L60" s="11"/>
       <c r="M60" s="11"/>
     </row>
     <row r="61" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A61" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B61" s="12">
         <v>6</v>
       </c>
       <c r="C61" s="12">
         <v>7.1</v>
       </c>
       <c r="D61" s="12">
         <v>6.2</v>
       </c>
       <c r="E61" s="12">
         <v>4.8</v>
       </c>
       <c r="F61" s="12">
         <v>4.2</v>
       </c>
       <c r="G61" s="12">
         <v>4.3</v>
       </c>
       <c r="H61" s="12">
         <v>4.7</v>
       </c>
       <c r="I61" s="12">
-        <v>4.5999999999999996</v>
-[...1 lines deleted...]
-      <c r="J61" s="12"/>
+        <v>4.5</v>
+      </c>
+      <c r="J61" s="12">
+        <v>2.9</v>
+      </c>
       <c r="K61" s="12"/>
       <c r="L61" s="12"/>
       <c r="M61" s="12"/>
     </row>
     <row r="62" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A62" s="9"/>
       <c r="B62" s="12"/>
       <c r="C62" s="12"/>
       <c r="D62" s="12"/>
       <c r="E62" s="12"/>
       <c r="F62" s="12"/>
       <c r="G62" s="12"/>
       <c r="H62" s="12"/>
       <c r="I62" s="12"/>
       <c r="J62" s="12"/>
       <c r="K62" s="12"/>
       <c r="L62" s="12"/>
       <c r="M62" s="12"/>
       <c r="N62" s="12"/>
     </row>
     <row r="63" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A63" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B63" s="6">
         <v>45658</v>
       </c>
       <c r="C63" s="6">
         <v>45689</v>
       </c>
       <c r="D63" s="6">
         <v>45717</v>
       </c>
       <c r="E63" s="6">
         <v>45748</v>
       </c>
       <c r="F63" s="6">
         <v>45778</v>
       </c>
       <c r="G63" s="6">
         <v>45809</v>
       </c>
       <c r="H63" s="6"/>
-      <c r="I63" s="6"/>
-      <c r="J63" s="6"/>
+      <c r="I63" s="6">
+        <v>45870</v>
+      </c>
+      <c r="J63" s="6">
+        <v>45901</v>
+      </c>
       <c r="K63" s="6"/>
       <c r="L63" s="6"/>
       <c r="M63" s="6"/>
       <c r="N63" s="6"/>
     </row>
     <row r="64" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A64" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B64" s="11">
         <v>20254</v>
       </c>
       <c r="C64" s="11">
         <v>20205</v>
       </c>
       <c r="D64" s="11">
         <v>20023</v>
       </c>
       <c r="E64" s="11">
         <v>20000</v>
       </c>
       <c r="F64" s="11">
         <v>20142</v>
       </c>
       <c r="G64" s="11">
         <v>20263</v>
       </c>
       <c r="H64" s="11">
         <v>20404</v>
       </c>
       <c r="I64" s="11">
-        <v>20359</v>
-[...1 lines deleted...]
-      <c r="J64" s="11"/>
+        <v>20363</v>
+      </c>
+      <c r="J64" s="11">
+        <v>20503</v>
+      </c>
       <c r="K64" s="11"/>
       <c r="L64" s="11"/>
       <c r="M64" s="11"/>
     </row>
     <row r="65" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A65" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B65" s="11">
         <v>19278</v>
       </c>
       <c r="C65" s="11">
         <v>19070</v>
       </c>
       <c r="D65" s="11">
         <v>19121</v>
       </c>
       <c r="E65" s="11">
         <v>19283</v>
       </c>
       <c r="F65" s="11">
         <v>19401</v>
       </c>
       <c r="G65" s="11">
         <v>19557</v>
       </c>
       <c r="H65" s="11">
         <v>19593</v>
       </c>
       <c r="I65" s="11">
-        <v>19556</v>
-[...1 lines deleted...]
-      <c r="J65" s="11"/>
+        <v>19559</v>
+      </c>
+      <c r="J65" s="11">
+        <v>19866</v>
+      </c>
       <c r="K65" s="11"/>
       <c r="L65" s="11"/>
       <c r="M65" s="11"/>
     </row>
     <row r="66" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A66" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B66" s="11">
         <v>976</v>
       </c>
       <c r="C66" s="11">
         <v>1135</v>
       </c>
       <c r="D66" s="11">
         <v>902</v>
       </c>
       <c r="E66" s="11">
         <v>717</v>
       </c>
       <c r="F66" s="11">
         <v>741</v>
       </c>
       <c r="G66" s="11">
         <v>706</v>
       </c>
       <c r="H66" s="11">
         <v>811</v>
       </c>
       <c r="I66" s="11">
-        <v>803</v>
-[...1 lines deleted...]
-      <c r="J66" s="11"/>
+        <v>804</v>
+      </c>
+      <c r="J66" s="11">
+        <v>637</v>
+      </c>
       <c r="K66" s="11"/>
       <c r="L66" s="11"/>
       <c r="M66" s="11"/>
     </row>
     <row r="67" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A67" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B67" s="12">
         <v>4.8</v>
       </c>
       <c r="C67" s="12">
         <v>5.6</v>
       </c>
       <c r="D67" s="12">
         <v>4.5</v>
       </c>
       <c r="E67" s="12">
         <v>3.6</v>
       </c>
       <c r="F67" s="12">
         <v>3.7</v>
       </c>
       <c r="G67" s="12">
         <v>3.5</v>
       </c>
       <c r="H67" s="12">
         <v>4</v>
       </c>
       <c r="I67" s="12">
         <v>3.9</v>
       </c>
-      <c r="J67" s="12"/>
+      <c r="J67" s="12">
+        <v>3.1</v>
+      </c>
       <c r="K67" s="12"/>
       <c r="L67" s="12"/>
       <c r="M67" s="12"/>
     </row>
     <row r="68" spans="1:14" s="4" customFormat="1" ht="13.5" customHeight="1">
       <c r="A68" s="5"/>
       <c r="B68" s="13"/>
       <c r="C68" s="13"/>
       <c r="D68" s="13"/>
       <c r="E68" s="13"/>
       <c r="F68" s="13"/>
       <c r="G68" s="13"/>
       <c r="H68" s="13"/>
       <c r="I68" s="13"/>
       <c r="J68" s="13"/>
       <c r="K68" s="13"/>
       <c r="L68" s="13"/>
       <c r="M68" s="13"/>
       <c r="N68" s="13"/>
     </row>
     <row r="69" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A69" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B69" s="6">
         <v>45658</v>
       </c>
       <c r="C69" s="6">
         <v>45689</v>
       </c>
       <c r="D69" s="6">
         <v>45717</v>
       </c>
       <c r="E69" s="6">
         <v>45748</v>
       </c>
       <c r="F69" s="6">
         <v>45778</v>
       </c>
       <c r="G69" s="6">
         <v>45809</v>
       </c>
       <c r="H69" s="6">
         <v>45839</v>
       </c>
       <c r="I69" s="6">
         <v>45870</v>
       </c>
-      <c r="J69" s="6"/>
+      <c r="J69" s="6">
+        <v>45901</v>
+      </c>
       <c r="K69" s="6"/>
       <c r="L69" s="6"/>
       <c r="M69" s="6"/>
       <c r="N69" s="6"/>
     </row>
     <row r="70" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A70" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B70" s="11">
         <v>44117</v>
       </c>
       <c r="C70" s="11">
         <v>44088</v>
       </c>
       <c r="D70" s="11">
         <v>43726</v>
       </c>
       <c r="E70" s="11">
         <v>43739</v>
       </c>
       <c r="F70" s="11">
         <v>43994</v>
       </c>
       <c r="G70" s="11">
         <v>44292</v>
       </c>
       <c r="H70" s="11">
         <v>44554</v>
       </c>
       <c r="I70" s="11">
-        <v>44390</v>
-[...1 lines deleted...]
-      <c r="J70" s="11"/>
+        <v>44424</v>
+      </c>
+      <c r="J70" s="11">
+        <v>44773</v>
+      </c>
       <c r="K70" s="11"/>
       <c r="L70" s="11"/>
       <c r="M70" s="11"/>
     </row>
     <row r="71" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A71" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B71" s="11">
         <v>41780</v>
       </c>
       <c r="C71" s="11">
         <v>41330</v>
       </c>
       <c r="D71" s="11">
         <v>41431</v>
       </c>
       <c r="E71" s="11">
         <v>41783</v>
       </c>
       <c r="F71" s="11">
         <v>42048</v>
       </c>
       <c r="G71" s="11">
         <v>42385</v>
       </c>
       <c r="H71" s="11">
         <v>42474</v>
       </c>
       <c r="I71" s="11">
-        <v>42383</v>
-[...1 lines deleted...]
-      <c r="J71" s="11"/>
+        <v>42388</v>
+      </c>
+      <c r="J71" s="11">
+        <v>43051</v>
+      </c>
       <c r="K71" s="11"/>
       <c r="L71" s="11"/>
       <c r="M71" s="11"/>
     </row>
     <row r="72" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A72" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B72" s="11">
         <v>2337</v>
       </c>
       <c r="C72" s="11">
         <v>2758</v>
       </c>
       <c r="D72" s="11">
         <v>2295</v>
       </c>
       <c r="E72" s="11">
         <v>1956</v>
       </c>
       <c r="F72" s="11">
         <v>1946</v>
       </c>
       <c r="G72" s="11">
         <v>1907</v>
       </c>
       <c r="H72" s="11">
         <v>2080</v>
       </c>
       <c r="I72" s="11">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="J72" s="11"/>
+        <v>2036</v>
+      </c>
+      <c r="J72" s="11">
+        <v>1722</v>
+      </c>
       <c r="K72" s="11"/>
       <c r="L72" s="11"/>
       <c r="M72" s="11"/>
     </row>
     <row r="73" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A73" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B73" s="12">
         <v>5.3</v>
       </c>
       <c r="C73" s="12">
         <v>6.3</v>
       </c>
       <c r="D73" s="12">
         <v>5.2</v>
       </c>
       <c r="E73" s="12">
         <v>4.5</v>
       </c>
       <c r="F73" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="G73" s="12">
         <v>4.3</v>
       </c>
       <c r="H73" s="12">
         <v>4.7</v>
       </c>
       <c r="I73" s="12">
-        <v>4.5</v>
-[...1 lines deleted...]
-      <c r="J73" s="12"/>
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J73" s="12">
+        <v>3.8</v>
+      </c>
       <c r="K73" s="12"/>
       <c r="L73" s="12"/>
       <c r="M73" s="12"/>
     </row>
     <row r="74" spans="1:14" s="8" customFormat="1" ht="14.25" customHeight="1">
       <c r="A74" s="9"/>
       <c r="B74" s="12"/>
       <c r="C74" s="12"/>
       <c r="D74" s="12"/>
       <c r="E74" s="12"/>
       <c r="F74" s="12"/>
       <c r="G74" s="12"/>
       <c r="H74" s="12"/>
       <c r="I74" s="12"/>
       <c r="J74" s="12"/>
       <c r="K74" s="12"/>
       <c r="L74" s="12"/>
       <c r="M74" s="12"/>
       <c r="N74" s="12"/>
     </row>
     <row r="75" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B75" s="6">
         <v>45658</v>
       </c>
       <c r="C75" s="6">
         <v>45689</v>
       </c>
       <c r="D75" s="6">
         <v>45717</v>
       </c>
       <c r="E75" s="6">
         <v>45748</v>
       </c>
       <c r="F75" s="6">
         <v>45778</v>
       </c>
       <c r="G75" s="6">
         <v>45809</v>
       </c>
       <c r="H75" s="6">
         <v>45839</v>
       </c>
       <c r="I75" s="6">
         <v>45870</v>
       </c>
-      <c r="J75" s="6"/>
+      <c r="J75" s="6">
+        <v>45901</v>
+      </c>
       <c r="K75" s="6"/>
       <c r="L75" s="6"/>
       <c r="M75" s="6"/>
       <c r="N75" s="6"/>
     </row>
     <row r="76" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A76" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B76" s="11">
         <v>21254</v>
       </c>
       <c r="C76" s="11">
         <v>21135</v>
       </c>
       <c r="D76" s="11">
         <v>20960</v>
       </c>
       <c r="E76" s="11">
         <v>21024</v>
       </c>
       <c r="F76" s="11">
         <v>21209</v>
       </c>
       <c r="G76" s="11">
         <v>21348</v>
       </c>
       <c r="H76" s="11">
         <v>21477</v>
       </c>
       <c r="I76" s="11">
-        <v>21409</v>
-[...1 lines deleted...]
-      <c r="J76" s="11"/>
+        <v>21410</v>
+      </c>
+      <c r="J76" s="11">
+        <v>21559</v>
+      </c>
       <c r="K76" s="11"/>
       <c r="L76" s="11"/>
       <c r="M76" s="11"/>
     </row>
     <row r="77" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A77" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B77" s="11">
         <v>20302</v>
       </c>
       <c r="C77" s="11">
         <v>20083</v>
       </c>
       <c r="D77" s="11">
         <v>20132</v>
       </c>
       <c r="E77" s="11">
         <v>20303</v>
       </c>
       <c r="F77" s="11">
         <v>20432</v>
       </c>
       <c r="G77" s="11">
         <v>20596</v>
       </c>
       <c r="H77" s="11">
         <v>20639</v>
       </c>
       <c r="I77" s="11">
-        <v>20595</v>
-[...1 lines deleted...]
-      <c r="J77" s="11"/>
+        <v>20597</v>
+      </c>
+      <c r="J77" s="11">
+        <v>20920</v>
+      </c>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
     </row>
     <row r="78" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A78" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B78" s="11">
         <v>952</v>
       </c>
       <c r="C78" s="11">
         <v>1052</v>
       </c>
       <c r="D78" s="11">
         <v>828</v>
       </c>
       <c r="E78" s="11">
         <v>721</v>
       </c>
       <c r="F78" s="11">
         <v>777</v>
       </c>
       <c r="G78" s="11">
         <v>752</v>
       </c>
       <c r="H78" s="11">
         <v>838</v>
       </c>
       <c r="I78" s="11">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="J78" s="11"/>
+        <v>813</v>
+      </c>
+      <c r="J78" s="11">
+        <v>639</v>
+      </c>
       <c r="K78" s="11"/>
       <c r="L78" s="11"/>
       <c r="M78" s="11"/>
     </row>
     <row r="79" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A79" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B79" s="12">
         <v>4.5</v>
       </c>
       <c r="C79" s="12">
         <v>5</v>
       </c>
       <c r="D79" s="12">
         <v>4</v>
       </c>
       <c r="E79" s="12">
         <v>3.4</v>
       </c>
       <c r="F79" s="12">
         <v>3.7</v>
       </c>
       <c r="G79" s="12">
         <v>3.5</v>
       </c>
       <c r="H79" s="12">
         <v>3.9</v>
       </c>
       <c r="I79" s="12">
         <v>3.8</v>
       </c>
-      <c r="J79" s="12"/>
+      <c r="J79" s="12">
+        <v>3</v>
+      </c>
       <c r="K79" s="12"/>
       <c r="L79" s="12"/>
       <c r="M79" s="12"/>
     </row>
     <row r="80" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A80" s="9"/>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
       <c r="K80" s="12"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B81" s="6">
         <v>45658</v>
       </c>
       <c r="C81" s="6">
         <v>45689</v>
       </c>
       <c r="D81" s="6">
         <v>45717</v>
       </c>
       <c r="E81" s="6">
         <v>45748</v>
       </c>
       <c r="F81" s="6">
         <v>45778</v>
       </c>
       <c r="G81" s="6">
         <v>45809</v>
       </c>
       <c r="H81" s="6">
         <v>45839</v>
       </c>
       <c r="I81" s="6">
         <v>45870</v>
       </c>
-      <c r="J81" s="6"/>
+      <c r="J81" s="6">
+        <v>45901</v>
+      </c>
       <c r="K81" s="6"/>
       <c r="L81" s="6"/>
       <c r="M81" s="6"/>
       <c r="N81" s="6"/>
     </row>
     <row r="82" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A82" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B82" s="11">
         <v>7630</v>
       </c>
       <c r="C82" s="11">
         <v>7602</v>
       </c>
       <c r="D82" s="11">
         <v>7548</v>
       </c>
       <c r="E82" s="11">
         <v>7576</v>
       </c>
       <c r="F82" s="11">
         <v>7634</v>
       </c>
       <c r="G82" s="11">
         <v>7702</v>
       </c>
       <c r="H82" s="11">
         <v>7709</v>
       </c>
       <c r="I82" s="11">
-        <v>7662</v>
-[...1 lines deleted...]
-      <c r="J82" s="11"/>
+        <v>7663</v>
+      </c>
+      <c r="J82" s="11">
+        <v>7759</v>
+      </c>
       <c r="K82" s="11"/>
       <c r="L82" s="11"/>
       <c r="M82" s="11"/>
     </row>
     <row r="83" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A83" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B83" s="11">
         <v>7272</v>
       </c>
       <c r="C83" s="11">
         <v>7193</v>
       </c>
       <c r="D83" s="11">
         <v>7213</v>
       </c>
       <c r="E83" s="11">
         <v>7274</v>
       </c>
       <c r="F83" s="11">
         <v>7318</v>
       </c>
       <c r="G83" s="11">
         <v>7377</v>
       </c>
       <c r="H83" s="11">
         <v>7390</v>
       </c>
       <c r="I83" s="11">
         <v>7377</v>
       </c>
-      <c r="J83" s="11"/>
+      <c r="J83" s="11">
+        <v>7493</v>
+      </c>
       <c r="K83" s="11"/>
       <c r="L83" s="11"/>
       <c r="M83" s="11"/>
     </row>
     <row r="84" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A84" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B84" s="11">
         <v>358</v>
       </c>
       <c r="C84" s="11">
         <v>409</v>
       </c>
       <c r="D84" s="11">
         <v>335</v>
       </c>
       <c r="E84" s="11">
         <v>302</v>
       </c>
       <c r="F84" s="11">
         <v>316</v>
       </c>
       <c r="G84" s="11">
         <v>325</v>
       </c>
       <c r="H84" s="11">
         <v>319</v>
       </c>
       <c r="I84" s="11">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="J84" s="11"/>
+        <v>286</v>
+      </c>
+      <c r="J84" s="11">
+        <v>266</v>
+      </c>
       <c r="K84" s="11"/>
       <c r="L84" s="11"/>
       <c r="M84" s="11"/>
     </row>
     <row r="85" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A85" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B85" s="12">
         <v>4.7</v>
       </c>
       <c r="C85" s="12">
         <v>5.4</v>
       </c>
       <c r="D85" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E85" s="12">
         <v>4</v>
       </c>
       <c r="F85" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="G85" s="12">
         <v>4.2</v>
       </c>
       <c r="H85" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="I85" s="12">
         <v>3.7</v>
       </c>
-      <c r="J85" s="12"/>
+      <c r="J85" s="12">
+        <v>3.4</v>
+      </c>
       <c r="K85" s="12"/>
       <c r="L85" s="12"/>
       <c r="M85" s="12"/>
     </row>
     <row r="86" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A86" s="9"/>
       <c r="B86" s="12"/>
       <c r="C86" s="12"/>
       <c r="D86" s="12"/>
       <c r="E86" s="12"/>
       <c r="F86" s="12"/>
       <c r="G86" s="12"/>
       <c r="H86" s="12"/>
       <c r="I86" s="12"/>
       <c r="J86" s="12"/>
       <c r="K86" s="12"/>
       <c r="L86" s="12"/>
       <c r="M86" s="12"/>
       <c r="N86" s="12"/>
     </row>
     <row r="87" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A87" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B87" s="6">
         <v>45658</v>
       </c>
       <c r="C87" s="6">
         <v>45689</v>
       </c>
       <c r="D87" s="6">
         <v>45717</v>
       </c>
       <c r="E87" s="6">
         <v>45748</v>
       </c>
       <c r="F87" s="6">
         <v>45778</v>
       </c>
       <c r="G87" s="6">
         <v>45809</v>
       </c>
       <c r="H87" s="6">
         <v>45839</v>
       </c>
       <c r="I87" s="6">
         <v>45870</v>
       </c>
-      <c r="J87" s="6"/>
+      <c r="J87" s="6">
+        <v>45901</v>
+      </c>
       <c r="K87" s="6"/>
       <c r="L87" s="6"/>
       <c r="M87" s="6"/>
       <c r="N87" s="6"/>
     </row>
     <row r="88" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A88" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B88" s="11">
         <v>25484</v>
       </c>
       <c r="C88" s="11">
         <v>25469</v>
       </c>
       <c r="D88" s="11">
         <v>25215</v>
       </c>
       <c r="E88" s="11">
         <v>25243</v>
       </c>
       <c r="F88" s="11">
         <v>25364</v>
       </c>
       <c r="G88" s="11">
         <v>25588</v>
       </c>
       <c r="H88" s="11">
         <v>25790</v>
       </c>
       <c r="I88" s="11">
-        <v>25606</v>
-[...1 lines deleted...]
-      <c r="J88" s="11"/>
+        <v>25621</v>
+      </c>
+      <c r="J88" s="11">
+        <v>25734</v>
+      </c>
       <c r="K88" s="11"/>
       <c r="L88" s="11"/>
       <c r="M88" s="11"/>
     </row>
     <row r="89" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A89" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B89" s="11">
         <v>24092</v>
       </c>
       <c r="C89" s="11">
         <v>23832</v>
       </c>
       <c r="D89" s="11">
         <v>23890</v>
       </c>
       <c r="E89" s="11">
         <v>24093</v>
       </c>
       <c r="F89" s="11">
         <v>24246</v>
       </c>
       <c r="G89" s="11">
         <v>24441</v>
       </c>
       <c r="H89" s="11">
         <v>24491</v>
       </c>
       <c r="I89" s="11">
-        <v>24439</v>
-[...1 lines deleted...]
-      <c r="J89" s="11"/>
+        <v>24442</v>
+      </c>
+      <c r="J89" s="11">
+        <v>24824</v>
+      </c>
       <c r="K89" s="11"/>
       <c r="L89" s="11"/>
       <c r="M89" s="11"/>
     </row>
     <row r="90" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A90" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B90" s="11">
         <v>1392</v>
       </c>
       <c r="C90" s="11">
         <v>1637</v>
       </c>
       <c r="D90" s="11">
         <v>1325</v>
       </c>
       <c r="E90" s="11">
         <v>1150</v>
       </c>
       <c r="F90" s="11">
         <v>1118</v>
       </c>
       <c r="G90" s="11">
         <v>1147</v>
       </c>
       <c r="H90" s="11">
         <v>1299</v>
       </c>
       <c r="I90" s="11">
-        <v>1167</v>
-[...1 lines deleted...]
-      <c r="J90" s="11"/>
+        <v>1179</v>
+      </c>
+      <c r="J90" s="11">
+        <v>910</v>
+      </c>
       <c r="K90" s="11"/>
       <c r="L90" s="11"/>
       <c r="M90" s="11"/>
     </row>
     <row r="91" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A91" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B91" s="12">
         <v>5.5</v>
       </c>
       <c r="C91" s="12">
         <v>6.4</v>
       </c>
       <c r="D91" s="12">
         <v>5.3</v>
       </c>
       <c r="E91" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="F91" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="G91" s="12">
         <v>4.5</v>
       </c>
       <c r="H91" s="12">
         <v>5</v>
       </c>
       <c r="I91" s="12">
         <v>4.5999999999999996</v>
       </c>
-      <c r="J91" s="12"/>
+      <c r="J91" s="12">
+        <v>3.5</v>
+      </c>
       <c r="K91" s="12"/>
       <c r="L91" s="12"/>
       <c r="M91" s="12"/>
     </row>
     <row r="92" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A92" s="9"/>
       <c r="B92" s="12"/>
       <c r="C92" s="12"/>
       <c r="D92" s="12"/>
       <c r="E92" s="12"/>
       <c r="F92" s="12"/>
       <c r="G92" s="12"/>
       <c r="H92" s="12"/>
       <c r="I92" s="12"/>
       <c r="J92" s="12"/>
       <c r="K92" s="12"/>
       <c r="L92" s="12"/>
       <c r="M92" s="12"/>
       <c r="N92" s="12"/>
     </row>
     <row r="93" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A93" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="6">
         <v>45658</v>
       </c>
       <c r="C93" s="6">
         <v>45689</v>
       </c>
       <c r="D93" s="6">
         <v>45717</v>
       </c>
       <c r="E93" s="6">
         <v>45748</v>
       </c>
       <c r="F93" s="6">
         <v>45778</v>
       </c>
       <c r="G93" s="6">
         <v>45809</v>
       </c>
       <c r="H93" s="6">
         <v>45839</v>
       </c>
       <c r="I93" s="6">
         <v>45870</v>
       </c>
-      <c r="J93" s="6"/>
+      <c r="J93" s="6">
+        <v>45901</v>
+      </c>
       <c r="K93" s="6"/>
       <c r="L93" s="6"/>
       <c r="M93" s="6"/>
       <c r="N93" s="6"/>
     </row>
     <row r="94" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A94" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B94" s="11">
         <v>3608</v>
       </c>
       <c r="C94" s="11">
         <v>3601</v>
       </c>
       <c r="D94" s="11">
         <v>3554</v>
       </c>
       <c r="E94" s="11">
         <v>3537</v>
       </c>
       <c r="F94" s="11">
         <v>3560</v>
       </c>
       <c r="G94" s="11">
         <v>3577</v>
       </c>
       <c r="H94" s="11">
         <v>3594</v>
       </c>
       <c r="I94" s="11">
-        <v>3602</v>
-[...1 lines deleted...]
-      <c r="J94" s="11"/>
+        <v>3599</v>
+      </c>
+      <c r="J94" s="11">
+        <v>3605</v>
+      </c>
       <c r="K94" s="11"/>
       <c r="L94" s="11"/>
       <c r="M94" s="11"/>
     </row>
     <row r="95" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A95" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B95" s="11">
         <v>3406</v>
       </c>
       <c r="C95" s="11">
         <v>3368</v>
       </c>
       <c r="D95" s="11">
         <v>3387</v>
       </c>
       <c r="E95" s="11">
         <v>3417</v>
       </c>
       <c r="F95" s="11">
         <v>3435</v>
       </c>
       <c r="G95" s="11">
         <v>3462</v>
       </c>
       <c r="H95" s="11">
         <v>3460</v>
       </c>
       <c r="I95" s="11">
         <v>3463</v>
       </c>
-      <c r="J95" s="11"/>
+      <c r="J95" s="11">
+        <v>3511</v>
+      </c>
       <c r="K95" s="11"/>
       <c r="L95" s="11"/>
       <c r="M95" s="11"/>
     </row>
     <row r="96" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A96" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B96" s="11">
         <v>202</v>
       </c>
       <c r="C96" s="11">
         <v>233</v>
       </c>
       <c r="D96" s="11">
         <v>167</v>
       </c>
       <c r="E96" s="11">
         <v>120</v>
       </c>
       <c r="F96" s="11">
         <v>125</v>
       </c>
       <c r="G96" s="11">
         <v>115</v>
       </c>
       <c r="H96" s="11">
         <v>134</v>
       </c>
       <c r="I96" s="11">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="J96" s="11"/>
+        <v>136</v>
+      </c>
+      <c r="J96" s="11">
+        <v>94</v>
+      </c>
       <c r="K96" s="11"/>
       <c r="L96" s="11"/>
       <c r="M96" s="11"/>
     </row>
     <row r="97" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A97" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B97" s="12">
         <v>5.6</v>
       </c>
       <c r="C97" s="12">
         <v>6.5</v>
       </c>
       <c r="D97" s="12">
         <v>4.7</v>
       </c>
       <c r="E97" s="12">
         <v>3.4</v>
       </c>
       <c r="F97" s="12">
         <v>3.5</v>
       </c>
       <c r="G97" s="12">
         <v>3.2</v>
       </c>
       <c r="H97" s="12">
         <v>3.7</v>
       </c>
       <c r="I97" s="12">
-        <v>3.9</v>
-[...1 lines deleted...]
-      <c r="J97" s="12"/>
+        <v>3.8</v>
+      </c>
+      <c r="J97" s="12">
+        <v>2.6</v>
+      </c>
       <c r="K97" s="12"/>
       <c r="L97" s="12"/>
       <c r="M97" s="12"/>
     </row>
     <row r="98" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A98" s="9"/>
       <c r="B98" s="12"/>
       <c r="C98" s="12"/>
       <c r="D98" s="12"/>
       <c r="E98" s="12"/>
       <c r="F98" s="12"/>
       <c r="G98" s="12"/>
       <c r="H98" s="12"/>
       <c r="I98" s="12"/>
       <c r="J98" s="12"/>
       <c r="K98" s="12"/>
       <c r="L98" s="12"/>
       <c r="M98" s="12"/>
       <c r="N98" s="12"/>
     </row>
     <row r="99" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A99" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B99" s="6">
         <v>45658</v>
       </c>
       <c r="C99" s="6">
         <v>45689</v>
       </c>
       <c r="D99" s="6">
         <v>45717</v>
       </c>
       <c r="E99" s="6">
         <v>45748</v>
       </c>
       <c r="F99" s="6">
         <v>45778</v>
       </c>
       <c r="G99" s="6">
         <v>45809</v>
       </c>
       <c r="H99" s="6">
         <v>45839</v>
       </c>
       <c r="I99" s="6">
         <v>45870</v>
       </c>
-      <c r="J99" s="6"/>
+      <c r="J99" s="6">
+        <v>45901</v>
+      </c>
       <c r="K99" s="6"/>
       <c r="L99" s="6"/>
       <c r="M99" s="6"/>
       <c r="N99" s="6"/>
     </row>
     <row r="100" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A100" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B100" s="11">
         <v>2710</v>
       </c>
       <c r="C100" s="11">
         <v>2711</v>
       </c>
       <c r="D100" s="11">
         <v>2668</v>
       </c>
       <c r="E100" s="11">
         <v>2662</v>
       </c>
       <c r="F100" s="11">
         <v>2671</v>
       </c>
       <c r="G100" s="11">
         <v>2693</v>
       </c>
       <c r="H100" s="11">
         <v>2711</v>
       </c>
       <c r="I100" s="11">
-        <v>2694</v>
-[...1 lines deleted...]
-      <c r="J100" s="11"/>
+        <v>2697</v>
+      </c>
+      <c r="J100" s="11">
+        <v>2716</v>
+      </c>
       <c r="K100" s="11"/>
       <c r="L100" s="11"/>
       <c r="M100" s="11"/>
     </row>
     <row r="101" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A101" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B101" s="11">
         <v>2555</v>
       </c>
       <c r="C101" s="11">
         <v>2528</v>
       </c>
       <c r="D101" s="11">
         <v>2534</v>
       </c>
       <c r="E101" s="11">
         <v>2556</v>
       </c>
       <c r="F101" s="11">
         <v>2572</v>
       </c>
       <c r="G101" s="11">
         <v>2592</v>
       </c>
       <c r="H101" s="11">
         <v>2598</v>
       </c>
       <c r="I101" s="11">
-        <v>2592</v>
-[...1 lines deleted...]
-      <c r="J101" s="11"/>
+        <v>2593</v>
+      </c>
+      <c r="J101" s="11">
+        <v>2633</v>
+      </c>
       <c r="K101" s="11"/>
       <c r="L101" s="11"/>
       <c r="M101" s="11"/>
     </row>
     <row r="102" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A102" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B102" s="11">
         <v>155</v>
       </c>
       <c r="C102" s="11">
         <v>183</v>
       </c>
       <c r="D102" s="11">
         <v>134</v>
       </c>
       <c r="E102" s="11">
         <v>106</v>
       </c>
       <c r="F102" s="11">
         <v>99</v>
       </c>
       <c r="G102" s="11">
         <v>101</v>
       </c>
       <c r="H102" s="11">
         <v>113</v>
       </c>
       <c r="I102" s="11">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="J102" s="11"/>
+        <v>104</v>
+      </c>
+      <c r="J102" s="11">
+        <v>83</v>
+      </c>
       <c r="K102" s="11"/>
       <c r="L102" s="11"/>
       <c r="M102" s="11"/>
     </row>
     <row r="103" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A103" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B103" s="12">
         <v>5.7</v>
       </c>
       <c r="C103" s="12">
         <v>6.8</v>
       </c>
       <c r="D103" s="12">
         <v>5</v>
       </c>
       <c r="E103" s="12">
         <v>4</v>
       </c>
       <c r="F103" s="12">
         <v>3.7</v>
       </c>
       <c r="G103" s="12">
         <v>3.8</v>
       </c>
       <c r="H103" s="12">
         <v>4.2</v>
       </c>
       <c r="I103" s="12">
-        <v>3.8</v>
-[...1 lines deleted...]
-      <c r="J103" s="12"/>
+        <v>3.9</v>
+      </c>
+      <c r="J103" s="12">
+        <v>3.1</v>
+      </c>
       <c r="K103" s="12"/>
       <c r="L103" s="12"/>
       <c r="M103" s="12"/>
     </row>
     <row r="104" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A104" s="9"/>
       <c r="B104" s="12"/>
       <c r="C104" s="12"/>
       <c r="D104" s="12"/>
       <c r="E104" s="12"/>
       <c r="F104" s="12"/>
       <c r="G104" s="12"/>
       <c r="H104" s="12"/>
       <c r="I104" s="12"/>
       <c r="J104" s="12"/>
       <c r="K104" s="12"/>
       <c r="L104" s="12"/>
       <c r="M104" s="12"/>
       <c r="N104" s="12"/>
     </row>
     <row r="105" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A105" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B105" s="6">
         <v>45658</v>
       </c>
       <c r="C105" s="6">
         <v>45689</v>
       </c>
       <c r="D105" s="6">
         <v>45717</v>
       </c>
       <c r="E105" s="6">
         <v>45748</v>
       </c>
       <c r="F105" s="6">
         <v>45778</v>
       </c>
       <c r="G105" s="6">
         <v>45809</v>
       </c>
       <c r="H105" s="6">
         <v>45839</v>
       </c>
       <c r="I105" s="6">
         <v>45870</v>
       </c>
-      <c r="J105" s="6"/>
+      <c r="J105" s="6">
+        <v>45901</v>
+      </c>
       <c r="K105" s="6"/>
       <c r="L105" s="6"/>
       <c r="M105" s="6"/>
       <c r="N105" s="6"/>
     </row>
     <row r="106" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A106" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B106" s="11">
         <v>5604</v>
       </c>
       <c r="C106" s="11">
         <v>5589</v>
       </c>
       <c r="D106" s="11">
         <v>5538</v>
       </c>
       <c r="E106" s="11">
         <v>5555</v>
       </c>
       <c r="F106" s="11">
         <v>5588</v>
       </c>
       <c r="G106" s="11">
         <v>5622</v>
       </c>
       <c r="H106" s="11">
         <v>5647</v>
       </c>
       <c r="I106" s="11">
-        <v>5631</v>
-[...1 lines deleted...]
-      <c r="J106" s="11"/>
+        <v>5629</v>
+      </c>
+      <c r="J106" s="11">
+        <v>5659</v>
+      </c>
       <c r="K106" s="11"/>
       <c r="L106" s="11"/>
       <c r="M106" s="11"/>
     </row>
     <row r="107" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A107" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B107" s="11">
         <v>5351</v>
       </c>
       <c r="C107" s="11">
         <v>5293</v>
       </c>
       <c r="D107" s="11">
         <v>5306</v>
       </c>
       <c r="E107" s="11">
         <v>5351</v>
       </c>
       <c r="F107" s="11">
         <v>5385</v>
       </c>
       <c r="G107" s="11">
         <v>5428</v>
       </c>
       <c r="H107" s="11">
         <v>5440</v>
       </c>
       <c r="I107" s="11">
-        <v>5428</v>
-[...1 lines deleted...]
-      <c r="J107" s="11"/>
+        <v>5429</v>
+      </c>
+      <c r="J107" s="11">
+        <v>5514</v>
+      </c>
       <c r="K107" s="11"/>
       <c r="L107" s="11"/>
       <c r="M107" s="11"/>
     </row>
     <row r="108" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A108" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B108" s="11">
         <v>253</v>
       </c>
       <c r="C108" s="11">
         <v>296</v>
       </c>
       <c r="D108" s="11">
         <v>232</v>
       </c>
       <c r="E108" s="11">
         <v>204</v>
       </c>
       <c r="F108" s="11">
         <v>203</v>
       </c>
       <c r="G108" s="11">
         <v>194</v>
       </c>
       <c r="H108" s="11">
         <v>207</v>
       </c>
       <c r="I108" s="11">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="J108" s="11"/>
+        <v>200</v>
+      </c>
+      <c r="J108" s="11">
+        <v>145</v>
+      </c>
       <c r="K108" s="11"/>
       <c r="L108" s="11"/>
       <c r="M108" s="11"/>
     </row>
     <row r="109" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A109" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B109" s="12">
         <v>4.5</v>
       </c>
       <c r="C109" s="12">
         <v>5.3</v>
       </c>
       <c r="D109" s="12">
         <v>4.2</v>
       </c>
       <c r="E109" s="12">
         <v>3.7</v>
       </c>
       <c r="F109" s="12">
         <v>3.6</v>
       </c>
       <c r="G109" s="12">
         <v>3.5</v>
       </c>
       <c r="H109" s="12">
         <v>3.7</v>
       </c>
       <c r="I109" s="12">
         <v>3.6</v>
       </c>
-      <c r="J109" s="12"/>
+      <c r="J109" s="12">
+        <v>2.6</v>
+      </c>
       <c r="K109" s="12"/>
       <c r="L109" s="12"/>
       <c r="M109" s="12"/>
     </row>
     <row r="110" spans="1:14" s="8" customFormat="1" ht="18" customHeight="1">
       <c r="A110" s="9"/>
       <c r="B110" s="12"/>
       <c r="C110" s="12"/>
       <c r="D110" s="12"/>
       <c r="E110" s="12"/>
       <c r="F110" s="12"/>
       <c r="G110" s="12"/>
       <c r="H110" s="12"/>
       <c r="I110" s="12"/>
       <c r="J110" s="12"/>
       <c r="K110" s="12"/>
       <c r="L110" s="12"/>
       <c r="M110" s="12"/>
       <c r="N110" s="12"/>
     </row>
     <row r="111" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A111" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B111" s="6">
         <v>45658</v>
       </c>
       <c r="C111" s="6">
         <v>45689</v>
       </c>
       <c r="D111" s="6">
         <v>45717</v>
       </c>
       <c r="E111" s="6">
         <v>45748</v>
       </c>
       <c r="F111" s="6">
         <v>45778</v>
       </c>
       <c r="G111" s="6">
         <v>45809</v>
       </c>
       <c r="H111" s="6">
         <v>45839</v>
       </c>
       <c r="I111" s="6">
         <v>45870</v>
       </c>
-      <c r="J111" s="6"/>
+      <c r="J111" s="6">
+        <v>45901</v>
+      </c>
       <c r="K111" s="6"/>
       <c r="L111" s="6"/>
       <c r="M111" s="6"/>
       <c r="N111" s="6"/>
     </row>
     <row r="112" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A112" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B112" s="11">
         <v>4878</v>
       </c>
       <c r="C112" s="11">
         <v>4865</v>
       </c>
       <c r="D112" s="11">
         <v>4827</v>
       </c>
       <c r="E112" s="11">
         <v>4824</v>
       </c>
       <c r="F112" s="11">
         <v>4853</v>
       </c>
       <c r="G112" s="11">
         <v>4874</v>
       </c>
       <c r="H112" s="11">
         <v>4904</v>
       </c>
       <c r="I112" s="11">
-        <v>4909</v>
-[...1 lines deleted...]
-      <c r="J112" s="11"/>
+        <v>4911</v>
+      </c>
+      <c r="J112" s="11">
+        <v>4916</v>
+      </c>
       <c r="K112" s="11"/>
       <c r="L112" s="11"/>
       <c r="M112" s="11"/>
     </row>
     <row r="113" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A113" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B113" s="11">
         <v>4659</v>
       </c>
       <c r="C113" s="11">
         <v>4607</v>
       </c>
       <c r="D113" s="11">
         <v>4634</v>
       </c>
       <c r="E113" s="11">
         <v>4675</v>
       </c>
       <c r="F113" s="11">
         <v>4699</v>
       </c>
       <c r="G113" s="11">
         <v>4736</v>
       </c>
       <c r="H113" s="11">
         <v>4733</v>
       </c>
       <c r="I113" s="11">
-        <v>4737</v>
-[...1 lines deleted...]
-      <c r="J113" s="11"/>
+        <v>4738</v>
+      </c>
+      <c r="J113" s="11">
+        <v>4804</v>
+      </c>
       <c r="K113" s="11"/>
       <c r="L113" s="11"/>
       <c r="M113" s="11"/>
     </row>
     <row r="114" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A114" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B114" s="11">
         <v>219</v>
       </c>
       <c r="C114" s="11">
         <v>258</v>
       </c>
       <c r="D114" s="11">
         <v>193</v>
       </c>
       <c r="E114" s="11">
         <v>149</v>
       </c>
       <c r="F114" s="11">
         <v>154</v>
       </c>
       <c r="G114" s="11">
         <v>138</v>
       </c>
       <c r="H114" s="11">
         <v>171</v>
       </c>
       <c r="I114" s="11">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="J114" s="11"/>
+        <v>173</v>
+      </c>
+      <c r="J114" s="11">
+        <v>112</v>
+      </c>
       <c r="K114" s="11"/>
       <c r="L114" s="11"/>
       <c r="M114" s="11"/>
     </row>
     <row r="115" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A115" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B115" s="12">
         <v>4.5</v>
       </c>
       <c r="C115" s="12">
         <v>5.3</v>
       </c>
       <c r="D115" s="12">
         <v>4</v>
       </c>
       <c r="E115" s="12">
         <v>3.1</v>
       </c>
       <c r="F115" s="12">
         <v>3.2</v>
       </c>
       <c r="G115" s="12">
         <v>2.8</v>
       </c>
       <c r="H115" s="12">
         <v>3.5</v>
       </c>
       <c r="I115" s="12">
         <v>3.5</v>
       </c>
-      <c r="J115" s="12"/>
+      <c r="J115" s="12">
+        <v>2.2999999999999998</v>
+      </c>
       <c r="K115" s="12"/>
       <c r="L115" s="12"/>
       <c r="M115" s="12"/>
     </row>
     <row r="116" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A116" s="9"/>
       <c r="B116" s="12"/>
       <c r="C116" s="12"/>
       <c r="D116" s="12"/>
       <c r="E116" s="12"/>
       <c r="F116" s="12"/>
       <c r="G116" s="12"/>
       <c r="H116" s="12"/>
       <c r="I116" s="12"/>
       <c r="J116" s="12"/>
       <c r="K116" s="12"/>
       <c r="L116" s="12"/>
       <c r="M116" s="12"/>
       <c r="N116" s="12"/>
     </row>
     <row r="117" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A117" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B117" s="6">
         <v>45658</v>
       </c>
       <c r="C117" s="6">
         <v>45689</v>
       </c>
       <c r="D117" s="6">
         <v>45717</v>
       </c>
       <c r="E117" s="6">
         <v>45748</v>
       </c>
       <c r="F117" s="6">
         <v>45778</v>
       </c>
       <c r="G117" s="6">
         <v>45809</v>
       </c>
       <c r="H117" s="6">
         <v>45839</v>
       </c>
       <c r="I117" s="6">
         <v>45870</v>
       </c>
-      <c r="J117" s="6"/>
+      <c r="J117" s="6">
+        <v>45901</v>
+      </c>
       <c r="K117" s="6"/>
       <c r="L117" s="6"/>
       <c r="M117" s="6"/>
       <c r="N117" s="6"/>
     </row>
     <row r="118" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A118" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B118" s="11">
         <v>2779</v>
       </c>
       <c r="C118" s="11">
         <v>2762</v>
       </c>
       <c r="D118" s="11">
         <v>2756</v>
       </c>
       <c r="E118" s="11">
         <v>2768</v>
       </c>
       <c r="F118" s="11">
         <v>2798</v>
       </c>
       <c r="G118" s="11">
         <v>2806</v>
       </c>
       <c r="H118" s="11">
         <v>2804</v>
       </c>
       <c r="I118" s="11">
-        <v>2795</v>
-[...1 lines deleted...]
-      <c r="J118" s="11"/>
+        <v>2797</v>
+      </c>
+      <c r="J118" s="11">
+        <v>2824</v>
+      </c>
       <c r="K118" s="11"/>
       <c r="L118" s="11"/>
       <c r="M118" s="11"/>
     </row>
     <row r="119" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A119" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B119" s="11">
         <v>2666</v>
       </c>
       <c r="C119" s="11">
         <v>2636</v>
       </c>
       <c r="D119" s="11">
         <v>2652</v>
       </c>
       <c r="E119" s="11">
         <v>2677</v>
       </c>
       <c r="F119" s="11">
         <v>2693</v>
       </c>
       <c r="G119" s="11">
         <v>2713</v>
       </c>
       <c r="H119" s="11">
         <v>2711</v>
       </c>
       <c r="I119" s="11">
-        <v>2714</v>
-[...1 lines deleted...]
-      <c r="J119" s="11"/>
+        <v>2715</v>
+      </c>
+      <c r="J119" s="11">
+        <v>2749</v>
+      </c>
       <c r="K119" s="11"/>
       <c r="L119" s="11"/>
       <c r="M119" s="11"/>
     </row>
     <row r="120" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A120" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B120" s="11">
         <v>113</v>
       </c>
       <c r="C120" s="11">
         <v>126</v>
       </c>
       <c r="D120" s="11">
         <v>104</v>
       </c>
       <c r="E120" s="11">
         <v>91</v>
       </c>
       <c r="F120" s="11">
         <v>105</v>
       </c>
       <c r="G120" s="11">
         <v>93</v>
       </c>
       <c r="H120" s="11">
         <v>93</v>
       </c>
       <c r="I120" s="11">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="J120" s="11"/>
+        <v>82</v>
+      </c>
+      <c r="J120" s="11">
+        <v>75</v>
+      </c>
       <c r="K120" s="11"/>
       <c r="L120" s="11"/>
       <c r="M120" s="11"/>
     </row>
     <row r="121" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A121" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B121" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="C121" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="D121" s="12">
         <v>3.8</v>
       </c>
       <c r="E121" s="12">
         <v>3.3</v>
       </c>
       <c r="F121" s="12">
         <v>3.8</v>
       </c>
       <c r="G121" s="12">
         <v>3.3</v>
       </c>
       <c r="H121" s="12">
         <v>3.3</v>
       </c>
       <c r="I121" s="12">
         <v>2.9</v>
       </c>
-      <c r="J121" s="12"/>
+      <c r="J121" s="12">
+        <v>2.7</v>
+      </c>
       <c r="K121" s="12"/>
       <c r="L121" s="12"/>
       <c r="M121" s="12"/>
     </row>
     <row r="122" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A122" s="9"/>
       <c r="B122" s="12"/>
       <c r="C122" s="12"/>
       <c r="D122" s="12"/>
       <c r="E122" s="12"/>
       <c r="F122" s="12"/>
       <c r="G122" s="12"/>
       <c r="H122" s="12"/>
       <c r="I122" s="12"/>
       <c r="J122" s="12"/>
       <c r="K122" s="12"/>
       <c r="L122" s="12"/>
       <c r="M122" s="12"/>
       <c r="N122" s="12"/>
     </row>
     <row r="123" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A123" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B123" s="6">
         <v>45658</v>
       </c>
       <c r="C123" s="6">
         <v>45689</v>
       </c>
       <c r="D123" s="6">
         <v>45717</v>
       </c>
       <c r="E123" s="6">
         <v>45748</v>
       </c>
       <c r="F123" s="6">
         <v>45778</v>
       </c>
       <c r="G123" s="6">
         <v>45809</v>
       </c>
       <c r="H123" s="6">
         <v>45839</v>
       </c>
       <c r="I123" s="6">
         <v>45870</v>
       </c>
-      <c r="J123" s="6"/>
+      <c r="J123" s="6">
+        <v>45901</v>
+      </c>
       <c r="K123" s="6"/>
       <c r="L123" s="6"/>
       <c r="M123" s="6"/>
       <c r="N123" s="6"/>
     </row>
     <row r="124" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A124" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B124" s="11">
         <v>14745</v>
       </c>
       <c r="C124" s="11">
         <v>14774</v>
       </c>
       <c r="D124" s="11">
         <v>14617</v>
       </c>
       <c r="E124" s="11">
         <v>14579</v>
       </c>
       <c r="F124" s="11">
         <v>14667</v>
       </c>
       <c r="G124" s="11">
         <v>14711</v>
       </c>
       <c r="H124" s="11">
         <v>14813</v>
       </c>
       <c r="I124" s="11">
-        <v>14770</v>
-[...1 lines deleted...]
-      <c r="J124" s="11"/>
+        <v>14772</v>
+      </c>
+      <c r="J124" s="11">
+        <v>14843</v>
+      </c>
       <c r="K124" s="11"/>
       <c r="L124" s="11"/>
       <c r="M124" s="11"/>
     </row>
     <row r="125" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A125" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B125" s="11">
         <v>13756</v>
       </c>
       <c r="C125" s="11">
         <v>13608</v>
       </c>
       <c r="D125" s="11">
         <v>13641</v>
       </c>
       <c r="E125" s="11">
         <v>13757</v>
       </c>
       <c r="F125" s="11">
         <v>13844</v>
       </c>
       <c r="G125" s="11">
         <v>13955</v>
       </c>
       <c r="H125" s="11">
         <v>13984</v>
       </c>
       <c r="I125" s="11">
-        <v>13954</v>
-[...1 lines deleted...]
-      <c r="J125" s="11"/>
+        <v>13956</v>
+      </c>
+      <c r="J125" s="11">
+        <v>14175</v>
+      </c>
       <c r="K125" s="11"/>
       <c r="L125" s="11"/>
       <c r="M125" s="11"/>
     </row>
     <row r="126" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A126" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B126" s="11">
         <v>989</v>
       </c>
       <c r="C126" s="11">
         <v>1166</v>
       </c>
       <c r="D126" s="11">
         <v>976</v>
       </c>
       <c r="E126" s="11">
         <v>822</v>
       </c>
       <c r="F126" s="11">
         <v>823</v>
       </c>
       <c r="G126" s="11">
         <v>756</v>
       </c>
       <c r="H126" s="11">
         <v>829</v>
       </c>
       <c r="I126" s="11">
         <v>816</v>
       </c>
-      <c r="J126" s="11"/>
+      <c r="J126" s="11">
+        <v>668</v>
+      </c>
       <c r="K126" s="11"/>
       <c r="L126" s="11"/>
       <c r="M126" s="11"/>
     </row>
     <row r="127" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A127" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B127" s="12">
         <v>6.7</v>
       </c>
       <c r="C127" s="12">
         <v>7.9</v>
       </c>
       <c r="D127" s="12">
         <v>6.7</v>
       </c>
       <c r="E127" s="12">
         <v>5.6</v>
       </c>
       <c r="F127" s="12">
         <v>5.6</v>
       </c>
       <c r="G127" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="H127" s="12">
         <v>5.6</v>
       </c>
       <c r="I127" s="12">
         <v>5.5</v>
       </c>
-      <c r="J127" s="12"/>
+      <c r="J127" s="12">
+        <v>4.5</v>
+      </c>
       <c r="K127" s="12"/>
       <c r="L127" s="12"/>
       <c r="M127" s="12"/>
     </row>
     <row r="128" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A128" s="9"/>
       <c r="B128" s="12"/>
       <c r="C128" s="12"/>
       <c r="D128" s="12"/>
       <c r="E128" s="12"/>
       <c r="F128" s="12"/>
       <c r="G128" s="12"/>
       <c r="H128" s="12"/>
       <c r="I128" s="12"/>
       <c r="J128" s="12"/>
       <c r="K128" s="12"/>
       <c r="L128" s="12"/>
       <c r="M128" s="12"/>
       <c r="N128" s="12"/>
     </row>
     <row r="129" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A129" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B129" s="6">
         <v>45658</v>
       </c>
       <c r="C129" s="6">
         <v>45689</v>
       </c>
       <c r="D129" s="6">
         <v>45717</v>
       </c>
       <c r="E129" s="6">
         <v>45748</v>
       </c>
       <c r="F129" s="6">
         <v>45778</v>
       </c>
       <c r="G129" s="6">
         <v>45809</v>
       </c>
       <c r="H129" s="6">
         <v>45839</v>
       </c>
       <c r="I129" s="6">
         <v>45870</v>
       </c>
-      <c r="J129" s="6"/>
+      <c r="J129" s="6">
+        <v>45901</v>
+      </c>
       <c r="K129" s="6"/>
       <c r="L129" s="6"/>
       <c r="M129" s="6"/>
       <c r="N129" s="6"/>
     </row>
     <row r="130" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A130" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B130" s="11">
         <v>12366</v>
       </c>
       <c r="C130" s="11">
         <v>12318</v>
       </c>
       <c r="D130" s="11">
         <v>12225</v>
       </c>
       <c r="E130" s="11">
         <v>12269</v>
       </c>
       <c r="F130" s="11">
         <v>12361</v>
       </c>
       <c r="G130" s="11">
         <v>12433</v>
       </c>
       <c r="H130" s="11">
         <v>12514</v>
       </c>
       <c r="I130" s="11">
-        <v>12464</v>
-[...1 lines deleted...]
-      <c r="J130" s="11"/>
+        <v>12465</v>
+      </c>
+      <c r="J130" s="11">
+        <v>12531</v>
+      </c>
       <c r="K130" s="11"/>
       <c r="L130" s="11"/>
       <c r="M130" s="11"/>
     </row>
     <row r="131" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A131" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B131" s="11">
         <v>11772</v>
       </c>
       <c r="C131" s="11">
         <v>11645</v>
       </c>
       <c r="D131" s="11">
         <v>11673</v>
       </c>
       <c r="E131" s="11">
         <v>11772</v>
       </c>
       <c r="F131" s="11">
         <v>11847</v>
       </c>
       <c r="G131" s="11">
         <v>11942</v>
       </c>
       <c r="H131" s="11">
         <v>11967</v>
       </c>
       <c r="I131" s="11">
-        <v>11941</v>
-[...1 lines deleted...]
-      <c r="J131" s="11"/>
+        <v>11943</v>
+      </c>
+      <c r="J131" s="11">
+        <v>12130</v>
+      </c>
       <c r="K131" s="11"/>
       <c r="L131" s="11"/>
       <c r="M131" s="11"/>
     </row>
     <row r="132" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A132" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B132" s="11">
         <v>594</v>
       </c>
       <c r="C132" s="11">
         <v>673</v>
       </c>
       <c r="D132" s="11">
         <v>552</v>
       </c>
       <c r="E132" s="11">
         <v>497</v>
       </c>
       <c r="F132" s="11">
         <v>514</v>
       </c>
       <c r="G132" s="11">
         <v>491</v>
       </c>
       <c r="H132" s="11">
         <v>547</v>
       </c>
       <c r="I132" s="11">
-        <v>523</v>
-[...1 lines deleted...]
-      <c r="J132" s="11"/>
+        <v>522</v>
+      </c>
+      <c r="J132" s="11">
+        <v>401</v>
+      </c>
       <c r="K132" s="11"/>
       <c r="L132" s="11"/>
       <c r="M132" s="11"/>
     </row>
     <row r="133" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A133" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B133" s="12">
         <v>4.8</v>
       </c>
       <c r="C133" s="12">
         <v>5.5</v>
       </c>
       <c r="D133" s="12">
         <v>4.5</v>
       </c>
       <c r="E133" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="F133" s="12">
         <v>4.2</v>
       </c>
       <c r="G133" s="12">
         <v>3.9</v>
       </c>
       <c r="H133" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="I133" s="12">
         <v>4.2</v>
       </c>
-      <c r="J133" s="12"/>
+      <c r="J133" s="12">
+        <v>3.2</v>
+      </c>
       <c r="K133" s="12"/>
       <c r="L133" s="12"/>
       <c r="M133" s="12"/>
     </row>
     <row r="134" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A134" s="9"/>
       <c r="B134" s="12"/>
       <c r="C134" s="12"/>
       <c r="D134" s="12"/>
       <c r="E134" s="12"/>
       <c r="F134" s="12"/>
       <c r="G134" s="12"/>
       <c r="H134" s="12"/>
       <c r="I134" s="12"/>
       <c r="J134" s="12"/>
       <c r="K134" s="12"/>
       <c r="L134" s="12"/>
       <c r="M134" s="12"/>
       <c r="N134" s="12"/>
     </row>
     <row r="135" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A135" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B135" s="6">
         <v>45658</v>
       </c>
       <c r="C135" s="6">
         <v>45689</v>
       </c>
       <c r="D135" s="6">
         <v>45717</v>
       </c>
       <c r="E135" s="6">
         <v>45748</v>
       </c>
       <c r="F135" s="6">
         <v>45778</v>
       </c>
       <c r="G135" s="6">
         <v>45809</v>
       </c>
       <c r="H135" s="6">
         <v>45839</v>
       </c>
       <c r="I135" s="6">
         <v>45870</v>
       </c>
-      <c r="J135" s="6"/>
+      <c r="J135" s="6">
+        <v>45901</v>
+      </c>
       <c r="K135" s="6"/>
       <c r="L135" s="6"/>
       <c r="M135" s="6"/>
       <c r="N135" s="6"/>
     </row>
     <row r="136" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A136" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B136" s="11">
         <v>1785</v>
       </c>
       <c r="C136" s="11">
         <v>1787</v>
       </c>
       <c r="D136" s="11">
         <v>1766</v>
       </c>
       <c r="E136" s="11">
         <v>1761</v>
       </c>
       <c r="F136" s="11">
         <v>1769</v>
       </c>
       <c r="G136" s="11">
         <v>1780</v>
       </c>
       <c r="H136" s="11">
         <v>1793</v>
       </c>
       <c r="I136" s="11">
-        <v>1788</v>
-[...1 lines deleted...]
-      <c r="J136" s="11"/>
+        <v>1790</v>
+      </c>
+      <c r="J136" s="11">
+        <v>1805</v>
+      </c>
       <c r="K136" s="11"/>
       <c r="L136" s="11"/>
       <c r="M136" s="11"/>
     </row>
     <row r="137" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A137" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B137" s="11">
         <v>1693</v>
       </c>
       <c r="C137" s="11">
         <v>1674</v>
       </c>
       <c r="D137" s="11">
         <v>1685</v>
       </c>
       <c r="E137" s="11">
         <v>1700</v>
       </c>
       <c r="F137" s="11">
         <v>1710</v>
       </c>
       <c r="G137" s="11">
         <v>1723</v>
       </c>
       <c r="H137" s="11">
         <v>1722</v>
       </c>
       <c r="I137" s="11">
         <v>1724</v>
       </c>
-      <c r="J137" s="11"/>
+      <c r="J137" s="11">
+        <v>1746</v>
+      </c>
       <c r="K137" s="11"/>
       <c r="L137" s="11"/>
       <c r="M137" s="11"/>
     </row>
     <row r="138" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A138" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B138" s="11">
         <v>92</v>
       </c>
       <c r="C138" s="11">
         <v>113</v>
       </c>
       <c r="D138" s="11">
         <v>81</v>
       </c>
       <c r="E138" s="11">
         <v>61</v>
       </c>
       <c r="F138" s="11">
         <v>59</v>
       </c>
       <c r="G138" s="11">
         <v>57</v>
       </c>
       <c r="H138" s="11">
         <v>71</v>
       </c>
       <c r="I138" s="11">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="J138" s="11"/>
+        <v>66</v>
+      </c>
+      <c r="J138" s="11">
+        <v>59</v>
+      </c>
       <c r="K138" s="11"/>
       <c r="L138" s="11"/>
       <c r="M138" s="11"/>
     </row>
     <row r="139" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A139" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B139" s="12">
         <v>5.2</v>
       </c>
       <c r="C139" s="12">
         <v>6.3</v>
       </c>
       <c r="D139" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="E139" s="12">
         <v>3.5</v>
       </c>
       <c r="F139" s="12">
         <v>3.3</v>
       </c>
       <c r="G139" s="12">
         <v>3.2</v>
       </c>
       <c r="H139" s="12">
         <v>4</v>
       </c>
       <c r="I139" s="12">
-        <v>3.6</v>
-[...1 lines deleted...]
-      <c r="J139" s="12"/>
+        <v>3.7</v>
+      </c>
+      <c r="J139" s="12">
+        <v>3.3</v>
+      </c>
       <c r="K139" s="12"/>
       <c r="L139" s="12"/>
       <c r="M139" s="12"/>
     </row>
     <row r="140" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A140" s="9"/>
       <c r="B140" s="12"/>
       <c r="C140" s="12"/>
       <c r="D140" s="12"/>
       <c r="E140" s="12"/>
       <c r="F140" s="12"/>
       <c r="G140" s="12"/>
       <c r="H140" s="12"/>
       <c r="I140" s="12"/>
       <c r="J140" s="12"/>
       <c r="K140" s="12"/>
       <c r="L140" s="12"/>
       <c r="M140" s="12"/>
       <c r="N140" s="12"/>
     </row>
     <row r="141" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A141" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B141" s="6">
         <v>45658</v>
       </c>
       <c r="C141" s="6">
         <v>45689</v>
       </c>
       <c r="D141" s="6">
         <v>45717</v>
       </c>
       <c r="E141" s="6">
         <v>45748</v>
       </c>
       <c r="F141" s="6">
         <v>45778</v>
       </c>
       <c r="G141" s="6">
         <v>45809</v>
       </c>
       <c r="H141" s="6">
         <v>45839</v>
       </c>
       <c r="I141" s="6">
         <v>45870</v>
       </c>
-      <c r="J141" s="6"/>
+      <c r="J141" s="6">
+        <v>45901</v>
+      </c>
       <c r="K141" s="6"/>
       <c r="L141" s="6"/>
       <c r="M141" s="6"/>
       <c r="N141" s="6"/>
     </row>
     <row r="142" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A142" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B142" s="11">
         <v>8097</v>
       </c>
       <c r="C142" s="11">
         <v>8066</v>
       </c>
       <c r="D142" s="11">
         <v>7998</v>
       </c>
       <c r="E142" s="11">
         <v>7984</v>
       </c>
       <c r="F142" s="11">
         <v>8045</v>
       </c>
       <c r="G142" s="11">
         <v>8086</v>
       </c>
       <c r="H142" s="11">
         <v>8089</v>
       </c>
       <c r="I142" s="11">
-        <v>8075</v>
-[...1 lines deleted...]
-      <c r="J142" s="11"/>
+        <v>8078</v>
+      </c>
+      <c r="J142" s="11">
+        <v>8119</v>
+      </c>
       <c r="K142" s="11"/>
       <c r="L142" s="11"/>
       <c r="M142" s="11"/>
     </row>
     <row r="143" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A143" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B143" s="11">
         <v>7639</v>
       </c>
       <c r="C143" s="11">
         <v>7553</v>
       </c>
       <c r="D143" s="11">
         <v>7601</v>
       </c>
       <c r="E143" s="11">
         <v>7672</v>
       </c>
       <c r="F143" s="11">
         <v>7716</v>
       </c>
       <c r="G143" s="11">
         <v>7775</v>
       </c>
       <c r="H143" s="11">
         <v>7770</v>
       </c>
       <c r="I143" s="11">
-        <v>7778</v>
-[...1 lines deleted...]
-      <c r="J143" s="11"/>
+        <v>7779</v>
+      </c>
+      <c r="J143" s="11">
+        <v>7876</v>
+      </c>
       <c r="K143" s="11"/>
       <c r="L143" s="11"/>
       <c r="M143" s="11"/>
     </row>
     <row r="144" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A144" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B144" s="11">
         <v>458</v>
       </c>
       <c r="C144" s="11">
         <v>513</v>
       </c>
       <c r="D144" s="11">
         <v>397</v>
       </c>
       <c r="E144" s="11">
         <v>312</v>
       </c>
       <c r="F144" s="11">
         <v>329</v>
       </c>
       <c r="G144" s="11">
         <v>311</v>
       </c>
       <c r="H144" s="11">
         <v>319</v>
       </c>
       <c r="I144" s="11">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="J144" s="11"/>
+        <v>299</v>
+      </c>
+      <c r="J144" s="11">
+        <v>243</v>
+      </c>
       <c r="K144" s="11"/>
       <c r="L144" s="11"/>
       <c r="M144" s="11"/>
     </row>
     <row r="145" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A145" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B145" s="12">
         <v>5.7</v>
       </c>
       <c r="C145" s="12">
         <v>6.4</v>
       </c>
       <c r="D145" s="12">
         <v>5</v>
       </c>
       <c r="E145" s="12">
         <v>3.9</v>
       </c>
       <c r="F145" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="G145" s="12">
         <v>3.8</v>
       </c>
       <c r="H145" s="12">
         <v>3.9</v>
       </c>
       <c r="I145" s="12">
         <v>3.7</v>
       </c>
-      <c r="J145" s="12"/>
+      <c r="J145" s="12">
+        <v>3</v>
+      </c>
       <c r="K145" s="12"/>
       <c r="L145" s="12"/>
       <c r="M145" s="12"/>
     </row>
     <row r="146" spans="1:14" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A146" s="9"/>
       <c r="B146" s="12"/>
       <c r="C146" s="12"/>
       <c r="D146" s="12"/>
       <c r="E146" s="12"/>
       <c r="F146" s="12"/>
       <c r="G146" s="12"/>
       <c r="H146" s="12"/>
       <c r="I146" s="12"/>
       <c r="J146" s="12"/>
       <c r="K146" s="12"/>
       <c r="L146" s="12"/>
       <c r="M146" s="12"/>
       <c r="N146" s="12"/>
     </row>
     <row r="147" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A147" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B147" s="6">
         <v>45658</v>
       </c>
       <c r="C147" s="6">
         <v>45689</v>
       </c>
       <c r="D147" s="6">
         <v>45717</v>
       </c>
       <c r="E147" s="6">
         <v>45748</v>
       </c>
       <c r="F147" s="6">
         <v>45778</v>
       </c>
       <c r="G147" s="6">
         <v>45809</v>
       </c>
       <c r="H147" s="6">
         <v>45839</v>
       </c>
       <c r="I147" s="6">
         <v>45870</v>
       </c>
-      <c r="J147" s="6"/>
+      <c r="J147" s="6">
+        <v>45901</v>
+      </c>
       <c r="K147" s="6"/>
       <c r="L147" s="6"/>
       <c r="M147" s="6"/>
       <c r="N147" s="6"/>
     </row>
     <row r="148" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A148" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B148" s="11">
         <v>7353</v>
       </c>
       <c r="C148" s="11">
         <v>7293</v>
       </c>
       <c r="D148" s="11">
         <v>7282</v>
       </c>
       <c r="E148" s="11">
         <v>7294</v>
       </c>
       <c r="F148" s="11">
         <v>7360</v>
       </c>
       <c r="G148" s="11">
         <v>7409</v>
       </c>
       <c r="H148" s="11">
         <v>7384</v>
       </c>
       <c r="I148" s="11">
-        <v>7372</v>
-[...1 lines deleted...]
-      <c r="J148" s="11"/>
+        <v>7371</v>
+      </c>
+      <c r="J148" s="11">
+        <v>7452</v>
+      </c>
       <c r="K148" s="11"/>
       <c r="L148" s="11"/>
       <c r="M148" s="11"/>
     </row>
     <row r="149" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A149" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B149" s="11">
         <v>7059</v>
       </c>
       <c r="C149" s="11">
         <v>6980</v>
       </c>
       <c r="D149" s="11">
         <v>7020</v>
       </c>
       <c r="E149" s="11">
         <v>7083</v>
       </c>
       <c r="F149" s="11">
         <v>7119</v>
       </c>
       <c r="G149" s="11">
         <v>7175</v>
       </c>
       <c r="H149" s="11">
         <v>7171</v>
       </c>
       <c r="I149" s="11">
-        <v>7177</v>
-[...1 lines deleted...]
-      <c r="J149" s="11"/>
+        <v>7178</v>
+      </c>
+      <c r="J149" s="11">
+        <v>7278</v>
+      </c>
       <c r="K149" s="11"/>
       <c r="L149" s="11"/>
       <c r="M149" s="11"/>
     </row>
     <row r="150" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A150" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B150" s="11">
         <v>294</v>
       </c>
       <c r="C150" s="11">
         <v>313</v>
       </c>
       <c r="D150" s="11">
         <v>262</v>
       </c>
       <c r="E150" s="11">
         <v>211</v>
       </c>
       <c r="F150" s="11">
         <v>241</v>
       </c>
       <c r="G150" s="11">
         <v>234</v>
       </c>
       <c r="H150" s="11">
         <v>213</v>
       </c>
       <c r="I150" s="11">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="J150" s="11"/>
+        <v>193</v>
+      </c>
+      <c r="J150" s="11">
+        <v>174</v>
+      </c>
       <c r="K150" s="11"/>
       <c r="L150" s="11"/>
       <c r="M150" s="11"/>
     </row>
     <row r="151" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A151" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B151" s="12">
         <v>4</v>
       </c>
       <c r="C151" s="12">
         <v>4.3</v>
       </c>
       <c r="D151" s="12">
         <v>3.6</v>
       </c>
       <c r="E151" s="12">
         <v>2.9</v>
       </c>
       <c r="F151" s="12">
         <v>3.3</v>
       </c>
       <c r="G151" s="12">
         <v>3.2</v>
       </c>
       <c r="H151" s="12">
         <v>2.9</v>
       </c>
       <c r="I151" s="12">
         <v>2.6</v>
       </c>
-      <c r="J151" s="12"/>
+      <c r="J151" s="12">
+        <v>2.2999999999999998</v>
+      </c>
       <c r="K151" s="12"/>
       <c r="L151" s="12"/>
       <c r="M151" s="12"/>
     </row>
     <row r="152" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A152" s="9"/>
       <c r="B152" s="12"/>
       <c r="C152" s="12"/>
       <c r="D152" s="12"/>
       <c r="E152" s="12"/>
       <c r="F152" s="12"/>
       <c r="G152" s="12"/>
       <c r="H152" s="12"/>
       <c r="I152" s="12"/>
       <c r="J152" s="12"/>
       <c r="K152" s="12"/>
       <c r="L152" s="12"/>
       <c r="M152" s="12"/>
       <c r="N152" s="12"/>
     </row>
     <row r="153" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A153" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B153" s="6">
         <v>45658</v>
       </c>
       <c r="C153" s="6">
         <v>45689</v>
       </c>
       <c r="D153" s="6">
         <v>45717</v>
       </c>
       <c r="E153" s="6">
         <v>45748</v>
       </c>
       <c r="F153" s="6">
         <v>45778</v>
       </c>
       <c r="G153" s="6">
         <v>45809</v>
       </c>
       <c r="H153" s="6">
         <v>45839</v>
       </c>
       <c r="I153" s="6">
         <v>45870</v>
       </c>
-      <c r="J153" s="6"/>
+      <c r="J153" s="6">
+        <v>45901</v>
+      </c>
       <c r="K153" s="6"/>
       <c r="L153" s="6"/>
       <c r="M153" s="6"/>
       <c r="N153" s="6"/>
     </row>
     <row r="154" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A154" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B154" s="11">
         <v>760</v>
       </c>
       <c r="C154" s="11">
         <v>767</v>
       </c>
       <c r="D154" s="11">
         <v>772</v>
       </c>
       <c r="E154" s="11">
         <v>770</v>
       </c>
       <c r="F154" s="11">
         <v>713</v>
       </c>
       <c r="G154" s="11">
         <v>691</v>
       </c>
       <c r="H154" s="11">
         <v>679</v>
       </c>
       <c r="I154" s="11">
         <v>676</v>
       </c>
-      <c r="J154" s="11"/>
+      <c r="J154" s="11">
+        <v>688</v>
+      </c>
       <c r="K154" s="11"/>
       <c r="L154" s="11"/>
       <c r="M154" s="11"/>
     </row>
     <row r="155" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A155" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B155" s="11">
         <v>650</v>
       </c>
       <c r="C155" s="11">
         <v>643</v>
       </c>
       <c r="D155" s="11">
         <v>647</v>
       </c>
       <c r="E155" s="11">
         <v>652</v>
       </c>
       <c r="F155" s="11">
         <v>656</v>
       </c>
       <c r="G155" s="11">
         <v>661</v>
       </c>
       <c r="H155" s="11">
         <v>661</v>
       </c>
       <c r="I155" s="11">
         <v>661</v>
       </c>
-      <c r="J155" s="11"/>
+      <c r="J155" s="11">
+        <v>670</v>
+      </c>
       <c r="K155" s="11"/>
       <c r="L155" s="11"/>
       <c r="M155" s="11"/>
     </row>
     <row r="156" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A156" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B156" s="11">
         <v>110</v>
       </c>
       <c r="C156" s="11">
         <v>124</v>
       </c>
       <c r="D156" s="11">
         <v>125</v>
       </c>
       <c r="E156" s="11">
         <v>118</v>
       </c>
       <c r="F156" s="11">
         <v>57</v>
       </c>
       <c r="G156" s="11">
         <v>30</v>
       </c>
       <c r="H156" s="11">
         <v>18</v>
       </c>
       <c r="I156" s="11">
         <v>15</v>
       </c>
-      <c r="J156" s="11"/>
+      <c r="J156" s="11">
+        <v>18</v>
+      </c>
       <c r="K156" s="11"/>
       <c r="L156" s="11"/>
       <c r="M156" s="11"/>
     </row>
     <row r="157" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A157" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B157" s="12">
         <v>14.5</v>
       </c>
       <c r="C157" s="12">
         <v>16.2</v>
       </c>
       <c r="D157" s="12">
         <v>16.2</v>
       </c>
       <c r="E157" s="12">
         <v>15.3</v>
       </c>
       <c r="F157" s="12">
         <v>8</v>
       </c>
       <c r="G157" s="12">
         <v>4.3</v>
       </c>
       <c r="H157" s="12">
         <v>2.7</v>
       </c>
       <c r="I157" s="12">
         <v>2.2000000000000002</v>
       </c>
-      <c r="J157" s="12"/>
+      <c r="J157" s="12">
+        <v>2.6</v>
+      </c>
       <c r="K157" s="12"/>
       <c r="L157" s="12"/>
       <c r="M157" s="12"/>
     </row>
     <row r="158" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A158" s="9"/>
       <c r="B158" s="12"/>
       <c r="C158" s="12"/>
       <c r="D158" s="12"/>
       <c r="E158" s="12"/>
       <c r="F158" s="12"/>
       <c r="G158" s="12"/>
       <c r="H158" s="12"/>
       <c r="I158" s="12"/>
       <c r="J158" s="12"/>
       <c r="K158" s="12"/>
       <c r="L158" s="12"/>
       <c r="M158" s="12"/>
       <c r="N158" s="12"/>
     </row>
-    <row r="159" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="159" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A159" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B159" s="6">
         <v>45658</v>
       </c>
       <c r="C159" s="6">
         <v>45689</v>
       </c>
       <c r="D159" s="6">
         <v>45717</v>
       </c>
       <c r="E159" s="6">
         <v>45748</v>
       </c>
       <c r="F159" s="6">
         <v>45778</v>
       </c>
       <c r="G159" s="6">
         <v>45809</v>
       </c>
       <c r="H159" s="6">
         <v>45839</v>
       </c>
       <c r="I159" s="6">
         <v>45870</v>
       </c>
-      <c r="J159" s="6"/>
+      <c r="J159" s="6">
+        <v>45901</v>
+      </c>
       <c r="K159" s="6"/>
       <c r="L159" s="6"/>
       <c r="M159" s="6"/>
       <c r="N159" s="6"/>
     </row>
     <row r="160" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A160" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B160" s="11">
         <v>11924</v>
       </c>
       <c r="C160" s="11">
         <v>11861</v>
       </c>
       <c r="D160" s="11">
         <v>11773</v>
       </c>
       <c r="E160" s="11">
         <v>11734</v>
       </c>
       <c r="F160" s="11">
         <v>11830</v>
       </c>
       <c r="G160" s="11">
         <v>11846</v>
       </c>
       <c r="H160" s="11">
         <v>11843</v>
       </c>
       <c r="I160" s="11">
-        <v>11801</v>
-[...1 lines deleted...]
-      <c r="J160" s="11"/>
+        <v>11803</v>
+      </c>
+      <c r="J160" s="11">
+        <v>11876</v>
+      </c>
       <c r="K160" s="11"/>
       <c r="L160" s="11"/>
       <c r="M160" s="11"/>
     </row>
     <row r="161" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A161" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B161" s="11">
         <v>11177</v>
       </c>
       <c r="C161" s="11">
         <v>11051</v>
       </c>
       <c r="D161" s="11">
         <v>11120</v>
       </c>
       <c r="E161" s="11">
         <v>11224</v>
       </c>
       <c r="F161" s="11">
         <v>11289</v>
       </c>
       <c r="G161" s="11">
         <v>11376</v>
       </c>
       <c r="H161" s="11">
         <v>11367</v>
       </c>
       <c r="I161" s="11">
-        <v>11379</v>
-[...1 lines deleted...]
-      <c r="J161" s="11"/>
+        <v>11381</v>
+      </c>
+      <c r="J161" s="11">
+        <v>11524</v>
+      </c>
       <c r="K161" s="11"/>
       <c r="L161" s="11"/>
       <c r="M161" s="11"/>
     </row>
     <row r="162" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A162" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B162" s="11">
         <v>747</v>
       </c>
       <c r="C162" s="11">
         <v>810</v>
       </c>
       <c r="D162" s="11">
         <v>653</v>
       </c>
       <c r="E162" s="11">
         <v>510</v>
       </c>
       <c r="F162" s="11">
         <v>541</v>
       </c>
       <c r="G162" s="11">
         <v>470</v>
       </c>
       <c r="H162" s="11">
         <v>476</v>
       </c>
       <c r="I162" s="11">
         <v>422</v>
       </c>
-      <c r="J162" s="11"/>
+      <c r="J162" s="11">
+        <v>352</v>
+      </c>
       <c r="K162" s="11"/>
       <c r="L162" s="11"/>
       <c r="M162" s="11"/>
     </row>
     <row r="163" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A163" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B163" s="12">
         <v>6.3</v>
       </c>
       <c r="C163" s="12">
         <v>6.8</v>
       </c>
       <c r="D163" s="12">
         <v>5.5</v>
       </c>
       <c r="E163" s="12">
         <v>4.3</v>
       </c>
       <c r="F163" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="G163" s="12">
         <v>4</v>
       </c>
       <c r="H163" s="12">
         <v>4</v>
       </c>
       <c r="I163" s="12">
         <v>3.6</v>
       </c>
-      <c r="J163" s="12"/>
+      <c r="J163" s="12">
+        <v>3</v>
+      </c>
       <c r="K163" s="12"/>
       <c r="L163" s="12"/>
       <c r="M163" s="12"/>
     </row>
     <row r="164" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A164" s="9"/>
       <c r="B164" s="12"/>
       <c r="C164" s="12"/>
       <c r="D164" s="12"/>
       <c r="E164" s="12"/>
       <c r="F164" s="12"/>
       <c r="G164" s="12"/>
       <c r="H164" s="12"/>
       <c r="I164" s="12"/>
       <c r="J164" s="12"/>
       <c r="K164" s="12"/>
       <c r="L164" s="12"/>
       <c r="M164" s="12"/>
       <c r="N164" s="12"/>
     </row>
     <row r="165" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A165" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B165" s="6">
         <v>45658</v>
       </c>
       <c r="C165" s="6">
         <v>45689</v>
       </c>
       <c r="D165" s="6">
         <v>45717</v>
       </c>
       <c r="E165" s="6">
         <v>45748</v>
       </c>
       <c r="F165" s="6">
         <v>45778</v>
       </c>
       <c r="G165" s="6">
         <v>45809</v>
       </c>
       <c r="H165" s="6">
         <v>45839</v>
       </c>
       <c r="I165" s="6">
         <v>45870</v>
       </c>
-      <c r="J165" s="6"/>
+      <c r="J165" s="6">
+        <v>45901</v>
+      </c>
       <c r="K165" s="6"/>
       <c r="L165" s="6"/>
       <c r="M165" s="6"/>
       <c r="N165" s="6"/>
     </row>
     <row r="166" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A166" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B166" s="11">
         <v>15524</v>
       </c>
       <c r="C166" s="11">
         <v>15446</v>
       </c>
       <c r="D166" s="11">
         <v>15385</v>
       </c>
       <c r="E166" s="11">
         <v>15434</v>
       </c>
       <c r="F166" s="11">
         <v>15561</v>
       </c>
       <c r="G166" s="11">
         <v>15628</v>
       </c>
       <c r="H166" s="11">
         <v>15632</v>
       </c>
       <c r="I166" s="11">
-        <v>15610</v>
-[...1 lines deleted...]
-      <c r="J166" s="11"/>
+        <v>15612</v>
+      </c>
+      <c r="J166" s="11">
+        <v>15790</v>
+      </c>
       <c r="K166" s="11"/>
       <c r="L166" s="11"/>
       <c r="M166" s="11"/>
     </row>
     <row r="167" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A167" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B167" s="11">
         <v>14859</v>
       </c>
       <c r="C167" s="11">
         <v>14693</v>
       </c>
       <c r="D167" s="11">
         <v>14777</v>
       </c>
       <c r="E167" s="11">
         <v>14909</v>
       </c>
       <c r="F167" s="11">
         <v>14985</v>
       </c>
       <c r="G167" s="11">
         <v>15103</v>
       </c>
       <c r="H167" s="11">
         <v>15094</v>
       </c>
       <c r="I167" s="11">
-        <v>15107</v>
-[...1 lines deleted...]
-      <c r="J167" s="11"/>
+        <v>15109</v>
+      </c>
+      <c r="J167" s="11">
+        <v>15320</v>
+      </c>
       <c r="K167" s="11"/>
       <c r="L167" s="11"/>
       <c r="M167" s="11"/>
     </row>
     <row r="168" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A168" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B168" s="11">
         <v>665</v>
       </c>
       <c r="C168" s="11">
         <v>753</v>
       </c>
       <c r="D168" s="11">
         <v>608</v>
       </c>
       <c r="E168" s="11">
         <v>525</v>
       </c>
       <c r="F168" s="11">
         <v>576</v>
       </c>
       <c r="G168" s="11">
         <v>525</v>
       </c>
       <c r="H168" s="11">
         <v>538</v>
       </c>
       <c r="I168" s="11">
         <v>503</v>
       </c>
-      <c r="J168" s="11"/>
+      <c r="J168" s="11">
+        <v>470</v>
+      </c>
       <c r="K168" s="11"/>
       <c r="L168" s="11"/>
       <c r="M168" s="11"/>
     </row>
     <row r="169" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A169" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B169" s="12">
         <v>4.3</v>
       </c>
       <c r="C169" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="D169" s="12">
         <v>4</v>
       </c>
       <c r="E169" s="12">
         <v>3.4</v>
       </c>
       <c r="F169" s="12">
         <v>3.7</v>
       </c>
       <c r="G169" s="12">
         <v>3.4</v>
       </c>
       <c r="H169" s="12">
         <v>3.4</v>
       </c>
       <c r="I169" s="12">
         <v>3.2</v>
       </c>
-      <c r="J169" s="12"/>
+      <c r="J169" s="12">
+        <v>3</v>
+      </c>
       <c r="K169" s="12"/>
       <c r="L169" s="12"/>
       <c r="M169" s="12"/>
     </row>
     <row r="170" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A170" s="9"/>
       <c r="B170" s="12"/>
       <c r="C170" s="12"/>
       <c r="D170" s="12"/>
       <c r="E170" s="12"/>
       <c r="F170" s="12"/>
       <c r="G170" s="12"/>
       <c r="H170" s="12"/>
       <c r="I170" s="12"/>
       <c r="J170" s="12"/>
       <c r="K170" s="12"/>
       <c r="L170" s="12"/>
       <c r="M170" s="12"/>
       <c r="N170" s="12"/>
     </row>
     <row r="171" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A171" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B171" s="6">
         <v>45658</v>
       </c>
       <c r="C171" s="6">
         <v>45689</v>
       </c>
       <c r="D171" s="6">
         <v>45717</v>
       </c>
       <c r="E171" s="6">
         <v>45748</v>
       </c>
       <c r="F171" s="6">
         <v>45778</v>
       </c>
       <c r="G171" s="6">
         <v>45809</v>
       </c>
       <c r="H171" s="6">
         <v>45839</v>
       </c>
       <c r="I171" s="6">
         <v>45870</v>
       </c>
-      <c r="J171" s="6"/>
+      <c r="J171" s="6">
+        <v>45901</v>
+      </c>
       <c r="K171" s="6"/>
       <c r="L171" s="6"/>
       <c r="M171" s="6"/>
       <c r="N171" s="6"/>
     </row>
     <row r="172" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A172" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B172" s="11">
         <v>18192</v>
       </c>
       <c r="C172" s="11">
         <v>18103</v>
       </c>
       <c r="D172" s="11">
         <v>17997</v>
       </c>
       <c r="E172" s="11">
         <v>18049</v>
       </c>
       <c r="F172" s="11">
         <v>18197</v>
       </c>
       <c r="G172" s="11">
         <v>18271</v>
       </c>
       <c r="H172" s="11">
         <v>18433</v>
       </c>
       <c r="I172" s="11">
-        <v>18370</v>
-[...1 lines deleted...]
-      <c r="J172" s="11"/>
+        <v>18376</v>
+      </c>
+      <c r="J172" s="11">
+        <v>18566</v>
+      </c>
       <c r="K172" s="11"/>
       <c r="L172" s="11"/>
       <c r="M172" s="11"/>
     </row>
     <row r="173" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A173" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B173" s="11">
         <v>17192</v>
       </c>
       <c r="C173" s="11">
         <v>17006</v>
       </c>
       <c r="D173" s="11">
         <v>17048</v>
       </c>
       <c r="E173" s="11">
         <v>17193</v>
       </c>
       <c r="F173" s="11">
         <v>17302</v>
       </c>
       <c r="G173" s="11">
         <v>17441</v>
       </c>
       <c r="H173" s="11">
         <v>17477</v>
       </c>
       <c r="I173" s="11">
-        <v>17439</v>
-[...1 lines deleted...]
-      <c r="J173" s="11"/>
+        <v>17442</v>
+      </c>
+      <c r="J173" s="11">
+        <v>17715</v>
+      </c>
       <c r="K173" s="11"/>
       <c r="L173" s="11"/>
       <c r="M173" s="11"/>
     </row>
     <row r="174" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A174" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B174" s="11">
         <v>1000</v>
       </c>
       <c r="C174" s="11">
         <v>1097</v>
       </c>
       <c r="D174" s="11">
         <v>949</v>
       </c>
       <c r="E174" s="11">
         <v>856</v>
       </c>
       <c r="F174" s="11">
         <v>895</v>
       </c>
       <c r="G174" s="11">
         <v>830</v>
       </c>
       <c r="H174" s="11">
         <v>956</v>
       </c>
       <c r="I174" s="11">
-        <v>931</v>
-[...1 lines deleted...]
-      <c r="J174" s="11"/>
+        <v>934</v>
+      </c>
+      <c r="J174" s="11">
+        <v>851</v>
+      </c>
       <c r="K174" s="11"/>
       <c r="L174" s="11"/>
       <c r="M174" s="11"/>
     </row>
     <row r="175" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A175" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B175" s="12">
         <v>5.5</v>
       </c>
       <c r="C175" s="12">
         <v>6.1</v>
       </c>
       <c r="D175" s="12">
         <v>5.3</v>
       </c>
       <c r="E175" s="12">
         <v>4.7</v>
       </c>
       <c r="F175" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="G175" s="12">
         <v>4.5</v>
       </c>
       <c r="H175" s="12">
         <v>5.2</v>
       </c>
       <c r="I175" s="12">
         <v>5.0999999999999996</v>
       </c>
-      <c r="J175" s="12"/>
+      <c r="J175" s="12">
+        <v>4.5999999999999996</v>
+      </c>
       <c r="K175" s="12"/>
       <c r="L175" s="12"/>
       <c r="M175" s="12"/>
     </row>
     <row r="176" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A176" s="9"/>
       <c r="B176" s="12"/>
       <c r="C176" s="12"/>
       <c r="D176" s="12"/>
       <c r="E176" s="12"/>
       <c r="F176" s="12"/>
       <c r="G176" s="12"/>
       <c r="H176" s="12"/>
       <c r="I176" s="12"/>
       <c r="J176" s="12"/>
       <c r="K176" s="12"/>
       <c r="L176" s="12"/>
       <c r="M176" s="12"/>
       <c r="N176" s="12"/>
     </row>
     <row r="177" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A177" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B177" s="6">
         <v>45658</v>
       </c>
       <c r="C177" s="6">
         <v>45689</v>
       </c>
       <c r="D177" s="6">
         <v>45717</v>
       </c>
       <c r="E177" s="6">
         <v>45748</v>
       </c>
       <c r="F177" s="6">
         <v>45778</v>
       </c>
       <c r="G177" s="6">
         <v>45809</v>
       </c>
       <c r="H177" s="6">
         <v>45839</v>
       </c>
       <c r="I177" s="6">
         <v>45870</v>
       </c>
-      <c r="J177" s="6"/>
+      <c r="J177" s="6">
+        <v>45901</v>
+      </c>
       <c r="K177" s="6"/>
       <c r="L177" s="6"/>
       <c r="M177" s="6"/>
       <c r="N177" s="6"/>
     </row>
     <row r="178" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A178" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B178" s="11">
         <v>7289</v>
       </c>
       <c r="C178" s="11">
         <v>7290</v>
       </c>
       <c r="D178" s="11">
         <v>7236</v>
       </c>
       <c r="E178" s="11">
         <v>7225</v>
       </c>
       <c r="F178" s="11">
         <v>7267</v>
       </c>
       <c r="G178" s="11">
         <v>7323</v>
       </c>
       <c r="H178" s="11">
         <v>7359</v>
       </c>
       <c r="I178" s="11">
-        <v>7336</v>
-[...1 lines deleted...]
-      <c r="J178" s="11"/>
+        <v>7334</v>
+      </c>
+      <c r="J178" s="11">
+        <v>7419</v>
+      </c>
       <c r="K178" s="11"/>
       <c r="L178" s="11"/>
       <c r="M178" s="11"/>
     </row>
     <row r="179" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A179" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B179" s="11">
         <v>6955</v>
       </c>
       <c r="C179" s="11">
         <v>6880</v>
       </c>
       <c r="D179" s="11">
         <v>6897</v>
       </c>
       <c r="E179" s="11">
         <v>6955</v>
       </c>
       <c r="F179" s="11">
         <v>7000</v>
       </c>
       <c r="G179" s="11">
         <v>7056</v>
       </c>
       <c r="H179" s="11">
         <v>7070</v>
       </c>
       <c r="I179" s="11">
-        <v>7055</v>
-[...1 lines deleted...]
-      <c r="J179" s="11"/>
+        <v>7056</v>
+      </c>
+      <c r="J179" s="11">
+        <v>7167</v>
+      </c>
       <c r="K179" s="11"/>
       <c r="L179" s="11"/>
       <c r="M179" s="11"/>
     </row>
     <row r="180" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A180" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B180" s="11">
         <v>334</v>
       </c>
       <c r="C180" s="11">
         <v>410</v>
       </c>
       <c r="D180" s="11">
         <v>339</v>
       </c>
       <c r="E180" s="11">
         <v>270</v>
       </c>
       <c r="F180" s="11">
         <v>267</v>
       </c>
       <c r="G180" s="11">
         <v>267</v>
       </c>
       <c r="H180" s="11">
         <v>289</v>
       </c>
       <c r="I180" s="11">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="J180" s="11"/>
+        <v>278</v>
+      </c>
+      <c r="J180" s="11">
+        <v>252</v>
+      </c>
       <c r="K180" s="11"/>
       <c r="L180" s="11"/>
       <c r="M180" s="11"/>
     </row>
     <row r="181" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A181" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B181" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="C181" s="12">
         <v>5.6</v>
       </c>
       <c r="D181" s="12">
         <v>4.7</v>
       </c>
       <c r="E181" s="12">
         <v>3.7</v>
       </c>
       <c r="F181" s="12">
         <v>3.7</v>
       </c>
       <c r="G181" s="12">
         <v>3.6</v>
       </c>
       <c r="H181" s="12">
         <v>3.9</v>
       </c>
       <c r="I181" s="12">
         <v>3.8</v>
       </c>
-      <c r="J181" s="12"/>
+      <c r="J181" s="12">
+        <v>3.4</v>
+      </c>
       <c r="K181" s="12"/>
       <c r="L181" s="12"/>
       <c r="M181" s="12"/>
     </row>
-    <row r="182" spans="1:14" s="8" customFormat="1" ht="12">
+    <row r="182" spans="1:14" s="8" customFormat="1" ht="11.4">
       <c r="A182" s="9"/>
       <c r="B182" s="12"/>
       <c r="C182" s="12"/>
       <c r="D182" s="12"/>
       <c r="E182" s="12"/>
       <c r="F182" s="12"/>
       <c r="G182" s="12"/>
       <c r="H182" s="12"/>
       <c r="I182" s="12"/>
       <c r="J182" s="12"/>
       <c r="K182" s="12"/>
       <c r="L182" s="12"/>
       <c r="M182" s="12"/>
       <c r="N182" s="12"/>
     </row>
     <row r="183" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A183" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B183" s="6">
         <v>45658</v>
       </c>
       <c r="C183" s="6">
         <v>45689</v>
       </c>
       <c r="D183" s="6">
         <v>45717</v>
       </c>
       <c r="E183" s="6">
         <v>45748</v>
       </c>
       <c r="F183" s="6">
         <v>45778</v>
       </c>
       <c r="G183" s="6">
         <v>45809</v>
       </c>
       <c r="H183" s="6">
         <v>45839</v>
       </c>
       <c r="I183" s="6">
         <v>45870</v>
       </c>
-      <c r="J183" s="6"/>
+      <c r="J183" s="6">
+        <v>45901</v>
+      </c>
       <c r="K183" s="6"/>
       <c r="L183" s="6"/>
       <c r="M183" s="6"/>
       <c r="N183" s="6"/>
     </row>
     <row r="184" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A184" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B184" s="11">
         <v>42305</v>
       </c>
       <c r="C184" s="11">
         <v>42236</v>
       </c>
       <c r="D184" s="11">
         <v>41956</v>
       </c>
       <c r="E184" s="11">
         <v>42064</v>
       </c>
       <c r="F184" s="11">
         <v>42407</v>
       </c>
       <c r="G184" s="11">
         <v>42691</v>
       </c>
       <c r="H184" s="11">
         <v>43010</v>
       </c>
       <c r="I184" s="11">
-        <v>42818</v>
-[...1 lines deleted...]
-      <c r="J184" s="11"/>
+        <v>42836</v>
+      </c>
+      <c r="J184" s="11">
+        <v>43041</v>
+      </c>
       <c r="K184" s="11"/>
       <c r="L184" s="11"/>
       <c r="M184" s="11"/>
     </row>
     <row r="185" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A185" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B185" s="11">
         <v>39936</v>
       </c>
       <c r="C185" s="11">
         <v>39506</v>
       </c>
       <c r="D185" s="11">
         <v>39602</v>
       </c>
       <c r="E185" s="11">
         <v>39938</v>
       </c>
       <c r="F185" s="11">
         <v>40192</v>
       </c>
       <c r="G185" s="11">
         <v>40514</v>
       </c>
       <c r="H185" s="11">
         <v>40599</v>
       </c>
       <c r="I185" s="11">
-        <v>40512</v>
-[...1 lines deleted...]
-      <c r="J185" s="11"/>
+        <v>40517</v>
+      </c>
+      <c r="J185" s="11">
+        <v>41151</v>
+      </c>
       <c r="K185" s="11"/>
       <c r="L185" s="11"/>
       <c r="M185" s="11"/>
     </row>
     <row r="186" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A186" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B186" s="11">
         <v>2369</v>
       </c>
       <c r="C186" s="11">
         <v>2730</v>
       </c>
       <c r="D186" s="11">
         <v>2354</v>
       </c>
       <c r="E186" s="11">
         <v>2126</v>
       </c>
       <c r="F186" s="11">
         <v>2215</v>
       </c>
       <c r="G186" s="11">
         <v>2177</v>
       </c>
       <c r="H186" s="11">
         <v>2411</v>
       </c>
       <c r="I186" s="11">
-        <v>2306</v>
-[...1 lines deleted...]
-      <c r="J186" s="11"/>
+        <v>2319</v>
+      </c>
+      <c r="J186" s="11">
+        <v>1890</v>
+      </c>
       <c r="K186" s="11"/>
       <c r="L186" s="11"/>
       <c r="M186" s="11"/>
     </row>
     <row r="187" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A187" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B187" s="12">
         <v>5.6</v>
       </c>
       <c r="C187" s="12">
         <v>6.5</v>
       </c>
       <c r="D187" s="12">
         <v>5.6</v>
       </c>
       <c r="E187" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="F187" s="12">
         <v>5.2</v>
       </c>
       <c r="G187" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="H187" s="12">
         <v>5.6</v>
       </c>
       <c r="I187" s="12">
         <v>5.4</v>
       </c>
-      <c r="J187" s="12"/>
+      <c r="J187" s="12">
+        <v>4.4000000000000004</v>
+      </c>
       <c r="K187" s="12"/>
       <c r="L187" s="12"/>
       <c r="M187" s="12"/>
     </row>
     <row r="188" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A188" s="9"/>
       <c r="B188" s="12"/>
       <c r="C188" s="12"/>
       <c r="D188" s="12"/>
       <c r="E188" s="12"/>
       <c r="F188" s="12"/>
       <c r="G188" s="12"/>
       <c r="H188" s="12"/>
       <c r="I188" s="6"/>
       <c r="J188" s="6"/>
       <c r="K188" s="6"/>
       <c r="L188" s="6"/>
       <c r="M188" s="6"/>
       <c r="N188" s="6"/>
     </row>
     <row r="189" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A189" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B189" s="6">
         <v>45658</v>
       </c>
       <c r="C189" s="6">
         <v>45689</v>
       </c>
       <c r="D189" s="6">
         <v>45717</v>
       </c>
       <c r="E189" s="6">
         <v>45748</v>
       </c>
       <c r="F189" s="6">
         <v>45778</v>
       </c>
       <c r="G189" s="6">
         <v>45809</v>
       </c>
       <c r="H189" s="6">
         <v>45839</v>
       </c>
       <c r="I189" s="6">
         <v>45870</v>
       </c>
-      <c r="J189" s="6"/>
+      <c r="J189" s="6">
+        <v>45901</v>
+      </c>
       <c r="K189" s="6"/>
       <c r="L189" s="6"/>
       <c r="M189" s="6"/>
       <c r="N189" s="6"/>
     </row>
     <row r="190" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A190" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B190" s="11">
         <v>9537</v>
       </c>
       <c r="C190" s="11">
         <v>9488</v>
       </c>
       <c r="D190" s="11">
         <v>9425</v>
       </c>
       <c r="E190" s="11">
         <v>9463</v>
       </c>
       <c r="F190" s="11">
         <v>9488</v>
       </c>
       <c r="G190" s="11">
         <v>9522</v>
       </c>
       <c r="H190" s="11">
         <v>9513</v>
       </c>
       <c r="I190" s="11">
-        <v>9527</v>
-[...1 lines deleted...]
-      <c r="J190" s="11"/>
+        <v>9526</v>
+      </c>
+      <c r="J190" s="11">
+        <v>9576</v>
+      </c>
       <c r="K190" s="11"/>
       <c r="L190" s="11"/>
       <c r="M190" s="11"/>
     </row>
     <row r="191" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A191" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B191" s="11">
         <v>9056</v>
       </c>
       <c r="C191" s="11">
         <v>8954</v>
       </c>
       <c r="D191" s="11">
         <v>9010</v>
       </c>
       <c r="E191" s="11">
         <v>9094</v>
       </c>
       <c r="F191" s="11">
         <v>9147</v>
       </c>
       <c r="G191" s="11">
         <v>9217</v>
       </c>
       <c r="H191" s="11">
         <v>9210</v>
       </c>
       <c r="I191" s="11">
-        <v>9220</v>
-[...1 lines deleted...]
-      <c r="J191" s="11"/>
+        <v>9222</v>
+      </c>
+      <c r="J191" s="11">
+        <v>9337</v>
+      </c>
       <c r="K191" s="11"/>
       <c r="L191" s="11"/>
       <c r="M191" s="11"/>
     </row>
     <row r="192" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A192" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B192" s="11">
         <v>481</v>
       </c>
       <c r="C192" s="11">
         <v>534</v>
       </c>
       <c r="D192" s="11">
         <v>415</v>
       </c>
       <c r="E192" s="11">
         <v>369</v>
       </c>
       <c r="F192" s="11">
         <v>341</v>
       </c>
       <c r="G192" s="11">
         <v>305</v>
       </c>
       <c r="H192" s="11">
         <v>303</v>
       </c>
       <c r="I192" s="11">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="J192" s="11"/>
+        <v>304</v>
+      </c>
+      <c r="J192" s="11">
+        <v>239</v>
+      </c>
       <c r="K192" s="11"/>
       <c r="L192" s="11"/>
       <c r="M192" s="11"/>
     </row>
     <row r="193" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A193" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B193" s="12">
         <v>5</v>
       </c>
       <c r="C193" s="12">
         <v>5.6</v>
       </c>
       <c r="D193" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E193" s="12">
         <v>3.9</v>
       </c>
       <c r="F193" s="12">
         <v>3.6</v>
       </c>
       <c r="G193" s="12">
         <v>3.2</v>
       </c>
       <c r="H193" s="12">
         <v>3.2</v>
       </c>
       <c r="I193" s="12">
         <v>3.2</v>
       </c>
-      <c r="J193" s="12"/>
+      <c r="J193" s="12">
+        <v>2.5</v>
+      </c>
       <c r="K193" s="12"/>
       <c r="L193" s="12"/>
       <c r="M193" s="12"/>
     </row>
     <row r="194" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A194" s="9"/>
       <c r="B194" s="12"/>
       <c r="C194" s="12"/>
       <c r="D194" s="12"/>
       <c r="E194" s="12"/>
       <c r="F194" s="12"/>
       <c r="G194" s="12"/>
       <c r="H194" s="12"/>
       <c r="I194" s="12"/>
       <c r="J194" s="12"/>
       <c r="K194" s="12"/>
       <c r="L194" s="12"/>
       <c r="M194" s="12"/>
       <c r="N194" s="12"/>
     </row>
     <row r="195" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A195" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B195" s="6">
         <v>45658</v>
       </c>
       <c r="C195" s="6">
         <v>45689</v>
       </c>
       <c r="D195" s="6">
         <v>45717</v>
       </c>
       <c r="E195" s="6">
         <v>45748</v>
       </c>
       <c r="F195" s="6">
         <v>45778</v>
       </c>
       <c r="G195" s="6">
         <v>45809</v>
       </c>
       <c r="H195" s="6">
         <v>45839</v>
       </c>
       <c r="I195" s="6">
         <v>45870</v>
       </c>
-      <c r="J195" s="6"/>
+      <c r="J195" s="6">
+        <v>45901</v>
+      </c>
       <c r="K195" s="6"/>
       <c r="L195" s="6"/>
       <c r="M195" s="6"/>
       <c r="N195" s="6"/>
     </row>
     <row r="196" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A196" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B196" s="11">
         <v>99634</v>
       </c>
       <c r="C196" s="11">
         <v>99758</v>
       </c>
       <c r="D196" s="11">
         <v>98744</v>
       </c>
       <c r="E196" s="11">
         <v>98644</v>
       </c>
       <c r="F196" s="11">
         <v>99528</v>
       </c>
       <c r="G196" s="11">
         <v>100254</v>
       </c>
       <c r="H196" s="11">
         <v>100852</v>
       </c>
       <c r="I196" s="11">
-        <v>100488</v>
-[...1 lines deleted...]
-      <c r="J196" s="11"/>
+        <v>100518</v>
+      </c>
+      <c r="J196" s="11">
+        <v>100851</v>
+      </c>
       <c r="K196" s="11"/>
       <c r="L196" s="11"/>
       <c r="M196" s="11"/>
     </row>
     <row r="197" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A197" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B197" s="11">
         <v>93332</v>
       </c>
       <c r="C197" s="11">
         <v>92326</v>
       </c>
       <c r="D197" s="11">
         <v>92551</v>
       </c>
       <c r="E197" s="11">
         <v>93338</v>
       </c>
       <c r="F197" s="11">
         <v>93931</v>
       </c>
       <c r="G197" s="11">
         <v>94684</v>
       </c>
       <c r="H197" s="11">
         <v>94881</v>
       </c>
       <c r="I197" s="11">
-        <v>94677</v>
-[...1 lines deleted...]
-      <c r="J197" s="11"/>
+        <v>94690</v>
+      </c>
+      <c r="J197" s="11">
+        <v>96171</v>
+      </c>
       <c r="K197" s="11"/>
       <c r="L197" s="11"/>
       <c r="M197" s="11"/>
     </row>
     <row r="198" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A198" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B198" s="11">
         <v>6302</v>
       </c>
       <c r="C198" s="11">
         <v>7432</v>
       </c>
       <c r="D198" s="11">
         <v>6193</v>
       </c>
       <c r="E198" s="11">
         <v>5306</v>
       </c>
       <c r="F198" s="11">
         <v>5597</v>
       </c>
       <c r="G198" s="11">
         <v>5570</v>
       </c>
       <c r="H198" s="11">
         <v>5971</v>
       </c>
       <c r="I198" s="11">
-        <v>5811</v>
-[...1 lines deleted...]
-      <c r="J198" s="11"/>
+        <v>5828</v>
+      </c>
+      <c r="J198" s="11">
+        <v>4680</v>
+      </c>
       <c r="K198" s="11"/>
       <c r="L198" s="11"/>
       <c r="M198" s="11"/>
     </row>
     <row r="199" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A199" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B199" s="12">
         <v>6.3</v>
       </c>
       <c r="C199" s="12">
         <v>7.5</v>
       </c>
       <c r="D199" s="12">
         <v>6.3</v>
       </c>
       <c r="E199" s="12">
         <v>5.4</v>
       </c>
       <c r="F199" s="12">
         <v>5.6</v>
       </c>
       <c r="G199" s="12">
         <v>5.6</v>
       </c>
       <c r="H199" s="12">
         <v>5.9</v>
       </c>
       <c r="I199" s="12">
         <v>5.8</v>
       </c>
-      <c r="J199" s="12"/>
+      <c r="J199" s="12">
+        <v>4.5999999999999996</v>
+      </c>
       <c r="K199" s="12"/>
       <c r="L199" s="12"/>
       <c r="M199" s="12"/>
     </row>
     <row r="200" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A200" s="9"/>
       <c r="B200" s="12"/>
       <c r="C200" s="12"/>
       <c r="D200" s="12"/>
       <c r="E200" s="12"/>
       <c r="F200" s="12"/>
       <c r="G200" s="12"/>
       <c r="H200" s="12"/>
       <c r="I200" s="12"/>
       <c r="J200" s="12"/>
       <c r="K200" s="12"/>
       <c r="L200" s="12"/>
       <c r="M200" s="12"/>
       <c r="N200" s="12"/>
     </row>
     <row r="201" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A201" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B201" s="6">
         <v>45658</v>
       </c>
       <c r="C201" s="6">
         <v>45689</v>
       </c>
       <c r="D201" s="6">
         <v>45717</v>
       </c>
       <c r="E201" s="6">
         <v>45748</v>
       </c>
       <c r="F201" s="6">
         <v>45778</v>
       </c>
       <c r="G201" s="6">
         <v>45809</v>
       </c>
       <c r="H201" s="6">
         <v>45839</v>
       </c>
       <c r="I201" s="6">
         <v>45870</v>
       </c>
-      <c r="J201" s="6"/>
+      <c r="J201" s="6">
+        <v>45901</v>
+      </c>
       <c r="K201" s="6"/>
       <c r="L201" s="6"/>
       <c r="M201" s="6"/>
       <c r="N201" s="6"/>
     </row>
     <row r="202" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A202" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B202" s="11">
         <v>5126</v>
       </c>
       <c r="C202" s="11">
         <v>5099</v>
       </c>
       <c r="D202" s="11">
         <v>5088</v>
       </c>
       <c r="E202" s="11">
         <v>5108</v>
       </c>
       <c r="F202" s="11">
         <v>5155</v>
       </c>
       <c r="G202" s="11">
         <v>5182</v>
       </c>
       <c r="H202" s="11">
         <v>5183</v>
       </c>
       <c r="I202" s="11">
         <v>5178</v>
       </c>
-      <c r="J202" s="11"/>
+      <c r="J202" s="11">
+        <v>5213</v>
+      </c>
       <c r="K202" s="11"/>
       <c r="L202" s="11"/>
       <c r="M202" s="11"/>
     </row>
     <row r="203" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A203" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B203" s="11">
         <v>4981</v>
       </c>
       <c r="C203" s="11">
         <v>4925</v>
       </c>
       <c r="D203" s="11">
         <v>4954</v>
       </c>
       <c r="E203" s="11">
         <v>4998</v>
       </c>
       <c r="F203" s="11">
         <v>5023</v>
       </c>
       <c r="G203" s="11">
         <v>5063</v>
       </c>
       <c r="H203" s="11">
         <v>5060</v>
       </c>
       <c r="I203" s="11">
-        <v>5064</v>
-[...1 lines deleted...]
-      <c r="J203" s="11"/>
+        <v>5065</v>
+      </c>
+      <c r="J203" s="11">
+        <v>5135</v>
+      </c>
       <c r="K203" s="11"/>
       <c r="L203" s="11"/>
       <c r="M203" s="11"/>
     </row>
     <row r="204" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A204" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B204" s="11">
         <v>145</v>
       </c>
       <c r="C204" s="11">
         <v>174</v>
       </c>
       <c r="D204" s="11">
         <v>134</v>
       </c>
       <c r="E204" s="11">
         <v>110</v>
       </c>
       <c r="F204" s="11">
         <v>132</v>
       </c>
       <c r="G204" s="11">
         <v>119</v>
       </c>
       <c r="H204" s="11">
         <v>123</v>
       </c>
       <c r="I204" s="11">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="J204" s="11"/>
+        <v>113</v>
+      </c>
+      <c r="J204" s="11">
+        <v>78</v>
+      </c>
       <c r="K204" s="11"/>
       <c r="L204" s="11"/>
       <c r="M204" s="11"/>
     </row>
     <row r="205" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A205" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B205" s="12">
         <v>2.8</v>
       </c>
       <c r="C205" s="12">
         <v>3.4</v>
       </c>
       <c r="D205" s="12">
         <v>2.6</v>
       </c>
       <c r="E205" s="12">
         <v>2.2000000000000002</v>
       </c>
       <c r="F205" s="12">
         <v>2.6</v>
       </c>
       <c r="G205" s="12">
         <v>2.2999999999999998</v>
       </c>
       <c r="H205" s="12">
         <v>2.4</v>
       </c>
       <c r="I205" s="12">
         <v>2.2000000000000002</v>
       </c>
-      <c r="J205" s="12"/>
+      <c r="J205" s="12">
+        <v>1.5</v>
+      </c>
       <c r="K205" s="12"/>
       <c r="L205" s="12"/>
       <c r="M205" s="12"/>
     </row>
     <row r="206" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A206" s="9"/>
       <c r="B206" s="12"/>
       <c r="C206" s="12"/>
       <c r="D206" s="12"/>
       <c r="E206" s="12"/>
       <c r="F206" s="12"/>
       <c r="G206" s="12"/>
       <c r="H206" s="12"/>
       <c r="I206" s="12"/>
       <c r="J206" s="12"/>
       <c r="K206" s="12"/>
       <c r="L206" s="12"/>
       <c r="M206" s="12"/>
       <c r="N206" s="12"/>
     </row>
     <row r="207" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A207" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B207" s="6">
         <v>45658</v>
       </c>
       <c r="C207" s="6">
         <v>45689</v>
       </c>
       <c r="D207" s="6">
         <v>45717</v>
       </c>
       <c r="E207" s="6">
         <v>45748</v>
       </c>
       <c r="F207" s="6">
         <v>45778</v>
       </c>
       <c r="G207" s="6">
         <v>45809</v>
       </c>
       <c r="H207" s="6">
         <v>45839</v>
       </c>
       <c r="I207" s="6">
         <v>45870</v>
       </c>
-      <c r="J207" s="6"/>
+      <c r="J207" s="6">
+        <v>45901</v>
+      </c>
       <c r="K207" s="6"/>
       <c r="L207" s="6"/>
       <c r="M207" s="6"/>
       <c r="N207" s="6"/>
     </row>
     <row r="208" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A208" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B208" s="11">
         <v>6445</v>
       </c>
       <c r="C208" s="11">
         <v>6418</v>
       </c>
       <c r="D208" s="11">
         <v>6368</v>
       </c>
       <c r="E208" s="11">
         <v>6350</v>
       </c>
       <c r="F208" s="11">
         <v>6396</v>
       </c>
       <c r="G208" s="11">
         <v>6405</v>
       </c>
       <c r="H208" s="11">
         <v>6447</v>
       </c>
       <c r="I208" s="11">
-        <v>6428</v>
-[...1 lines deleted...]
-      <c r="J208" s="11"/>
+        <v>6432</v>
+      </c>
+      <c r="J208" s="11">
+        <v>6500</v>
+      </c>
       <c r="K208" s="11"/>
       <c r="L208" s="11"/>
       <c r="M208" s="11"/>
     </row>
     <row r="209" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A209" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B209" s="11">
         <v>6098</v>
       </c>
       <c r="C209" s="11">
         <v>6032</v>
       </c>
       <c r="D209" s="11">
         <v>6047</v>
       </c>
       <c r="E209" s="11">
         <v>6098</v>
       </c>
       <c r="F209" s="11">
         <v>6137</v>
       </c>
       <c r="G209" s="11">
         <v>6186</v>
       </c>
       <c r="H209" s="11">
         <v>6199</v>
       </c>
       <c r="I209" s="11">
-        <v>6186</v>
-[...1 lines deleted...]
-      <c r="J209" s="11"/>
+        <v>6187</v>
+      </c>
+      <c r="J209" s="11">
+        <v>6283</v>
+      </c>
       <c r="K209" s="11"/>
       <c r="L209" s="11"/>
       <c r="M209" s="11"/>
     </row>
     <row r="210" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A210" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B210" s="11">
         <v>347</v>
       </c>
       <c r="C210" s="11">
         <v>386</v>
       </c>
       <c r="D210" s="11">
         <v>321</v>
       </c>
       <c r="E210" s="11">
         <v>252</v>
       </c>
       <c r="F210" s="11">
         <v>259</v>
       </c>
       <c r="G210" s="11">
         <v>219</v>
       </c>
       <c r="H210" s="11">
         <v>248</v>
       </c>
       <c r="I210" s="11">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="J210" s="11"/>
+        <v>245</v>
+      </c>
+      <c r="J210" s="11">
+        <v>217</v>
+      </c>
       <c r="K210" s="11"/>
       <c r="L210" s="11"/>
       <c r="M210" s="11"/>
     </row>
-    <row r="211" spans="1:14" s="8" customFormat="1" ht="12">
+    <row r="211" spans="1:14" s="8" customFormat="1" ht="11.4">
       <c r="A211" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B211" s="12">
         <v>5.4</v>
       </c>
       <c r="C211" s="12">
         <v>6</v>
       </c>
       <c r="D211" s="12">
         <v>5</v>
       </c>
       <c r="E211" s="12">
         <v>4</v>
       </c>
       <c r="F211" s="12">
         <v>4</v>
       </c>
       <c r="G211" s="12">
         <v>3.4</v>
       </c>
       <c r="H211" s="12">
         <v>3.8</v>
       </c>
       <c r="I211" s="12">
         <v>3.8</v>
       </c>
-      <c r="J211" s="12"/>
+      <c r="J211" s="12">
+        <v>3.3</v>
+      </c>
       <c r="K211" s="12"/>
       <c r="L211" s="12"/>
       <c r="M211" s="12"/>
     </row>
-    <row r="212" spans="1:14" s="8" customFormat="1" ht="12">
+    <row r="212" spans="1:14" s="8" customFormat="1" ht="11.4">
       <c r="A212" s="9"/>
       <c r="B212" s="12"/>
       <c r="C212" s="12"/>
       <c r="D212" s="12"/>
       <c r="E212" s="12"/>
       <c r="F212" s="12"/>
       <c r="G212" s="12"/>
       <c r="H212" s="12"/>
       <c r="I212" s="12"/>
       <c r="J212" s="12"/>
       <c r="K212" s="12"/>
       <c r="L212" s="12"/>
       <c r="M212" s="12"/>
       <c r="N212" s="12"/>
     </row>
     <row r="213" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A213" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B213" s="6">
         <v>45658</v>
       </c>
       <c r="C213" s="6">
         <v>45689</v>
       </c>
       <c r="D213" s="6">
         <v>45717</v>
       </c>
       <c r="E213" s="6">
         <v>45748</v>
       </c>
       <c r="F213" s="6">
         <v>45778</v>
       </c>
       <c r="G213" s="6">
         <v>45809</v>
       </c>
       <c r="H213" s="6">
         <v>45839</v>
       </c>
       <c r="I213" s="6">
         <v>45870</v>
       </c>
-      <c r="J213" s="6"/>
+      <c r="J213" s="6">
+        <v>45901</v>
+      </c>
       <c r="K213" s="6"/>
       <c r="L213" s="6"/>
       <c r="M213" s="6"/>
       <c r="N213" s="6"/>
     </row>
     <row r="214" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A214" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B214" s="11">
         <v>11195</v>
       </c>
       <c r="C214" s="11">
         <v>11176</v>
       </c>
       <c r="D214" s="11">
         <v>11056</v>
       </c>
       <c r="E214" s="11">
         <v>11070</v>
       </c>
       <c r="F214" s="11">
         <v>11192</v>
       </c>
       <c r="G214" s="11">
         <v>11281</v>
       </c>
       <c r="H214" s="11">
         <v>11349</v>
       </c>
       <c r="I214" s="11">
-        <v>11303</v>
-[...1 lines deleted...]
-      <c r="J214" s="11"/>
+        <v>11302</v>
+      </c>
+      <c r="J214" s="11">
+        <v>11337</v>
+      </c>
       <c r="K214" s="11"/>
       <c r="L214" s="11"/>
       <c r="M214" s="11"/>
     </row>
     <row r="215" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A215" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B215" s="11">
         <v>10656</v>
       </c>
       <c r="C215" s="11">
         <v>10541</v>
       </c>
       <c r="D215" s="11">
         <v>10566</v>
       </c>
       <c r="E215" s="11">
         <v>10656</v>
       </c>
       <c r="F215" s="11">
         <v>10724</v>
       </c>
       <c r="G215" s="11">
         <v>10810</v>
       </c>
       <c r="H215" s="11">
         <v>10832</v>
       </c>
       <c r="I215" s="11">
-        <v>10809</v>
-[...1 lines deleted...]
-      <c r="J215" s="11"/>
+        <v>10811</v>
+      </c>
+      <c r="J215" s="11">
+        <v>10980</v>
+      </c>
       <c r="K215" s="11"/>
       <c r="L215" s="11"/>
       <c r="M215" s="11"/>
     </row>
     <row r="216" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A216" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B216" s="11">
         <v>539</v>
       </c>
       <c r="C216" s="11">
         <v>635</v>
       </c>
       <c r="D216" s="11">
         <v>490</v>
       </c>
       <c r="E216" s="11">
         <v>414</v>
       </c>
       <c r="F216" s="11">
         <v>468</v>
       </c>
       <c r="G216" s="11">
         <v>471</v>
       </c>
       <c r="H216" s="11">
         <v>517</v>
       </c>
       <c r="I216" s="11">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="J216" s="11"/>
+        <v>491</v>
+      </c>
+      <c r="J216" s="11">
+        <v>357</v>
+      </c>
       <c r="K216" s="11"/>
       <c r="L216" s="11"/>
       <c r="M216" s="11"/>
     </row>
     <row r="217" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A217" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B217" s="12">
         <v>4.8</v>
       </c>
       <c r="C217" s="12">
         <v>5.7</v>
       </c>
       <c r="D217" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E217" s="12">
         <v>3.7</v>
       </c>
       <c r="F217" s="12">
         <v>4.2</v>
       </c>
       <c r="G217" s="12">
         <v>4.2</v>
       </c>
       <c r="H217" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="I217" s="12">
-        <v>4.4000000000000004</v>
-[...1 lines deleted...]
-      <c r="J217" s="12"/>
+        <v>4.3</v>
+      </c>
+      <c r="J217" s="12">
+        <v>3.1</v>
+      </c>
       <c r="K217" s="12"/>
       <c r="L217" s="12"/>
       <c r="M217" s="12"/>
     </row>
-    <row r="218" spans="1:14" s="8" customFormat="1" ht="12">
+    <row r="218" spans="1:14" s="8" customFormat="1" ht="11.4">
       <c r="A218" s="9"/>
       <c r="B218" s="12"/>
       <c r="C218" s="12"/>
       <c r="D218" s="12"/>
       <c r="E218" s="12"/>
       <c r="F218" s="12"/>
       <c r="G218" s="12"/>
       <c r="H218" s="12"/>
       <c r="I218" s="12"/>
       <c r="J218" s="12"/>
       <c r="K218" s="12"/>
       <c r="L218" s="12"/>
       <c r="M218" s="12"/>
       <c r="N218" s="12"/>
     </row>
     <row r="219" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A219" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B219" s="6">
         <v>45658</v>
       </c>
       <c r="C219" s="6">
         <v>45689</v>
       </c>
       <c r="D219" s="6">
         <v>45717</v>
       </c>
       <c r="E219" s="6">
         <v>45748</v>
       </c>
       <c r="F219" s="6">
         <v>45778</v>
       </c>
       <c r="G219" s="6">
         <v>45809</v>
       </c>
       <c r="H219" s="6">
         <v>45839</v>
       </c>
       <c r="I219" s="6">
         <v>45870</v>
       </c>
-      <c r="J219" s="6"/>
+      <c r="J219" s="6">
+        <v>45901</v>
+      </c>
       <c r="K219" s="6"/>
       <c r="L219" s="6"/>
       <c r="M219" s="6"/>
       <c r="N219" s="6"/>
     </row>
     <row r="220" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A220" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B220" s="11">
         <v>15586</v>
       </c>
       <c r="C220" s="11">
         <v>15568</v>
       </c>
       <c r="D220" s="11">
         <v>15374</v>
       </c>
       <c r="E220" s="11">
         <v>15391</v>
       </c>
       <c r="F220" s="11">
         <v>15538</v>
       </c>
       <c r="G220" s="11">
         <v>15728</v>
       </c>
       <c r="H220" s="11">
         <v>15733</v>
       </c>
       <c r="I220" s="11">
-        <v>15695</v>
-[...1 lines deleted...]
-      <c r="J220" s="11"/>
+        <v>15700</v>
+      </c>
+      <c r="J220" s="11">
+        <v>15722</v>
+      </c>
       <c r="K220" s="11"/>
       <c r="L220" s="11"/>
       <c r="M220" s="11"/>
     </row>
     <row r="221" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A221" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B221" s="11">
         <v>14829</v>
       </c>
       <c r="C221" s="11">
         <v>14663</v>
       </c>
       <c r="D221" s="11">
         <v>14747</v>
       </c>
       <c r="E221" s="11">
         <v>14878</v>
       </c>
       <c r="F221" s="11">
         <v>14955</v>
       </c>
       <c r="G221" s="11">
         <v>15072</v>
       </c>
       <c r="H221" s="11">
         <v>15064</v>
       </c>
       <c r="I221" s="11">
-        <v>15076</v>
-[...1 lines deleted...]
-      <c r="J221" s="11"/>
+        <v>15079</v>
+      </c>
+      <c r="J221" s="11">
+        <v>15289</v>
+      </c>
       <c r="K221" s="11"/>
       <c r="L221" s="11"/>
       <c r="M221" s="11"/>
     </row>
     <row r="222" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A222" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B222" s="11">
         <v>757</v>
       </c>
       <c r="C222" s="11">
         <v>905</v>
       </c>
       <c r="D222" s="11">
         <v>627</v>
       </c>
       <c r="E222" s="11">
         <v>513</v>
       </c>
       <c r="F222" s="11">
         <v>583</v>
       </c>
       <c r="G222" s="11">
         <v>656</v>
       </c>
       <c r="H222" s="11">
         <v>669</v>
       </c>
       <c r="I222" s="11">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="J222" s="11"/>
+        <v>621</v>
+      </c>
+      <c r="J222" s="11">
+        <v>433</v>
+      </c>
       <c r="K222" s="11"/>
       <c r="L222" s="11"/>
       <c r="M222" s="11"/>
     </row>
     <row r="223" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A223" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B223" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C223" s="12">
         <v>5.8</v>
       </c>
       <c r="D223" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="E223" s="12">
         <v>3.3</v>
       </c>
       <c r="F223" s="12">
         <v>3.8</v>
       </c>
       <c r="G223" s="12">
         <v>4.2</v>
       </c>
       <c r="H223" s="12">
         <v>4.3</v>
       </c>
       <c r="I223" s="12">
-        <v>3.9</v>
-[...1 lines deleted...]
-      <c r="J223" s="12"/>
+        <v>4</v>
+      </c>
+      <c r="J223" s="12">
+        <v>2.8</v>
+      </c>
       <c r="K223" s="12"/>
       <c r="L223" s="12"/>
       <c r="M223" s="12"/>
     </row>
     <row r="224" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A224" s="9"/>
       <c r="B224" s="12"/>
       <c r="C224" s="12"/>
       <c r="D224" s="12"/>
       <c r="E224" s="12"/>
       <c r="F224" s="12"/>
       <c r="G224" s="12"/>
       <c r="H224" s="12"/>
       <c r="I224" s="12"/>
       <c r="J224" s="12"/>
       <c r="K224" s="12"/>
       <c r="L224" s="12"/>
       <c r="M224" s="12"/>
       <c r="N224" s="12"/>
     </row>
     <row r="225" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A225" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B225" s="6">
         <v>45658</v>
       </c>
       <c r="C225" s="6">
         <v>45689</v>
       </c>
       <c r="D225" s="6">
         <v>45717</v>
       </c>
       <c r="E225" s="6">
         <v>45748</v>
       </c>
       <c r="F225" s="6">
         <v>45778</v>
       </c>
       <c r="G225" s="6">
         <v>45809</v>
       </c>
       <c r="H225" s="6">
         <v>45839</v>
       </c>
       <c r="I225" s="6">
         <v>45870</v>
       </c>
-      <c r="J225" s="6"/>
+      <c r="J225" s="6">
+        <v>45901</v>
+      </c>
       <c r="K225" s="6"/>
       <c r="L225" s="6"/>
       <c r="M225" s="6"/>
       <c r="N225" s="6"/>
     </row>
     <row r="226" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A226" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B226" s="11">
         <v>9299</v>
       </c>
       <c r="C226" s="11">
         <v>9296</v>
       </c>
       <c r="D226" s="11">
         <v>9234</v>
       </c>
       <c r="E226" s="11">
         <v>9232</v>
       </c>
       <c r="F226" s="11">
         <v>9261</v>
       </c>
       <c r="G226" s="11">
         <v>9314</v>
       </c>
       <c r="H226" s="11">
         <v>9353</v>
       </c>
       <c r="I226" s="11">
-        <v>9342</v>
-[...1 lines deleted...]
-      <c r="J226" s="11"/>
+        <v>9338</v>
+      </c>
+      <c r="J226" s="11">
+        <v>9418</v>
+      </c>
       <c r="K226" s="11"/>
       <c r="L226" s="11"/>
       <c r="M226" s="11"/>
     </row>
     <row r="227" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A227" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B227" s="11">
         <v>8847</v>
       </c>
       <c r="C227" s="11">
         <v>8748</v>
       </c>
       <c r="D227" s="11">
         <v>8803</v>
       </c>
       <c r="E227" s="11">
         <v>8885</v>
       </c>
       <c r="F227" s="11">
         <v>8936</v>
       </c>
       <c r="G227" s="11">
         <v>9005</v>
       </c>
       <c r="H227" s="11">
         <v>8998</v>
       </c>
       <c r="I227" s="11">
-        <v>9008</v>
-[...1 lines deleted...]
-      <c r="J227" s="11"/>
+        <v>9009</v>
+      </c>
+      <c r="J227" s="11">
+        <v>9122</v>
+      </c>
       <c r="K227" s="11"/>
       <c r="L227" s="11"/>
       <c r="M227" s="11"/>
     </row>
     <row r="228" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A228" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B228" s="11">
         <v>452</v>
       </c>
       <c r="C228" s="11">
         <v>548</v>
       </c>
       <c r="D228" s="11">
         <v>431</v>
       </c>
       <c r="E228" s="11">
         <v>347</v>
       </c>
       <c r="F228" s="11">
         <v>325</v>
       </c>
       <c r="G228" s="11">
         <v>309</v>
       </c>
       <c r="H228" s="11">
         <v>355</v>
       </c>
       <c r="I228" s="11">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="J228" s="11"/>
+        <v>329</v>
+      </c>
+      <c r="J228" s="11">
+        <v>296</v>
+      </c>
       <c r="K228" s="11"/>
       <c r="L228" s="11"/>
       <c r="M228" s="11"/>
     </row>
     <row r="229" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A229" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B229" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C229" s="12">
         <v>5.9</v>
       </c>
       <c r="D229" s="12">
         <v>4.7</v>
       </c>
       <c r="E229" s="12">
         <v>3.8</v>
       </c>
       <c r="F229" s="12">
         <v>3.5</v>
       </c>
       <c r="G229" s="12">
         <v>3.3</v>
       </c>
       <c r="H229" s="12">
         <v>3.8</v>
       </c>
       <c r="I229" s="12">
-        <v>3.6</v>
-[...1 lines deleted...]
-      <c r="J229" s="12"/>
+        <v>3.5</v>
+      </c>
+      <c r="J229" s="12">
+        <v>3.1</v>
+      </c>
       <c r="K229" s="12"/>
       <c r="L229" s="12"/>
       <c r="M229" s="12"/>
     </row>
     <row r="230" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A230" s="5"/>
       <c r="B230" s="13"/>
       <c r="C230" s="13"/>
       <c r="D230" s="13"/>
       <c r="E230" s="13"/>
       <c r="F230" s="13"/>
       <c r="G230" s="13"/>
       <c r="H230" s="13"/>
       <c r="I230" s="13"/>
       <c r="J230" s="13"/>
       <c r="K230" s="13"/>
       <c r="L230" s="13"/>
       <c r="M230" s="13"/>
       <c r="N230" s="13"/>
     </row>
     <row r="231" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A231" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B231" s="6">
         <v>45658</v>
       </c>
       <c r="C231" s="6">
         <v>45689</v>
       </c>
       <c r="D231" s="6">
         <v>45717</v>
       </c>
       <c r="E231" s="6">
         <v>45748</v>
       </c>
       <c r="F231" s="6">
         <v>45778</v>
       </c>
       <c r="G231" s="6">
         <v>45809</v>
       </c>
       <c r="H231" s="6">
         <v>45839</v>
       </c>
       <c r="I231" s="6">
         <v>45870</v>
       </c>
-      <c r="J231" s="6"/>
+      <c r="J231" s="6">
+        <v>45901</v>
+      </c>
       <c r="K231" s="6"/>
       <c r="L231" s="6"/>
       <c r="M231" s="6"/>
       <c r="N231" s="6"/>
     </row>
     <row r="232" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A232" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B232" s="11">
         <v>6519</v>
       </c>
       <c r="C232" s="11">
         <v>6498</v>
       </c>
       <c r="D232" s="11">
         <v>6427</v>
       </c>
       <c r="E232" s="11">
         <v>6441</v>
       </c>
       <c r="F232" s="11">
         <v>6513</v>
       </c>
       <c r="G232" s="11">
         <v>6550</v>
       </c>
       <c r="H232" s="11">
         <v>6605</v>
       </c>
       <c r="I232" s="11">
-        <v>6571</v>
-[...1 lines deleted...]
-      <c r="J232" s="11"/>
+        <v>6572</v>
+      </c>
+      <c r="J232" s="11">
+        <v>6596</v>
+      </c>
       <c r="K232" s="11"/>
       <c r="L232" s="11"/>
       <c r="M232" s="11"/>
     </row>
     <row r="233" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A233" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B233" s="11">
         <v>6202</v>
       </c>
       <c r="C233" s="11">
         <v>6135</v>
       </c>
       <c r="D233" s="11">
         <v>6150</v>
       </c>
       <c r="E233" s="11">
         <v>6209</v>
       </c>
       <c r="F233" s="11">
         <v>6265</v>
       </c>
       <c r="G233" s="11">
         <v>6312</v>
       </c>
       <c r="H233" s="11">
         <v>6330</v>
       </c>
       <c r="I233" s="11">
-        <v>6312</v>
-[...1 lines deleted...]
-      <c r="J233" s="11"/>
+        <v>6313</v>
+      </c>
+      <c r="J233" s="11">
+        <v>6388</v>
+      </c>
       <c r="K233" s="11"/>
       <c r="L233" s="11"/>
       <c r="M233" s="11"/>
     </row>
     <row r="234" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A234" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B234" s="11">
         <v>317</v>
       </c>
       <c r="C234" s="11">
         <v>363</v>
       </c>
       <c r="D234" s="11">
         <v>277</v>
       </c>
       <c r="E234" s="11">
         <v>232</v>
       </c>
       <c r="F234" s="11">
         <v>248</v>
       </c>
       <c r="G234" s="11">
         <v>238</v>
       </c>
       <c r="H234" s="11">
         <v>275</v>
       </c>
       <c r="I234" s="11">
         <v>259</v>
       </c>
-      <c r="J234" s="11"/>
+      <c r="J234" s="11">
+        <v>208</v>
+      </c>
       <c r="K234" s="11"/>
       <c r="L234" s="11"/>
       <c r="M234" s="11"/>
     </row>
     <row r="235" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A235" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B235" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C235" s="12">
         <v>5.6</v>
       </c>
       <c r="D235" s="12">
         <v>4.3</v>
       </c>
       <c r="E235" s="12">
         <v>3.6</v>
       </c>
       <c r="F235" s="12">
         <v>3.8</v>
       </c>
       <c r="G235" s="12">
         <v>3.6</v>
       </c>
       <c r="H235" s="12">
         <v>4.2</v>
       </c>
       <c r="I235" s="12">
         <v>3.9</v>
       </c>
-      <c r="J235" s="12"/>
+      <c r="J235" s="12">
+        <v>3.2</v>
+      </c>
       <c r="K235" s="12"/>
       <c r="L235" s="12"/>
       <c r="M235" s="12"/>
     </row>
     <row r="236" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A236" s="9"/>
       <c r="B236" s="12"/>
       <c r="C236" s="12"/>
       <c r="D236" s="12"/>
       <c r="E236" s="12"/>
       <c r="F236" s="12"/>
       <c r="G236" s="12"/>
       <c r="H236" s="12"/>
       <c r="I236" s="12"/>
       <c r="J236" s="12"/>
       <c r="K236" s="12"/>
       <c r="L236" s="12"/>
       <c r="M236" s="12"/>
       <c r="N236" s="12"/>
     </row>
     <row r="237" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A237" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B237" s="6">
         <v>45658</v>
       </c>
       <c r="C237" s="6">
         <v>45689</v>
       </c>
       <c r="D237" s="6">
         <v>45717</v>
       </c>
       <c r="E237" s="6">
         <v>45748</v>
       </c>
       <c r="F237" s="6">
         <v>45778</v>
       </c>
       <c r="G237" s="6">
         <v>45809</v>
       </c>
       <c r="H237" s="6">
         <v>45839</v>
       </c>
       <c r="I237" s="6">
         <v>45870</v>
       </c>
-      <c r="J237" s="6"/>
+      <c r="J237" s="6">
+        <v>45901</v>
+      </c>
       <c r="K237" s="6"/>
       <c r="L237" s="6"/>
       <c r="M237" s="6"/>
       <c r="N237" s="6"/>
     </row>
     <row r="238" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A238" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B238" s="11">
         <v>45877</v>
       </c>
       <c r="C238" s="11">
         <v>45664</v>
       </c>
       <c r="D238" s="11">
         <v>45381</v>
       </c>
       <c r="E238" s="11">
         <v>45539</v>
       </c>
       <c r="F238" s="11">
         <v>45882</v>
       </c>
       <c r="G238" s="11">
         <v>46173</v>
       </c>
       <c r="H238" s="11">
         <v>46421</v>
       </c>
       <c r="I238" s="11">
-        <v>46238</v>
-[...1 lines deleted...]
-      <c r="J238" s="11"/>
+        <v>46270</v>
+      </c>
+      <c r="J238" s="11">
+        <v>46618</v>
+      </c>
       <c r="K238" s="11"/>
       <c r="L238" s="11"/>
       <c r="M238" s="11"/>
     </row>
     <row r="239" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A239" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B239" s="11">
         <v>43687</v>
       </c>
       <c r="C239" s="11">
         <v>43216</v>
       </c>
       <c r="D239" s="11">
         <v>43333</v>
       </c>
       <c r="E239" s="11">
         <v>43700</v>
       </c>
       <c r="F239" s="11">
         <v>43967</v>
       </c>
       <c r="G239" s="11">
         <v>44319</v>
       </c>
       <c r="H239" s="11">
         <v>44401</v>
       </c>
       <c r="I239" s="11">
-        <v>44318</v>
-[...1 lines deleted...]
-      <c r="J239" s="11"/>
+        <v>44324</v>
+      </c>
+      <c r="J239" s="11">
+        <v>45020</v>
+      </c>
       <c r="K239" s="11"/>
       <c r="L239" s="11"/>
       <c r="M239" s="11"/>
     </row>
     <row r="240" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A240" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B240" s="11">
         <v>2190</v>
       </c>
       <c r="C240" s="11">
         <v>2448</v>
       </c>
       <c r="D240" s="11">
         <v>2048</v>
       </c>
       <c r="E240" s="11">
         <v>1839</v>
       </c>
       <c r="F240" s="11">
         <v>1915</v>
       </c>
       <c r="G240" s="11">
         <v>1854</v>
       </c>
       <c r="H240" s="11">
         <v>2020</v>
       </c>
       <c r="I240" s="11">
-        <v>1920</v>
-[...1 lines deleted...]
-      <c r="J240" s="11"/>
+        <v>1946</v>
+      </c>
+      <c r="J240" s="11">
+        <v>1598</v>
+      </c>
       <c r="K240" s="11"/>
       <c r="L240" s="11"/>
       <c r="M240" s="11"/>
     </row>
     <row r="241" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A241" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B241" s="12">
         <v>4.8</v>
       </c>
       <c r="C241" s="12">
         <v>5.4</v>
       </c>
       <c r="D241" s="12">
         <v>4.5</v>
       </c>
       <c r="E241" s="12">
         <v>4</v>
       </c>
       <c r="F241" s="12">
         <v>4.2</v>
       </c>
       <c r="G241" s="12">
         <v>4</v>
       </c>
       <c r="H241" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="I241" s="12">
         <v>4.2</v>
       </c>
-      <c r="J241" s="12"/>
+      <c r="J241" s="12">
+        <v>3.4</v>
+      </c>
       <c r="K241" s="12"/>
       <c r="L241" s="12"/>
       <c r="M241" s="12"/>
     </row>
     <row r="242" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A242" s="9"/>
       <c r="B242" s="12"/>
       <c r="C242" s="12"/>
       <c r="D242" s="12"/>
       <c r="E242" s="12"/>
       <c r="F242" s="12"/>
       <c r="G242" s="12"/>
       <c r="H242" s="12"/>
       <c r="I242" s="12"/>
       <c r="J242" s="12"/>
       <c r="K242" s="12"/>
       <c r="L242" s="12"/>
       <c r="M242" s="12"/>
       <c r="N242" s="12"/>
     </row>
     <row r="243" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A243" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B243" s="6">
         <v>45658</v>
       </c>
       <c r="C243" s="6">
         <v>45689</v>
       </c>
       <c r="D243" s="6">
         <v>45717</v>
       </c>
       <c r="E243" s="6">
         <v>45748</v>
       </c>
       <c r="F243" s="6">
         <v>45778</v>
       </c>
       <c r="G243" s="6">
         <v>45809</v>
       </c>
       <c r="H243" s="6">
         <v>45839</v>
       </c>
       <c r="I243" s="6">
         <v>45870</v>
       </c>
-      <c r="J243" s="6"/>
+      <c r="J243" s="6">
+        <v>45901</v>
+      </c>
       <c r="K243" s="6"/>
       <c r="L243" s="6"/>
       <c r="M243" s="6"/>
       <c r="N243" s="6"/>
     </row>
     <row r="244" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A244" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B244" s="11">
         <v>3694</v>
       </c>
       <c r="C244" s="11">
         <v>3692</v>
       </c>
       <c r="D244" s="11">
         <v>3654</v>
       </c>
       <c r="E244" s="11">
         <v>3651</v>
       </c>
       <c r="F244" s="11">
         <v>3693</v>
       </c>
       <c r="G244" s="11">
         <v>3710</v>
       </c>
       <c r="H244" s="11">
         <v>3736</v>
       </c>
       <c r="I244" s="11">
-        <v>3745</v>
-[...1 lines deleted...]
-      <c r="J244" s="11"/>
+        <v>3747</v>
+      </c>
+      <c r="J244" s="11">
+        <v>3761</v>
+      </c>
       <c r="K244" s="11"/>
       <c r="L244" s="11"/>
       <c r="M244" s="11"/>
     </row>
     <row r="245" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A245" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B245" s="11">
         <v>3545</v>
       </c>
       <c r="C245" s="11">
         <v>3507</v>
       </c>
       <c r="D245" s="11">
         <v>3516</v>
       </c>
       <c r="E245" s="11">
         <v>3546</v>
       </c>
       <c r="F245" s="11">
         <v>3568</v>
       </c>
       <c r="G245" s="11">
         <v>3597</v>
       </c>
       <c r="H245" s="11">
         <v>3603</v>
       </c>
       <c r="I245" s="11">
-        <v>3596</v>
-[...1 lines deleted...]
-      <c r="J245" s="11"/>
+        <v>3597</v>
+      </c>
+      <c r="J245" s="11">
+        <v>3653</v>
+      </c>
       <c r="K245" s="11"/>
       <c r="L245" s="11"/>
       <c r="M245" s="11"/>
     </row>
     <row r="246" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A246" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B246" s="11">
         <v>149</v>
       </c>
       <c r="C246" s="11">
         <v>185</v>
       </c>
       <c r="D246" s="11">
         <v>138</v>
       </c>
       <c r="E246" s="11">
         <v>105</v>
       </c>
       <c r="F246" s="11">
         <v>125</v>
       </c>
       <c r="G246" s="11">
         <v>113</v>
       </c>
       <c r="H246" s="11">
         <v>133</v>
       </c>
       <c r="I246" s="11">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="J246" s="11"/>
+        <v>150</v>
+      </c>
+      <c r="J246" s="11">
+        <v>108</v>
+      </c>
       <c r="K246" s="11"/>
       <c r="L246" s="11"/>
       <c r="M246" s="11"/>
     </row>
     <row r="247" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A247" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B247" s="12">
         <v>4</v>
       </c>
       <c r="C247" s="12">
         <v>5</v>
       </c>
       <c r="D247" s="12">
         <v>3.8</v>
       </c>
       <c r="E247" s="12">
         <v>2.9</v>
       </c>
       <c r="F247" s="12">
         <v>3.4</v>
       </c>
       <c r="G247" s="12">
         <v>3</v>
       </c>
       <c r="H247" s="12">
         <v>3.6</v>
       </c>
       <c r="I247" s="12">
         <v>4</v>
       </c>
-      <c r="J247" s="12"/>
+      <c r="J247" s="12">
+        <v>2.9</v>
+      </c>
       <c r="K247" s="12"/>
       <c r="L247" s="12"/>
       <c r="M247" s="12"/>
     </row>
     <row r="248" spans="1:14" s="4" customFormat="1" ht="16.5" customHeight="1">
       <c r="B248" s="13"/>
       <c r="C248" s="13"/>
       <c r="D248" s="13"/>
       <c r="E248" s="13"/>
       <c r="F248" s="13"/>
       <c r="G248" s="13"/>
       <c r="H248" s="13"/>
       <c r="I248" s="13"/>
       <c r="J248" s="13"/>
       <c r="K248" s="13"/>
       <c r="L248" s="13"/>
       <c r="M248" s="13"/>
       <c r="N248" s="13"/>
     </row>
     <row r="249" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A249" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B249" s="6">
         <v>45658</v>
       </c>
       <c r="C249" s="6">
         <v>45689</v>
       </c>
       <c r="D249" s="6">
         <v>45717</v>
       </c>
       <c r="E249" s="6">
         <v>45748</v>
       </c>
       <c r="F249" s="6">
         <v>45778</v>
       </c>
       <c r="G249" s="6">
         <v>45809</v>
       </c>
       <c r="H249" s="6">
         <v>45839</v>
       </c>
       <c r="I249" s="6">
         <v>45870</v>
       </c>
-      <c r="J249" s="6"/>
+      <c r="J249" s="6">
+        <v>45901</v>
+      </c>
       <c r="K249" s="6"/>
       <c r="L249" s="6"/>
       <c r="M249" s="6"/>
       <c r="N249" s="6"/>
     </row>
     <row r="250" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A250" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B250" s="11">
         <v>18492</v>
       </c>
       <c r="C250" s="11">
         <v>18454</v>
       </c>
       <c r="D250" s="11">
         <v>18280</v>
       </c>
       <c r="E250" s="11">
         <v>18239</v>
       </c>
       <c r="F250" s="11">
         <v>18331</v>
       </c>
       <c r="G250" s="11">
         <v>18397</v>
       </c>
       <c r="H250" s="11">
         <v>18534</v>
       </c>
       <c r="I250" s="11">
-        <v>18476</v>
-[...1 lines deleted...]
-      <c r="J250" s="11"/>
+        <v>18491</v>
+      </c>
+      <c r="J250" s="11">
+        <v>18642</v>
+      </c>
       <c r="K250" s="11"/>
       <c r="L250" s="11"/>
       <c r="M250" s="11"/>
     </row>
     <row r="251" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A251" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B251" s="11">
         <v>17463</v>
       </c>
       <c r="C251" s="11">
         <v>17275</v>
       </c>
       <c r="D251" s="11">
         <v>17321</v>
       </c>
       <c r="E251" s="11">
         <v>17468</v>
       </c>
       <c r="F251" s="11">
         <v>17575</v>
       </c>
       <c r="G251" s="11">
         <v>17716</v>
       </c>
       <c r="H251" s="11">
         <v>17748</v>
       </c>
       <c r="I251" s="11">
-        <v>17715</v>
-[...1 lines deleted...]
-      <c r="J251" s="11"/>
+        <v>17717</v>
+      </c>
+      <c r="J251" s="11">
+        <v>17996</v>
+      </c>
       <c r="K251" s="11"/>
       <c r="L251" s="11"/>
       <c r="M251" s="11"/>
     </row>
     <row r="252" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A252" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B252" s="11">
         <v>1029</v>
       </c>
       <c r="C252" s="11">
         <v>1179</v>
       </c>
       <c r="D252" s="11">
         <v>959</v>
       </c>
       <c r="E252" s="11">
         <v>771</v>
       </c>
       <c r="F252" s="11">
         <v>756</v>
       </c>
       <c r="G252" s="11">
         <v>681</v>
       </c>
       <c r="H252" s="11">
         <v>786</v>
       </c>
       <c r="I252" s="11">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="J252" s="11"/>
+        <v>774</v>
+      </c>
+      <c r="J252" s="11">
+        <v>646</v>
+      </c>
       <c r="K252" s="11"/>
       <c r="L252" s="11"/>
       <c r="M252" s="11"/>
     </row>
     <row r="253" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A253" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B253" s="12">
         <v>5.6</v>
       </c>
       <c r="C253" s="12">
         <v>6.4</v>
       </c>
       <c r="D253" s="12">
         <v>5.2</v>
       </c>
       <c r="E253" s="12">
         <v>4.2</v>
       </c>
       <c r="F253" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="G253" s="12">
         <v>3.7</v>
       </c>
       <c r="H253" s="12">
         <v>4.2</v>
       </c>
       <c r="I253" s="12">
-        <v>4.0999999999999996</v>
-[...1 lines deleted...]
-      <c r="J253" s="12"/>
+        <v>4.2</v>
+      </c>
+      <c r="J253" s="12">
+        <v>3.5</v>
+      </c>
       <c r="K253" s="12"/>
       <c r="L253" s="12"/>
       <c r="M253" s="12"/>
     </row>
-    <row r="254" spans="1:14" s="8" customFormat="1" ht="15.95" customHeight="1">
+    <row r="254" spans="1:14" s="8" customFormat="1" ht="15.9" customHeight="1">
       <c r="A254" s="9"/>
       <c r="B254" s="12"/>
       <c r="C254" s="12"/>
       <c r="D254" s="12"/>
       <c r="E254" s="12"/>
       <c r="F254" s="12"/>
       <c r="G254" s="12"/>
       <c r="H254" s="12"/>
       <c r="I254" s="12"/>
       <c r="J254" s="12"/>
       <c r="K254" s="12"/>
       <c r="L254" s="12"/>
       <c r="M254" s="12"/>
       <c r="N254" s="12"/>
     </row>
     <row r="255" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A255" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B255" s="6">
         <v>45658</v>
       </c>
       <c r="C255" s="6">
         <v>45689</v>
       </c>
       <c r="D255" s="6">
         <v>45717</v>
       </c>
       <c r="E255" s="6">
         <v>45748</v>
       </c>
       <c r="F255" s="6">
         <v>45778</v>
       </c>
       <c r="G255" s="6">
         <v>45809</v>
       </c>
       <c r="H255" s="6">
         <v>45839</v>
       </c>
       <c r="I255" s="6">
         <v>45870</v>
       </c>
-      <c r="J255" s="6"/>
+      <c r="J255" s="6">
+        <v>45901</v>
+      </c>
       <c r="K255" s="6"/>
       <c r="L255" s="6"/>
       <c r="M255" s="6"/>
       <c r="N255" s="6"/>
     </row>
     <row r="256" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A256" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B256" s="11">
         <v>12409</v>
       </c>
       <c r="C256" s="11">
         <v>12362</v>
       </c>
       <c r="D256" s="11">
         <v>12283</v>
       </c>
       <c r="E256" s="11">
         <v>12296</v>
       </c>
       <c r="F256" s="11">
         <v>12369</v>
       </c>
       <c r="G256" s="11">
         <v>12405</v>
       </c>
       <c r="H256" s="11">
         <v>12430</v>
       </c>
       <c r="I256" s="11">
-        <v>12412</v>
-[...1 lines deleted...]
-      <c r="J256" s="11"/>
+        <v>12417</v>
+      </c>
+      <c r="J256" s="11">
+        <v>12561</v>
+      </c>
       <c r="K256" s="11"/>
       <c r="L256" s="11"/>
       <c r="M256" s="11"/>
     </row>
     <row r="257" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A257" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B257" s="11">
         <v>11806</v>
       </c>
       <c r="C257" s="11">
         <v>11674</v>
       </c>
       <c r="D257" s="11">
         <v>11741</v>
       </c>
       <c r="E257" s="11">
         <v>11845</v>
       </c>
       <c r="F257" s="11">
         <v>11906</v>
       </c>
       <c r="G257" s="11">
         <v>12000</v>
       </c>
       <c r="H257" s="11">
         <v>11993</v>
       </c>
       <c r="I257" s="11">
-        <v>12003</v>
-[...1 lines deleted...]
-      <c r="J257" s="11"/>
+        <v>12005</v>
+      </c>
+      <c r="J257" s="11">
+        <v>12172</v>
+      </c>
       <c r="K257" s="11"/>
       <c r="L257" s="11"/>
       <c r="M257" s="11"/>
     </row>
     <row r="258" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A258" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B258" s="11">
         <v>603</v>
       </c>
       <c r="C258" s="11">
         <v>688</v>
       </c>
       <c r="D258" s="11">
         <v>542</v>
       </c>
       <c r="E258" s="11">
         <v>451</v>
       </c>
       <c r="F258" s="11">
         <v>463</v>
       </c>
       <c r="G258" s="11">
         <v>405</v>
       </c>
       <c r="H258" s="11">
         <v>437</v>
       </c>
       <c r="I258" s="11">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="J258" s="11"/>
+        <v>412</v>
+      </c>
+      <c r="J258" s="11">
+        <v>389</v>
+      </c>
       <c r="K258" s="11"/>
       <c r="L258" s="11"/>
       <c r="M258" s="11"/>
     </row>
     <row r="259" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A259" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B259" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C259" s="12">
         <v>5.6</v>
       </c>
       <c r="D259" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E259" s="12">
         <v>3.7</v>
       </c>
       <c r="F259" s="12">
         <v>3.7</v>
       </c>
       <c r="G259" s="12">
         <v>3.3</v>
       </c>
       <c r="H259" s="12">
         <v>3.5</v>
       </c>
       <c r="I259" s="12">
         <v>3.3</v>
       </c>
-      <c r="J259" s="12"/>
+      <c r="J259" s="12">
+        <v>3.1</v>
+      </c>
       <c r="K259" s="12"/>
       <c r="L259" s="12"/>
       <c r="M259" s="12"/>
     </row>
-    <row r="260" spans="1:14" s="8" customFormat="1" ht="15.95" customHeight="1">
+    <row r="260" spans="1:14" s="8" customFormat="1" ht="15.9" customHeight="1">
       <c r="A260" s="9"/>
       <c r="B260" s="12"/>
       <c r="C260" s="12"/>
       <c r="D260" s="12"/>
       <c r="E260" s="12"/>
       <c r="F260" s="12"/>
       <c r="G260" s="12"/>
       <c r="H260" s="12"/>
       <c r="I260" s="12"/>
       <c r="J260" s="12"/>
       <c r="K260" s="12"/>
       <c r="L260" s="12"/>
       <c r="M260" s="12"/>
       <c r="N260" s="12"/>
     </row>
     <row r="261" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A261" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B261" s="6">
         <v>45658</v>
       </c>
       <c r="C261" s="6">
         <v>45689</v>
       </c>
       <c r="D261" s="6">
         <v>45717</v>
       </c>
       <c r="E261" s="6">
         <v>45748</v>
       </c>
       <c r="F261" s="6">
         <v>45778</v>
       </c>
       <c r="G261" s="6">
         <v>45809</v>
       </c>
       <c r="H261" s="6">
         <v>45839</v>
       </c>
       <c r="I261" s="6">
         <v>45870</v>
       </c>
-      <c r="J261" s="6"/>
+      <c r="J261" s="6">
+        <v>45901</v>
+      </c>
       <c r="K261" s="6"/>
       <c r="L261" s="6"/>
       <c r="M261" s="6"/>
       <c r="N261" s="6"/>
     </row>
     <row r="262" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A262" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B262" s="11">
         <v>21169</v>
       </c>
       <c r="C262" s="11">
         <v>21222</v>
       </c>
       <c r="D262" s="11">
         <v>21004</v>
       </c>
       <c r="E262" s="11">
         <v>20969</v>
       </c>
       <c r="F262" s="11">
         <v>21129</v>
       </c>
       <c r="G262" s="11">
         <v>21229</v>
       </c>
       <c r="H262" s="11">
         <v>21336</v>
       </c>
       <c r="I262" s="11">
-        <v>21247</v>
-[...1 lines deleted...]
-      <c r="J262" s="11"/>
+        <v>21241</v>
+      </c>
+      <c r="J262" s="11">
+        <v>21395</v>
+      </c>
       <c r="K262" s="11"/>
       <c r="L262" s="11"/>
       <c r="M262" s="11"/>
     </row>
     <row r="263" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A263" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B263" s="11">
         <v>19739</v>
       </c>
       <c r="C263" s="11">
         <v>19526</v>
       </c>
       <c r="D263" s="11">
         <v>19574</v>
       </c>
       <c r="E263" s="11">
         <v>19740</v>
       </c>
       <c r="F263" s="11">
         <v>19866</v>
       </c>
       <c r="G263" s="11">
         <v>20025</v>
       </c>
       <c r="H263" s="11">
         <v>20067</v>
       </c>
       <c r="I263" s="11">
-        <v>20024</v>
-[...1 lines deleted...]
-      <c r="J263" s="11"/>
+        <v>20026</v>
+      </c>
+      <c r="J263" s="11">
+        <v>20339</v>
+      </c>
       <c r="K263" s="11"/>
       <c r="L263" s="11"/>
       <c r="M263" s="11"/>
     </row>
     <row r="264" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A264" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B264" s="11">
         <v>1430</v>
       </c>
       <c r="C264" s="11">
         <v>1696</v>
       </c>
       <c r="D264" s="11">
         <v>1430</v>
       </c>
       <c r="E264" s="11">
         <v>1229</v>
       </c>
       <c r="F264" s="11">
         <v>1263</v>
       </c>
       <c r="G264" s="11">
         <v>1204</v>
       </c>
       <c r="H264" s="11">
         <v>1269</v>
       </c>
       <c r="I264" s="11">
-        <v>1223</v>
-[...1 lines deleted...]
-      <c r="J264" s="11"/>
+        <v>1215</v>
+      </c>
+      <c r="J264" s="11">
+        <v>1056</v>
+      </c>
       <c r="K264" s="11"/>
       <c r="L264" s="11"/>
       <c r="M264" s="11"/>
     </row>
     <row r="265" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A265" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B265" s="12">
         <v>6.8</v>
       </c>
       <c r="C265" s="12">
         <v>8</v>
       </c>
       <c r="D265" s="12">
         <v>6.8</v>
       </c>
       <c r="E265" s="12">
         <v>5.9</v>
       </c>
       <c r="F265" s="12">
         <v>6</v>
       </c>
       <c r="G265" s="12">
         <v>5.7</v>
       </c>
       <c r="H265" s="12">
         <v>5.9</v>
       </c>
       <c r="I265" s="12">
-        <v>5.8</v>
-[...1 lines deleted...]
-      <c r="J265" s="12"/>
+        <v>5.7</v>
+      </c>
+      <c r="J265" s="12">
+        <v>4.9000000000000004</v>
+      </c>
       <c r="K265" s="12"/>
       <c r="L265" s="12"/>
       <c r="M265" s="12"/>
     </row>
-    <row r="266" spans="1:14" s="8" customFormat="1" ht="15.95" customHeight="1">
+    <row r="266" spans="1:14" s="8" customFormat="1" ht="15.9" customHeight="1">
       <c r="A266" s="9"/>
       <c r="B266" s="12"/>
       <c r="C266" s="12"/>
       <c r="D266" s="12"/>
       <c r="E266" s="12"/>
       <c r="F266" s="12"/>
       <c r="G266" s="12"/>
       <c r="H266" s="12"/>
       <c r="I266" s="12"/>
       <c r="J266" s="12"/>
       <c r="K266" s="12"/>
       <c r="L266" s="12"/>
       <c r="M266" s="12"/>
       <c r="N266" s="12"/>
     </row>
     <row r="267" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A267" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B267" s="6">
         <v>45658</v>
       </c>
       <c r="C267" s="6">
         <v>45689</v>
       </c>
       <c r="D267" s="6">
         <v>45717</v>
       </c>
       <c r="E267" s="6">
         <v>45748</v>
       </c>
       <c r="F267" s="6">
         <v>45778</v>
       </c>
       <c r="G267" s="6">
         <v>45809</v>
       </c>
       <c r="H267" s="6">
         <v>45839</v>
       </c>
       <c r="I267" s="6">
         <v>45870</v>
       </c>
-      <c r="J267" s="6"/>
+      <c r="J267" s="6">
+        <v>45901</v>
+      </c>
       <c r="K267" s="6"/>
       <c r="L267" s="6"/>
       <c r="M267" s="6"/>
       <c r="N267" s="6"/>
     </row>
     <row r="268" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A268" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B268" s="11">
         <v>27055</v>
       </c>
       <c r="C268" s="11">
         <v>26937</v>
       </c>
       <c r="D268" s="11">
         <v>26671</v>
       </c>
       <c r="E268" s="11">
         <v>26764</v>
       </c>
       <c r="F268" s="11">
         <v>27056</v>
       </c>
       <c r="G268" s="11">
         <v>27215</v>
       </c>
       <c r="H268" s="11">
         <v>27365</v>
       </c>
       <c r="I268" s="11">
-        <v>27230</v>
-[...1 lines deleted...]
-      <c r="J268" s="11"/>
+        <v>27229</v>
+      </c>
+      <c r="J268" s="11">
+        <v>27371</v>
+      </c>
       <c r="K268" s="11"/>
       <c r="L268" s="11"/>
       <c r="M268" s="11"/>
     </row>
     <row r="269" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A269" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B269" s="11">
         <v>25817</v>
       </c>
       <c r="C269" s="11">
         <v>25539</v>
       </c>
       <c r="D269" s="11">
         <v>25600</v>
       </c>
       <c r="E269" s="11">
         <v>25847</v>
       </c>
       <c r="F269" s="11">
         <v>26081</v>
       </c>
       <c r="G269" s="11">
         <v>26277</v>
       </c>
       <c r="H269" s="11">
         <v>26351</v>
       </c>
       <c r="I269" s="11">
-        <v>26277</v>
-[...1 lines deleted...]
-      <c r="J269" s="11"/>
+        <v>26282</v>
+      </c>
+      <c r="J269" s="11">
+        <v>26594</v>
+      </c>
       <c r="K269" s="11"/>
       <c r="L269" s="11"/>
       <c r="M269" s="11"/>
     </row>
     <row r="270" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A270" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B270" s="11">
         <v>1238</v>
       </c>
       <c r="C270" s="11">
         <v>1398</v>
       </c>
       <c r="D270" s="11">
         <v>1071</v>
       </c>
       <c r="E270" s="11">
         <v>917</v>
       </c>
       <c r="F270" s="11">
         <v>975</v>
       </c>
       <c r="G270" s="11">
         <v>938</v>
       </c>
       <c r="H270" s="11">
         <v>1014</v>
       </c>
       <c r="I270" s="11">
-        <v>953</v>
-[...1 lines deleted...]
-      <c r="J270" s="11"/>
+        <v>947</v>
+      </c>
+      <c r="J270" s="11">
+        <v>777</v>
+      </c>
       <c r="K270" s="11"/>
       <c r="L270" s="11"/>
       <c r="M270" s="11"/>
     </row>
     <row r="271" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A271" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B271" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="C271" s="12">
         <v>5.2</v>
       </c>
       <c r="D271" s="12">
         <v>4</v>
       </c>
       <c r="E271" s="12">
         <v>3.4</v>
       </c>
       <c r="F271" s="12">
         <v>3.6</v>
       </c>
       <c r="G271" s="12">
         <v>3.4</v>
       </c>
       <c r="H271" s="12">
         <v>3.7</v>
       </c>
       <c r="I271" s="12">
         <v>3.5</v>
       </c>
-      <c r="J271" s="12"/>
+      <c r="J271" s="12">
+        <v>2.8</v>
+      </c>
       <c r="K271" s="12"/>
       <c r="L271" s="12"/>
       <c r="M271" s="12"/>
     </row>
-    <row r="272" spans="1:14" s="8" customFormat="1" ht="15.95" customHeight="1">
+    <row r="272" spans="1:14" s="8" customFormat="1" ht="15.9" customHeight="1">
       <c r="A272" s="9"/>
       <c r="B272" s="12"/>
       <c r="C272" s="12"/>
       <c r="D272" s="12"/>
       <c r="E272" s="12"/>
       <c r="F272" s="12"/>
       <c r="G272" s="12"/>
       <c r="H272" s="12"/>
       <c r="I272" s="12"/>
       <c r="J272" s="12"/>
       <c r="K272" s="12"/>
       <c r="L272" s="12"/>
       <c r="M272" s="12"/>
       <c r="N272" s="12"/>
     </row>
     <row r="273" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A273" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B273" s="6">
         <v>45658</v>
       </c>
       <c r="C273" s="6">
         <v>45689</v>
       </c>
       <c r="D273" s="6">
         <v>45717</v>
       </c>
       <c r="E273" s="6">
         <v>45748</v>
       </c>
       <c r="F273" s="6">
         <v>45778</v>
       </c>
       <c r="G273" s="6">
         <v>45809</v>
       </c>
       <c r="H273" s="6">
         <v>45839</v>
       </c>
       <c r="I273" s="6">
         <v>45870</v>
       </c>
-      <c r="J273" s="6"/>
+      <c r="J273" s="6">
+        <v>45901</v>
+      </c>
       <c r="K273" s="6"/>
       <c r="L273" s="6"/>
       <c r="M273" s="6"/>
       <c r="N273" s="6"/>
     </row>
     <row r="274" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A274" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B274" s="11">
         <v>95948</v>
       </c>
       <c r="C274" s="11">
         <v>95616</v>
       </c>
       <c r="D274" s="11">
         <v>94887</v>
       </c>
       <c r="E274" s="11">
         <v>95005</v>
       </c>
       <c r="F274" s="11">
         <v>95684</v>
       </c>
       <c r="G274" s="11">
         <v>96243</v>
       </c>
       <c r="H274" s="11">
         <v>96805</v>
       </c>
       <c r="I274" s="11">
-        <v>96480</v>
-[...1 lines deleted...]
-      <c r="J274" s="11"/>
+        <v>96534</v>
+      </c>
+      <c r="J274" s="11">
+        <v>97283</v>
+      </c>
       <c r="K274" s="11"/>
       <c r="L274" s="11"/>
       <c r="M274" s="11"/>
     </row>
     <row r="275" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A275" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B275" s="11">
         <v>91245</v>
       </c>
       <c r="C275" s="11">
         <v>90260</v>
       </c>
       <c r="D275" s="11">
         <v>90504</v>
       </c>
       <c r="E275" s="11">
         <v>91271</v>
       </c>
       <c r="F275" s="11">
         <v>91830</v>
       </c>
       <c r="G275" s="11">
         <v>92565</v>
       </c>
       <c r="H275" s="11">
         <v>92736</v>
       </c>
       <c r="I275" s="11">
-        <v>92562</v>
-[...1 lines deleted...]
-      <c r="J275" s="11"/>
+        <v>92574</v>
+      </c>
+      <c r="J275" s="11">
+        <v>94028</v>
+      </c>
       <c r="K275" s="11"/>
       <c r="L275" s="11"/>
       <c r="M275" s="11"/>
     </row>
     <row r="276" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A276" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B276" s="11">
         <v>4703</v>
       </c>
       <c r="C276" s="11">
         <v>5356</v>
       </c>
       <c r="D276" s="11">
         <v>4383</v>
       </c>
       <c r="E276" s="11">
         <v>3734</v>
       </c>
       <c r="F276" s="11">
         <v>3854</v>
       </c>
       <c r="G276" s="11">
         <v>3678</v>
       </c>
       <c r="H276" s="11">
         <v>4069</v>
       </c>
       <c r="I276" s="11">
-        <v>3918</v>
-[...1 lines deleted...]
-      <c r="J276" s="11"/>
+        <v>3960</v>
+      </c>
+      <c r="J276" s="11">
+        <v>3255</v>
+      </c>
       <c r="K276" s="11"/>
       <c r="L276" s="11"/>
       <c r="M276" s="11"/>
     </row>
     <row r="277" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A277" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B277" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C277" s="12">
         <v>5.6</v>
       </c>
       <c r="D277" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="E277" s="12">
         <v>3.9</v>
       </c>
       <c r="F277" s="12">
         <v>4</v>
       </c>
       <c r="G277" s="12">
         <v>3.8</v>
       </c>
       <c r="H277" s="12">
         <v>4.2</v>
       </c>
       <c r="I277" s="12">
         <v>4.0999999999999996</v>
       </c>
-      <c r="J277" s="12"/>
+      <c r="J277" s="12">
+        <v>3.3</v>
+      </c>
       <c r="K277" s="12"/>
       <c r="L277" s="12"/>
       <c r="M277" s="12"/>
     </row>
-    <row r="278" spans="1:14" s="8" customFormat="1" ht="12">
+    <row r="278" spans="1:14" s="8" customFormat="1" ht="11.4">
       <c r="A278" s="9"/>
       <c r="B278" s="12"/>
       <c r="C278" s="12"/>
       <c r="D278" s="12"/>
       <c r="E278" s="12"/>
       <c r="F278" s="12"/>
       <c r="G278" s="12"/>
       <c r="H278" s="12"/>
       <c r="I278" s="12"/>
       <c r="J278" s="12"/>
       <c r="K278" s="12"/>
       <c r="L278" s="12"/>
       <c r="M278" s="12"/>
       <c r="N278" s="12"/>
     </row>
     <row r="279" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A279" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B279" s="6">
         <v>45658</v>
       </c>
       <c r="C279" s="6">
         <v>45689</v>
       </c>
       <c r="D279" s="6">
         <v>45717</v>
       </c>
       <c r="E279" s="6">
         <v>45748</v>
       </c>
       <c r="F279" s="6">
         <v>45778</v>
       </c>
       <c r="G279" s="6">
         <v>45809</v>
       </c>
       <c r="H279" s="6">
         <v>45839</v>
       </c>
       <c r="I279" s="6">
         <v>45870</v>
       </c>
-      <c r="J279" s="6"/>
+      <c r="J279" s="6">
+        <v>45901</v>
+      </c>
       <c r="K279" s="6"/>
       <c r="L279" s="6"/>
       <c r="M279" s="6"/>
       <c r="N279" s="6"/>
     </row>
     <row r="280" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A280" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B280" s="11">
         <v>43422</v>
       </c>
       <c r="C280" s="11">
         <v>43258</v>
       </c>
       <c r="D280" s="11">
         <v>42951</v>
       </c>
       <c r="E280" s="11">
         <v>42942</v>
       </c>
       <c r="F280" s="11">
         <v>43190</v>
       </c>
       <c r="G280" s="11">
         <v>43354</v>
       </c>
       <c r="H280" s="11">
         <v>43394</v>
       </c>
       <c r="I280" s="11">
-        <v>43330</v>
-[...1 lines deleted...]
-      <c r="J280" s="11"/>
+        <v>43332</v>
+      </c>
+      <c r="J280" s="11">
+        <v>43617</v>
+      </c>
       <c r="K280" s="11"/>
       <c r="L280" s="11"/>
       <c r="M280" s="11"/>
     </row>
     <row r="281" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A281" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B281" s="11">
         <v>41078</v>
       </c>
       <c r="C281" s="11">
         <v>40615</v>
       </c>
       <c r="D281" s="11">
         <v>40871</v>
       </c>
       <c r="E281" s="11">
         <v>41252</v>
       </c>
       <c r="F281" s="11">
         <v>41491</v>
       </c>
       <c r="G281" s="11">
         <v>41809</v>
       </c>
       <c r="H281" s="11">
         <v>41779</v>
       </c>
       <c r="I281" s="11">
-        <v>41823</v>
-[...1 lines deleted...]
-      <c r="J281" s="11"/>
+        <v>41830</v>
+      </c>
+      <c r="J281" s="11">
+        <v>42353</v>
+      </c>
       <c r="K281" s="11"/>
       <c r="L281" s="11"/>
       <c r="M281" s="11"/>
     </row>
     <row r="282" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A282" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B282" s="11">
         <v>2344</v>
       </c>
       <c r="C282" s="11">
         <v>2643</v>
       </c>
       <c r="D282" s="11">
         <v>2080</v>
       </c>
       <c r="E282" s="11">
         <v>1690</v>
       </c>
       <c r="F282" s="11">
         <v>1699</v>
       </c>
       <c r="G282" s="11">
         <v>1545</v>
       </c>
       <c r="H282" s="11">
         <v>1615</v>
       </c>
       <c r="I282" s="11">
-        <v>1507</v>
-[...1 lines deleted...]
-      <c r="J282" s="11"/>
+        <v>1502</v>
+      </c>
+      <c r="J282" s="11">
+        <v>1264</v>
+      </c>
       <c r="K282" s="11"/>
       <c r="L282" s="11"/>
       <c r="M282" s="11"/>
     </row>
     <row r="283" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A283" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B283" s="12">
         <v>5.4</v>
       </c>
       <c r="C283" s="12">
         <v>6.1</v>
       </c>
       <c r="D283" s="12">
         <v>4.8</v>
       </c>
       <c r="E283" s="12">
         <v>3.9</v>
       </c>
       <c r="F283" s="12">
         <v>3.9</v>
       </c>
       <c r="G283" s="12">
         <v>3.6</v>
       </c>
       <c r="H283" s="12">
         <v>3.7</v>
       </c>
       <c r="I283" s="12">
         <v>3.5</v>
       </c>
-      <c r="J283" s="12"/>
+      <c r="J283" s="12">
+        <v>2.9</v>
+      </c>
       <c r="K283" s="12"/>
       <c r="L283" s="12"/>
       <c r="M283" s="12"/>
     </row>
     <row r="284" spans="1:14" s="8" customFormat="1" ht="17.100000000000001" customHeight="1">
       <c r="A284" s="9"/>
       <c r="B284" s="12"/>
       <c r="C284" s="12"/>
       <c r="D284" s="12"/>
       <c r="E284" s="12"/>
       <c r="F284" s="12"/>
       <c r="G284" s="12"/>
       <c r="H284" s="12"/>
       <c r="I284" s="12"/>
       <c r="J284" s="12"/>
       <c r="K284" s="12"/>
       <c r="L284" s="12"/>
       <c r="M284" s="12"/>
       <c r="N284" s="12"/>
     </row>
     <row r="285" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A285" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B285" s="6">
         <v>45658</v>
       </c>
       <c r="C285" s="6">
         <v>45689</v>
       </c>
       <c r="D285" s="6">
         <v>45717</v>
       </c>
       <c r="E285" s="6">
         <v>45748</v>
       </c>
       <c r="F285" s="6">
         <v>45778</v>
       </c>
       <c r="G285" s="6">
         <v>45809</v>
       </c>
       <c r="H285" s="6">
         <v>45839</v>
       </c>
       <c r="I285" s="6">
         <v>45870</v>
       </c>
-      <c r="J285" s="6"/>
+      <c r="J285" s="6">
+        <v>45901</v>
+      </c>
       <c r="K285" s="6"/>
       <c r="L285" s="6"/>
       <c r="M285" s="6"/>
       <c r="N285" s="6"/>
     </row>
     <row r="286" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A286" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B286" s="11">
         <v>352039</v>
       </c>
       <c r="C286" s="11">
         <v>351821</v>
       </c>
       <c r="D286" s="11">
         <v>348648</v>
       </c>
       <c r="E286" s="11">
         <v>348706</v>
       </c>
       <c r="F286" s="11">
         <v>351388</v>
       </c>
       <c r="G286" s="11">
         <v>353661</v>
       </c>
       <c r="H286" s="11">
         <v>355972</v>
       </c>
       <c r="I286" s="11">
-        <v>354573</v>
-[...1 lines deleted...]
-      <c r="J286" s="11"/>
+        <v>354699</v>
+      </c>
+      <c r="J286" s="11">
+        <v>356623</v>
+      </c>
       <c r="K286" s="11"/>
       <c r="L286" s="11"/>
       <c r="M286" s="11"/>
     </row>
     <row r="287" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A287" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B287" s="11">
         <v>331895</v>
       </c>
       <c r="C287" s="11">
         <v>328320</v>
       </c>
       <c r="D287" s="11">
         <v>329120</v>
       </c>
       <c r="E287" s="11">
         <v>331916</v>
       </c>
       <c r="F287" s="11">
         <v>334025</v>
       </c>
       <c r="G287" s="11">
         <v>336703</v>
       </c>
       <c r="H287" s="11">
         <v>337403</v>
       </c>
       <c r="I287" s="11">
-        <v>336680</v>
-[...1 lines deleted...]
-      <c r="J287" s="11"/>
+        <v>336724</v>
+      </c>
+      <c r="J287" s="11">
+        <v>341992</v>
+      </c>
       <c r="K287" s="11"/>
       <c r="L287" s="11"/>
       <c r="M287" s="11"/>
     </row>
     <row r="288" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A288" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B288" s="11">
         <v>20144</v>
       </c>
       <c r="C288" s="11">
         <v>23501</v>
       </c>
       <c r="D288" s="11">
         <v>19528</v>
       </c>
       <c r="E288" s="11">
         <v>16790</v>
       </c>
       <c r="F288" s="11">
         <v>17363</v>
       </c>
       <c r="G288" s="11">
         <v>16958</v>
       </c>
       <c r="H288" s="11">
         <v>18569</v>
       </c>
       <c r="I288" s="11">
-        <v>17893</v>
-[...1 lines deleted...]
-      <c r="J288" s="11"/>
+        <v>17975</v>
+      </c>
+      <c r="J288" s="11">
+        <v>14631</v>
+      </c>
       <c r="K288" s="11"/>
       <c r="L288" s="11"/>
       <c r="M288" s="11"/>
     </row>
     <row r="289" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A289" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B289" s="12">
         <v>5.7</v>
       </c>
       <c r="C289" s="12">
         <v>6.7</v>
       </c>
       <c r="D289" s="12">
         <v>5.6</v>
       </c>
       <c r="E289" s="12">
         <v>4.8</v>
       </c>
       <c r="F289" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="G289" s="12">
         <v>4.8</v>
       </c>
       <c r="H289" s="12">
         <v>5.2</v>
       </c>
       <c r="I289" s="12">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="J289" s="12"/>
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J289" s="12">
+        <v>4.0999999999999996</v>
+      </c>
       <c r="K289" s="12"/>
       <c r="L289" s="12"/>
       <c r="M289" s="12"/>
     </row>
     <row r="290" spans="1:14" s="8" customFormat="1" ht="17.100000000000001" customHeight="1">
       <c r="A290" s="9"/>
       <c r="B290" s="12"/>
       <c r="C290" s="12"/>
       <c r="D290" s="12"/>
       <c r="E290" s="12"/>
       <c r="F290" s="12"/>
       <c r="G290" s="12"/>
       <c r="H290" s="12"/>
       <c r="I290" s="12"/>
       <c r="J290" s="12"/>
       <c r="K290" s="12"/>
       <c r="L290" s="12"/>
       <c r="M290" s="12"/>
       <c r="N290" s="12"/>
     </row>
     <row r="291" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A291" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B291" s="6">
         <v>45658</v>
       </c>
       <c r="C291" s="6">
         <v>45689</v>
       </c>
       <c r="D291" s="6">
         <v>45717</v>
       </c>
       <c r="E291" s="6">
         <v>45748</v>
       </c>
       <c r="F291" s="6">
         <v>45778</v>
       </c>
       <c r="G291" s="6">
         <v>45809</v>
       </c>
       <c r="H291" s="6">
         <v>45839</v>
       </c>
       <c r="I291" s="6">
         <v>45870</v>
       </c>
-      <c r="J291" s="6"/>
+      <c r="J291" s="6">
+        <v>45901</v>
+      </c>
       <c r="K291" s="6"/>
       <c r="L291" s="6"/>
       <c r="M291" s="6"/>
       <c r="N291" s="6"/>
     </row>
     <row r="292" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A292" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B292" s="11">
         <v>69749</v>
       </c>
       <c r="C292" s="11">
         <v>69510</v>
       </c>
       <c r="D292" s="11">
         <v>69055</v>
       </c>
       <c r="E292" s="11">
         <v>69117</v>
       </c>
       <c r="F292" s="11">
         <v>69567</v>
       </c>
       <c r="G292" s="11">
         <v>69992</v>
       </c>
       <c r="H292" s="11">
         <v>70052</v>
       </c>
       <c r="I292" s="11">
-        <v>69970</v>
-[...1 lines deleted...]
-      <c r="J292" s="11"/>
+        <v>69978</v>
+      </c>
+      <c r="J292" s="11">
+        <v>70447</v>
+      </c>
       <c r="K292" s="11"/>
       <c r="L292" s="11"/>
       <c r="M292" s="11"/>
     </row>
     <row r="293" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A293" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B293" s="11">
         <v>66485</v>
       </c>
       <c r="C293" s="11">
         <v>65742</v>
       </c>
       <c r="D293" s="11">
         <v>66120</v>
       </c>
       <c r="E293" s="11">
         <v>66708</v>
       </c>
       <c r="F293" s="11">
         <v>67051</v>
       </c>
       <c r="G293" s="11">
         <v>67577</v>
       </c>
       <c r="H293" s="11">
         <v>67538</v>
       </c>
       <c r="I293" s="11">
-        <v>67596</v>
-[...1 lines deleted...]
-      <c r="J293" s="11"/>
+        <v>67606</v>
+      </c>
+      <c r="J293" s="11">
+        <v>68547</v>
+      </c>
       <c r="K293" s="11"/>
       <c r="L293" s="11"/>
       <c r="M293" s="11"/>
     </row>
     <row r="294" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A294" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B294" s="11">
         <v>3264</v>
       </c>
       <c r="C294" s="11">
         <v>3768</v>
       </c>
       <c r="D294" s="11">
         <v>2935</v>
       </c>
       <c r="E294" s="11">
         <v>2409</v>
       </c>
       <c r="F294" s="11">
         <v>2516</v>
       </c>
       <c r="G294" s="11">
         <v>2415</v>
       </c>
       <c r="H294" s="11">
         <v>2514</v>
       </c>
       <c r="I294" s="11">
-        <v>2374</v>
-[...1 lines deleted...]
-      <c r="J294" s="11"/>
+        <v>2372</v>
+      </c>
+      <c r="J294" s="11">
+        <v>1900</v>
+      </c>
       <c r="K294" s="11"/>
       <c r="L294" s="11"/>
       <c r="M294" s="11"/>
     </row>
     <row r="295" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A295" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B295" s="12">
         <v>4.7</v>
       </c>
       <c r="C295" s="12">
         <v>5.4</v>
       </c>
       <c r="D295" s="12">
         <v>4.3</v>
       </c>
       <c r="E295" s="12">
         <v>3.5</v>
       </c>
       <c r="F295" s="12">
         <v>3.6</v>
       </c>
       <c r="G295" s="12">
         <v>3.5</v>
       </c>
       <c r="H295" s="12">
         <v>3.6</v>
       </c>
       <c r="I295" s="12">
         <v>3.4</v>
       </c>
-      <c r="J295" s="12"/>
+      <c r="J295" s="12">
+        <v>2.7</v>
+      </c>
       <c r="K295" s="12"/>
       <c r="L295" s="12"/>
       <c r="M295" s="12"/>
     </row>
     <row r="296" spans="1:14" s="8" customFormat="1" ht="13.5" customHeight="1">
       <c r="A296" s="9"/>
       <c r="B296" s="12"/>
       <c r="C296" s="12"/>
       <c r="D296" s="12"/>
       <c r="E296" s="12"/>
       <c r="F296" s="12"/>
       <c r="G296" s="12"/>
       <c r="H296" s="12"/>
       <c r="I296" s="12"/>
       <c r="J296" s="12"/>
       <c r="K296" s="12"/>
       <c r="L296" s="12"/>
       <c r="M296" s="12"/>
       <c r="N296" s="12"/>
     </row>
-    <row r="297" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="297" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A297" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B297" s="6">
         <v>45658</v>
       </c>
       <c r="C297" s="6">
         <v>45689</v>
       </c>
       <c r="D297" s="6">
         <v>45717</v>
       </c>
       <c r="E297" s="6">
         <v>45748</v>
       </c>
       <c r="F297" s="6">
         <v>45778</v>
       </c>
       <c r="G297" s="6">
         <v>45809</v>
       </c>
       <c r="H297" s="6">
         <v>45839</v>
       </c>
       <c r="I297" s="6">
         <v>45870</v>
       </c>
-      <c r="J297" s="6"/>
+      <c r="J297" s="6">
+        <v>45901</v>
+      </c>
       <c r="K297" s="6"/>
       <c r="L297" s="6"/>
       <c r="M297" s="6"/>
       <c r="N297" s="6"/>
     </row>
-    <row r="298" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="298" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A298" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B298" s="11">
         <v>143751</v>
       </c>
       <c r="C298" s="11">
         <v>143846</v>
       </c>
       <c r="D298" s="11">
         <v>142470</v>
       </c>
       <c r="E298" s="11">
         <v>142383</v>
       </c>
       <c r="F298" s="11">
         <v>143522</v>
       </c>
       <c r="G298" s="11">
         <v>144546</v>
       </c>
       <c r="H298" s="11">
         <v>145406</v>
       </c>
       <c r="I298" s="11">
-        <v>144878</v>
-[...1 lines deleted...]
-      <c r="J298" s="11"/>
+        <v>144942</v>
+      </c>
+      <c r="J298" s="11">
+        <v>145624</v>
+      </c>
       <c r="K298" s="11"/>
       <c r="L298" s="11"/>
       <c r="M298" s="11"/>
       <c r="N298" s="3"/>
     </row>
-    <row r="299" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="299" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A299" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B299" s="11">
         <v>135112</v>
       </c>
       <c r="C299" s="11">
         <v>133656</v>
       </c>
       <c r="D299" s="11">
         <v>133982</v>
       </c>
       <c r="E299" s="11">
         <v>135121</v>
       </c>
       <c r="F299" s="11">
         <v>135979</v>
       </c>
       <c r="G299" s="11">
         <v>137069</v>
       </c>
       <c r="H299" s="11">
         <v>137355</v>
       </c>
       <c r="I299" s="11">
-        <v>137060</v>
-[...1 lines deleted...]
-      <c r="J299" s="11"/>
+        <v>137078</v>
+      </c>
+      <c r="J299" s="11">
+        <v>139222</v>
+      </c>
       <c r="K299" s="11"/>
       <c r="L299" s="11"/>
       <c r="M299" s="11"/>
       <c r="N299" s="3"/>
     </row>
-    <row r="300" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="300" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A300" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B300" s="11">
         <v>8639</v>
       </c>
       <c r="C300" s="11">
         <v>10190</v>
       </c>
       <c r="D300" s="11">
         <v>8488</v>
       </c>
       <c r="E300" s="11">
         <v>7262</v>
       </c>
       <c r="F300" s="11">
         <v>7543</v>
       </c>
       <c r="G300" s="11">
         <v>7477</v>
       </c>
       <c r="H300" s="11">
         <v>8051</v>
       </c>
       <c r="I300" s="11">
-        <v>7818</v>
-[...1 lines deleted...]
-      <c r="J300" s="11"/>
+        <v>7864</v>
+      </c>
+      <c r="J300" s="11">
+        <v>6402</v>
+      </c>
       <c r="K300" s="11"/>
       <c r="L300" s="11"/>
       <c r="M300" s="11"/>
       <c r="N300" s="3"/>
     </row>
-    <row r="301" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="301" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A301" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B301" s="12">
         <v>6</v>
       </c>
       <c r="C301" s="12">
         <v>7.1</v>
       </c>
       <c r="D301" s="12">
         <v>6</v>
       </c>
       <c r="E301" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="F301" s="12">
         <v>5.3</v>
       </c>
       <c r="G301" s="12">
         <v>5.2</v>
       </c>
       <c r="H301" s="12">
         <v>5.5</v>
       </c>
       <c r="I301" s="12">
         <v>5.4</v>
       </c>
-      <c r="J301" s="12"/>
+      <c r="J301" s="12">
+        <v>4.4000000000000004</v>
+      </c>
       <c r="K301" s="12"/>
       <c r="L301" s="12"/>
       <c r="M301" s="12"/>
       <c r="N301" s="8"/>
     </row>
-    <row r="302" spans="1:14" s="4" customFormat="1" ht="12"/>
-    <row r="303" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="302" spans="1:14" s="4" customFormat="1" ht="11.4"/>
+    <row r="303" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A303" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B303" s="6">
         <v>45658</v>
       </c>
       <c r="C303" s="6">
         <v>45689</v>
       </c>
       <c r="D303" s="6">
         <v>45717</v>
       </c>
       <c r="E303" s="6">
         <v>45748</v>
       </c>
       <c r="F303" s="6">
         <v>45778</v>
       </c>
       <c r="G303" s="6">
         <v>45809</v>
       </c>
       <c r="H303" s="6">
         <v>45839</v>
       </c>
       <c r="I303" s="6">
         <v>45870</v>
       </c>
-      <c r="J303" s="6"/>
+      <c r="J303" s="6">
+        <v>45901</v>
+      </c>
       <c r="K303" s="6"/>
       <c r="L303" s="6"/>
       <c r="M303" s="6"/>
       <c r="N303" s="6"/>
     </row>
-    <row r="304" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="304" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A304" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B304" s="11">
         <v>444458</v>
       </c>
       <c r="C304" s="11">
         <v>443296</v>
       </c>
       <c r="D304" s="11">
         <v>439740</v>
       </c>
       <c r="E304" s="11">
         <v>440150</v>
       </c>
       <c r="F304" s="11">
         <v>443360</v>
       </c>
       <c r="G304" s="11">
         <v>445918</v>
       </c>
       <c r="H304" s="11">
         <v>448184</v>
       </c>
       <c r="I304" s="11">
-        <v>446703</v>
-[...1 lines deleted...]
-      <c r="J304" s="11"/>
+        <v>446830</v>
+      </c>
+      <c r="J304" s="11">
+        <v>449718</v>
+      </c>
       <c r="K304" s="11"/>
       <c r="L304" s="11"/>
       <c r="M304" s="11"/>
       <c r="N304" s="3"/>
     </row>
-    <row r="305" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="305" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A305" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B305" s="11">
         <v>421409</v>
       </c>
       <c r="C305" s="11">
         <v>416821</v>
       </c>
       <c r="D305" s="11">
         <v>418233</v>
       </c>
       <c r="E305" s="11">
         <v>421872</v>
       </c>
       <c r="F305" s="11">
         <v>424497</v>
       </c>
       <c r="G305" s="11">
         <v>427862</v>
       </c>
       <c r="H305" s="11">
         <v>428453</v>
       </c>
       <c r="I305" s="11">
-        <v>427876</v>
-[...1 lines deleted...]
-      <c r="J305" s="11"/>
+        <v>427939</v>
+      </c>
+      <c r="J305" s="11">
+        <v>434294</v>
+      </c>
       <c r="K305" s="11"/>
       <c r="L305" s="11"/>
       <c r="M305" s="11"/>
       <c r="N305" s="3"/>
     </row>
-    <row r="306" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="306" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A306" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B306" s="11">
         <v>23049</v>
       </c>
       <c r="C306" s="11">
         <v>26475</v>
       </c>
       <c r="D306" s="11">
         <v>21507</v>
       </c>
       <c r="E306" s="11">
         <v>18278</v>
       </c>
       <c r="F306" s="11">
         <v>18863</v>
       </c>
       <c r="G306" s="11">
         <v>18056</v>
       </c>
       <c r="H306" s="11">
         <v>19731</v>
       </c>
       <c r="I306" s="11">
-        <v>18827</v>
-[...1 lines deleted...]
-      <c r="J306" s="11"/>
+        <v>18891</v>
+      </c>
+      <c r="J306" s="11">
+        <v>15424</v>
+      </c>
       <c r="K306" s="11"/>
       <c r="L306" s="11"/>
       <c r="M306" s="11"/>
       <c r="N306" s="3"/>
     </row>
-    <row r="307" spans="1:14" s="4" customFormat="1" ht="12">
+    <row r="307" spans="1:14" s="4" customFormat="1" ht="11.4">
       <c r="A307" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B307" s="12">
         <v>5.2</v>
       </c>
       <c r="C307" s="12">
         <v>6</v>
       </c>
       <c r="D307" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="E307" s="12">
         <v>4.2</v>
       </c>
       <c r="F307" s="12">
         <v>4.3</v>
       </c>
       <c r="G307" s="12">
         <v>4</v>
       </c>
       <c r="H307" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="I307" s="12">
         <v>4.2</v>
       </c>
-      <c r="J307" s="12"/>
+      <c r="J307" s="12">
+        <v>3.4</v>
+      </c>
       <c r="K307" s="12"/>
       <c r="L307" s="12"/>
       <c r="M307" s="12"/>
       <c r="N307" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0" right="0" top="1.25" bottom="1" header="0.35" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;C&amp;"Futura Bk BT,Regular"&amp;12 RHODE ISLAND
 LOCAL AREA UNEMPLOYMENT STATISTICS 
 Not Seasonally Adjusted 
-2025&amp;R9/2025
+2025&amp;R12/2025
 </oddHeader>
     <oddFooter>&amp;R&amp;"Geometr231 BT,Roman"&amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="8" manualBreakCount="8">
     <brk id="32" max="16383" man="1"/>
     <brk id="68" max="16383" man="1"/>
     <brk id="104" max="16383" man="1"/>
     <brk id="140" max="16383" man="1"/>
     <brk id="176" max="16383" man="1"/>
     <brk id="212" max="16383" man="1"/>
     <brk id="248" max="16383" man="1"/>
     <brk id="278" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>