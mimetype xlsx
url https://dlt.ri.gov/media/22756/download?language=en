--- v1 (2026-01-07)
+++ v2 (2026-03-10)
@@ -6,91 +6,91 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/towns/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="22" documentId="8_{9E07A2B5-E1D5-42BA-BB9B-ADFB3CBCB02C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DAD49AC4-0ED0-411F-AFDA-0C37C11FA86C}"/>
+  <xr:revisionPtr revIDLastSave="145" documentId="8_{9E07A2B5-E1D5-42BA-BB9B-ADFB3CBCB02C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{22EB9ABD-2D97-47B2-819B-191AFB2F2893}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="21840" windowHeight="13020" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="HTML_CodePage" hidden="1">1252</definedName>
     <definedName name="HTML_Control" hidden="1">{"'Sheet1'!$A$1:$N$325"}</definedName>
     <definedName name="HTML_Description" hidden="1">""</definedName>
     <definedName name="HTML_Email" hidden="1">""</definedName>
     <definedName name="HTML_Header" hidden="1">"Sheet1"</definedName>
     <definedName name="HTML_LastUpdate" hidden="1">"3/4/98"</definedName>
     <definedName name="HTML_LineAfter" hidden="1">FALSE</definedName>
     <definedName name="HTML_LineBefore" hidden="1">FALSE</definedName>
     <definedName name="HTML_Name" hidden="1">"Maria"</definedName>
     <definedName name="HTML_OBDlg2" hidden="1">TRUE</definedName>
     <definedName name="HTML_OBDlg4" hidden="1">TRUE</definedName>
     <definedName name="HTML_OS" hidden="1">0</definedName>
     <definedName name="HTML_PathFile" hidden="1">"C:\Program Files\SoftQuad\HoTMetaL PRO\Document\benchmark98\laus97.htm"</definedName>
     <definedName name="HTML_Title" hidden="1">"BMK97EST"</definedName>
     <definedName name="PAGE1">'2025'!$A$4:$A$37</definedName>
     <definedName name="PAGE10">'2025'!$A$279:$A$296</definedName>
     <definedName name="PAGE11">'2025'!#REF!</definedName>
     <definedName name="PAGE2">'2025'!$A$39:$A$67</definedName>
     <definedName name="PAGE3">'2025'!$A$69:$A$97</definedName>
     <definedName name="PAGE4">'2025'!$A$99:$A$127</definedName>
     <definedName name="PAGE5">'2025'!$A$129:$A$157</definedName>
     <definedName name="PAGE6">'2025'!$A$159:$A$187</definedName>
     <definedName name="PAGE7">'2025'!$A$189:$A$217</definedName>
     <definedName name="PAGE8">'2025'!$A$219:$A$247</definedName>
     <definedName name="PAGE9">'2025'!$A$248:$A$277</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2025'!$A$5:$N$308</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2025'!$A$5:$N$309</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="59">
   <si>
     <t>RHODE ISLAND</t>
   </si>
   <si>
     <t>LABOR FORCE</t>
   </si>
   <si>
     <t>EMPLOYMENT</t>
   </si>
   <si>
     <t>UNEMPLOYMENT</t>
   </si>
   <si>
     <t>UNEMPLOYMENT RATE</t>
   </si>
   <si>
     <t>SEASONALLY ADJUSTED RATE</t>
   </si>
   <si>
     <t>WOONSOCKET</t>
   </si>
   <si>
     <t xml:space="preserve">BARRINGTON </t>
   </si>
   <si>
@@ -218,136 +218,162 @@
   </si>
   <si>
     <t>WARREN</t>
   </si>
   <si>
     <t>WEST WARWICK</t>
   </si>
   <si>
     <t>WESTERLY</t>
   </si>
   <si>
     <t>PROVIDENCE-CRANSTON WIA</t>
   </si>
   <si>
     <t>GREATER RHODE ISLAND WIA</t>
   </si>
   <si>
     <t>PROVIDENCE-WARWICK, RI-MA MSA</t>
   </si>
   <si>
     <t>PROVIDENCE-WARWICK, RI-MA MSA, RI PORTION</t>
   </si>
   <si>
     <t>PROVIDENCE-WARWICK, RI-MA MSA, MA PORTION</t>
   </si>
+  <si>
+    <t>x=Due to the Federal Government shutdown, there were no estimates produced for October 2025.</t>
+  </si>
+  <si>
+    <t>Oct-25*</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Futura Bk BT"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Futura Bk BT"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF8F8F8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="17" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="17" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -669,9743 +695,10875 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N307"/>
+  <dimension ref="A1:N309"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="27.33203125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13" max="14" width="8.33203125" customWidth="1"/>
+    <col min="1" max="1" width="27.28515625" customWidth="1"/>
+    <col min="2" max="11" width="8.28515625" customWidth="1"/>
+    <col min="12" max="12" width="7.5703125" customWidth="1"/>
+    <col min="13" max="14" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15.6">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:14" ht="15.75">
+      <c r="A1" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="B1" s="14"/>
-[...14 lines deleted...]
-      <c r="A2" s="14" t="s">
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+      <c r="J1" s="20"/>
+      <c r="K1" s="20"/>
+      <c r="L1" s="20"/>
+      <c r="M1" s="20"/>
+      <c r="N1" s="20"/>
+    </row>
+    <row r="2" spans="1:14" ht="15.75">
+      <c r="A2" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="B2" s="14"/>
-[...14 lines deleted...]
-      <c r="A3" s="14">
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+      <c r="I2" s="20"/>
+      <c r="J2" s="20"/>
+      <c r="K2" s="20"/>
+      <c r="L2" s="20"/>
+      <c r="M2" s="20"/>
+      <c r="N2" s="20"/>
+    </row>
+    <row r="3" spans="1:14" ht="15.75">
+      <c r="A3" s="20">
         <v>2025</v>
       </c>
-      <c r="B3" s="14"/>
-[...11 lines deleted...]
-      <c r="N3" s="14"/>
+      <c r="B3" s="20"/>
+      <c r="C3" s="20"/>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="20"/>
+      <c r="H3" s="20"/>
+      <c r="I3" s="20"/>
+      <c r="J3" s="20"/>
+      <c r="K3" s="20"/>
+      <c r="L3" s="20"/>
+      <c r="M3" s="20"/>
+      <c r="N3" s="20"/>
     </row>
     <row r="4" spans="1:14" ht="12" customHeight="1">
       <c r="A4" s="2"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
     </row>
     <row r="5" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="6">
         <v>45658</v>
       </c>
       <c r="C5" s="6">
         <v>45689</v>
       </c>
       <c r="D5" s="6">
         <v>45717</v>
       </c>
       <c r="E5" s="6">
         <v>45748</v>
       </c>
       <c r="F5" s="6">
         <v>45778</v>
       </c>
       <c r="G5" s="6">
         <v>45809</v>
       </c>
       <c r="H5" s="6">
         <v>45839</v>
       </c>
       <c r="I5" s="6">
         <v>45870</v>
       </c>
       <c r="J5" s="6">
         <v>45901</v>
       </c>
-      <c r="K5" s="6"/>
-[...1 lines deleted...]
-      <c r="M5" s="6"/>
+      <c r="K5" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L5" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M5" s="6">
+        <v>45992</v>
+      </c>
       <c r="N5" s="6"/>
     </row>
     <row r="6" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A6" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="3">
         <v>588212</v>
       </c>
       <c r="C6" s="3">
         <v>587142</v>
       </c>
       <c r="D6" s="3">
         <v>582213</v>
       </c>
       <c r="E6" s="3">
         <v>582534</v>
       </c>
       <c r="F6" s="3">
         <v>586885</v>
       </c>
       <c r="G6" s="3">
         <v>590465</v>
       </c>
       <c r="H6" s="3">
         <v>593588</v>
       </c>
       <c r="I6" s="3">
         <v>591772</v>
       </c>
       <c r="J6" s="3">
         <v>595341</v>
       </c>
-      <c r="K6" s="3"/>
-[...1 lines deleted...]
-      <c r="M6" s="3"/>
+      <c r="K6" s="15"/>
+      <c r="L6" s="3">
+        <v>590692</v>
+      </c>
+      <c r="M6" s="3">
+        <v>583833</v>
+      </c>
       <c r="N6" s="3"/>
     </row>
     <row r="7" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="3">
         <v>556519</v>
       </c>
       <c r="C7" s="3">
         <v>550476</v>
       </c>
       <c r="D7" s="3">
         <v>552216</v>
       </c>
       <c r="E7" s="3">
         <v>556994</v>
       </c>
       <c r="F7" s="3">
         <v>560478</v>
       </c>
       <c r="G7" s="3">
         <v>564931</v>
       </c>
       <c r="H7" s="3">
         <v>565807</v>
       </c>
       <c r="I7" s="3">
         <v>565016</v>
       </c>
       <c r="J7" s="3">
         <v>573514</v>
       </c>
-      <c r="K7" s="3"/>
-[...1 lines deleted...]
-      <c r="M7" s="3"/>
+      <c r="K7" s="15"/>
+      <c r="L7" s="3">
+        <v>565228</v>
+      </c>
+      <c r="M7" s="3">
+        <v>558363</v>
+      </c>
       <c r="N7" s="3"/>
     </row>
     <row r="8" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="3">
         <v>31693</v>
       </c>
       <c r="C8" s="3">
         <v>36666</v>
       </c>
       <c r="D8" s="3">
         <v>29997</v>
       </c>
       <c r="E8" s="3">
         <v>25540</v>
       </c>
       <c r="F8" s="3">
         <v>26407</v>
       </c>
       <c r="G8" s="3">
         <v>25534</v>
       </c>
       <c r="H8" s="3">
         <v>27781</v>
       </c>
       <c r="I8" s="3">
         <v>26756</v>
       </c>
       <c r="J8" s="3">
         <v>21827</v>
       </c>
-      <c r="K8" s="3"/>
-[...1 lines deleted...]
-      <c r="M8" s="3"/>
+      <c r="K8" s="15"/>
+      <c r="L8" s="3">
+        <v>25464</v>
+      </c>
+      <c r="M8" s="3">
+        <v>25470</v>
+      </c>
       <c r="N8" s="3"/>
     </row>
     <row r="9" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="8">
         <v>5.4</v>
       </c>
       <c r="C9" s="8">
         <v>6.2</v>
       </c>
       <c r="D9" s="8">
         <v>5.2</v>
       </c>
       <c r="E9" s="8">
         <v>4.4000000000000004</v>
       </c>
       <c r="F9" s="8">
         <v>4.5</v>
       </c>
       <c r="G9" s="8">
         <v>4.3</v>
       </c>
       <c r="H9" s="8">
         <v>4.7</v>
       </c>
       <c r="I9" s="8">
         <v>4.5</v>
       </c>
       <c r="J9" s="8">
         <v>3.7</v>
       </c>
-      <c r="K9" s="8"/>
-[...1 lines deleted...]
-      <c r="M9" s="8"/>
+      <c r="K9" s="16"/>
+      <c r="L9" s="8">
+        <v>4.3</v>
+      </c>
+      <c r="M9" s="8">
+        <v>4.4000000000000004</v>
+      </c>
       <c r="N9" s="8"/>
     </row>
     <row r="10" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A10" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="8">
         <v>4.5999999999999996</v>
       </c>
       <c r="C10" s="8">
         <v>4.7</v>
       </c>
       <c r="D10" s="8">
         <v>4.8</v>
       </c>
       <c r="E10" s="8">
         <v>4.9000000000000004</v>
       </c>
       <c r="F10" s="8">
         <v>4.9000000000000004</v>
       </c>
       <c r="G10" s="8">
         <v>4.8</v>
       </c>
       <c r="H10" s="8">
         <v>4.8</v>
       </c>
       <c r="I10" s="8">
         <v>4.5999999999999996</v>
       </c>
       <c r="J10" s="8">
         <v>4.5</v>
       </c>
+      <c r="K10" s="16"/>
+      <c r="L10" s="8">
+        <v>4.3</v>
+      </c>
+      <c r="M10" s="8">
+        <v>4.3</v>
+      </c>
       <c r="N10" s="10"/>
     </row>
     <row r="11" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A11" s="9"/>
+      <c r="K11" s="17"/>
     </row>
     <row r="12" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>54</v>
       </c>
+      <c r="K12" s="18"/>
     </row>
     <row r="13" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="B13" s="6">
         <v>45658</v>
       </c>
       <c r="C13" s="6">
         <v>45689</v>
       </c>
       <c r="D13" s="6">
         <v>45717</v>
       </c>
       <c r="E13" s="6">
         <v>45748</v>
       </c>
       <c r="F13" s="6">
         <v>45778</v>
       </c>
       <c r="G13" s="6">
         <v>45809</v>
       </c>
       <c r="H13" s="6">
         <v>45839</v>
       </c>
       <c r="I13" s="6">
         <v>45870</v>
       </c>
       <c r="J13" s="6">
         <v>45901</v>
       </c>
-      <c r="K13" s="6"/>
-[...1 lines deleted...]
-      <c r="M13" s="6"/>
+      <c r="K13" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L13" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M13" s="6">
+        <v>45992</v>
+      </c>
       <c r="N13" s="6"/>
     </row>
     <row r="14" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="3">
         <v>902835</v>
       </c>
       <c r="C14" s="3">
         <v>902431</v>
       </c>
       <c r="D14" s="3">
         <v>898122</v>
       </c>
       <c r="E14" s="3">
         <v>898441</v>
       </c>
       <c r="F14" s="3">
         <v>904735</v>
       </c>
       <c r="G14" s="3">
         <v>907951</v>
       </c>
       <c r="H14" s="3">
         <v>911877</v>
       </c>
       <c r="I14" s="3">
         <v>910419</v>
       </c>
       <c r="J14" s="3">
         <v>909810</v>
       </c>
+      <c r="K14" s="15"/>
+      <c r="L14" s="3">
+        <v>904593</v>
+      </c>
+      <c r="M14" s="3">
+        <v>895837</v>
+      </c>
     </row>
     <row r="15" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="3">
         <v>852631</v>
       </c>
       <c r="C15" s="3">
         <v>846137</v>
       </c>
       <c r="D15" s="3">
         <v>849221</v>
       </c>
       <c r="E15" s="3">
         <v>855958</v>
       </c>
       <c r="F15" s="3">
         <v>860239</v>
       </c>
       <c r="G15" s="3">
         <v>865896</v>
       </c>
       <c r="H15" s="3">
         <v>866938</v>
       </c>
       <c r="I15" s="3">
         <v>866764</v>
       </c>
       <c r="J15" s="3">
         <v>872976</v>
       </c>
+      <c r="K15" s="15"/>
+      <c r="L15" s="3">
+        <v>863060</v>
+      </c>
+      <c r="M15" s="3">
+        <v>853932</v>
+      </c>
     </row>
     <row r="16" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="3">
         <v>50204</v>
       </c>
       <c r="C16" s="3">
         <v>56294</v>
       </c>
       <c r="D16" s="3">
         <v>48901</v>
       </c>
       <c r="E16" s="3">
         <v>42483</v>
       </c>
       <c r="F16" s="3">
         <v>44496</v>
       </c>
       <c r="G16" s="3">
         <v>42055</v>
       </c>
       <c r="H16" s="3">
         <v>44939</v>
       </c>
       <c r="I16" s="3">
         <v>43655</v>
       </c>
       <c r="J16" s="3">
         <v>36834</v>
       </c>
+      <c r="K16" s="15"/>
+      <c r="L16" s="3">
+        <v>41533</v>
+      </c>
+      <c r="M16" s="3">
+        <v>41905</v>
+      </c>
     </row>
     <row r="17" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A17" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="8">
         <v>5.6</v>
       </c>
       <c r="C17" s="8">
         <v>6.2</v>
       </c>
       <c r="D17" s="8">
         <v>5.4</v>
       </c>
       <c r="E17" s="8">
         <v>4.7</v>
       </c>
       <c r="F17" s="8">
         <v>4.9000000000000004</v>
       </c>
       <c r="G17" s="8">
         <v>4.5999999999999996</v>
       </c>
       <c r="H17" s="8">
         <v>4.9000000000000004</v>
       </c>
       <c r="I17" s="8">
         <v>4.8</v>
       </c>
       <c r="J17" s="8">
         <v>4</v>
       </c>
+      <c r="K17" s="16"/>
+      <c r="L17" s="8">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="M17" s="8">
+        <v>4.7</v>
+      </c>
     </row>
     <row r="18" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A18" s="9"/>
+      <c r="K18" s="17"/>
     </row>
     <row r="19" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>55</v>
       </c>
+      <c r="K19" s="18"/>
     </row>
     <row r="20" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="B20" s="6">
         <v>45658</v>
       </c>
       <c r="C20" s="6">
         <v>45689</v>
       </c>
       <c r="D20" s="6">
         <v>45717</v>
       </c>
       <c r="E20" s="6">
         <v>45748</v>
       </c>
       <c r="F20" s="6">
         <v>45778</v>
       </c>
       <c r="G20" s="6">
         <v>45809</v>
       </c>
       <c r="H20" s="6">
         <v>45839</v>
       </c>
       <c r="I20" s="6">
         <v>45870</v>
       </c>
       <c r="J20" s="6">
         <v>45901</v>
       </c>
-      <c r="K20" s="6"/>
-[...1 lines deleted...]
-      <c r="M20" s="6"/>
+      <c r="K20" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L20" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M20" s="6">
+        <v>45992</v>
+      </c>
       <c r="N20" s="6"/>
     </row>
     <row r="21" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B21" s="11">
         <v>588213</v>
       </c>
       <c r="C21" s="11">
         <v>587142</v>
       </c>
       <c r="D21" s="11">
         <v>582212</v>
       </c>
       <c r="E21" s="11">
         <v>582534</v>
       </c>
       <c r="F21" s="11">
         <v>586885</v>
       </c>
       <c r="G21" s="11">
         <v>590465</v>
       </c>
       <c r="H21" s="11">
         <v>593588</v>
       </c>
       <c r="I21" s="11">
         <v>591772</v>
       </c>
       <c r="J21" s="11">
         <v>595341</v>
       </c>
-      <c r="K21" s="11"/>
-[...1 lines deleted...]
-      <c r="M21" s="11"/>
+      <c r="K21" s="15"/>
+      <c r="L21" s="11">
+        <v>590693</v>
+      </c>
+      <c r="M21" s="11">
+        <v>583834</v>
+      </c>
     </row>
     <row r="22" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="11">
         <v>556520</v>
       </c>
       <c r="C22" s="11">
         <v>550476</v>
       </c>
       <c r="D22" s="11">
         <v>552215</v>
       </c>
       <c r="E22" s="11">
         <v>556994</v>
       </c>
       <c r="F22" s="11">
         <v>560478</v>
       </c>
       <c r="G22" s="11">
         <v>564931</v>
       </c>
       <c r="H22" s="11">
         <v>565807</v>
       </c>
       <c r="I22" s="11">
         <v>565016</v>
       </c>
       <c r="J22" s="11">
         <v>573514</v>
       </c>
-      <c r="K22" s="11"/>
-[...1 lines deleted...]
-      <c r="M22" s="11"/>
+      <c r="K22" s="15"/>
+      <c r="L22" s="11">
+        <v>565228</v>
+      </c>
+      <c r="M22" s="11">
+        <v>558363</v>
+      </c>
     </row>
     <row r="23" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B23" s="11">
         <v>31693</v>
       </c>
       <c r="C23" s="11">
         <v>36666</v>
       </c>
       <c r="D23" s="11">
         <v>29997</v>
       </c>
       <c r="E23" s="11">
         <v>25540</v>
       </c>
       <c r="F23" s="11">
         <v>26407</v>
       </c>
       <c r="G23" s="11">
         <v>25534</v>
       </c>
       <c r="H23" s="11">
         <v>27781</v>
       </c>
       <c r="I23" s="11">
         <v>26756</v>
       </c>
       <c r="J23" s="11">
         <v>21827</v>
       </c>
-      <c r="K23" s="11"/>
-[...1 lines deleted...]
-      <c r="M23" s="11"/>
+      <c r="K23" s="15"/>
+      <c r="L23" s="11">
+        <v>25465</v>
+      </c>
+      <c r="M23" s="11">
+        <v>25471</v>
+      </c>
     </row>
     <row r="24" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A24" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="12">
         <v>5.4</v>
       </c>
       <c r="C24" s="12">
         <v>6.2</v>
       </c>
       <c r="D24" s="12">
         <v>5.2</v>
       </c>
       <c r="E24" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="F24" s="12">
         <v>4.5</v>
       </c>
       <c r="G24" s="12">
         <v>4.3</v>
       </c>
       <c r="H24" s="12">
         <v>4.7</v>
       </c>
       <c r="I24" s="12">
         <v>4.5</v>
       </c>
       <c r="J24" s="12">
         <v>3.7</v>
       </c>
-      <c r="K24" s="12"/>
-[...1 lines deleted...]
-      <c r="M24" s="12"/>
+      <c r="K24" s="16"/>
+      <c r="L24" s="12">
+        <v>4.3</v>
+      </c>
+      <c r="M24" s="12">
+        <v>4.4000000000000004</v>
+      </c>
     </row>
     <row r="25" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A25" s="9"/>
       <c r="B25" s="12"/>
       <c r="C25" s="12"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
-      <c r="K25" s="12"/>
+      <c r="K25" s="16"/>
       <c r="L25" s="12"/>
       <c r="M25" s="12"/>
       <c r="N25" s="12"/>
     </row>
     <row r="26" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="13"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="13"/>
       <c r="G26" s="13"/>
       <c r="H26" s="13"/>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
-      <c r="K26" s="13"/>
+      <c r="K26" s="19"/>
       <c r="L26" s="13"/>
       <c r="M26" s="13"/>
       <c r="N26" s="13"/>
     </row>
     <row r="27" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="B27" s="6">
         <v>45658</v>
       </c>
       <c r="C27" s="6">
         <v>45689</v>
       </c>
       <c r="D27" s="6">
         <v>45717</v>
       </c>
       <c r="E27" s="6">
         <v>45748</v>
       </c>
       <c r="F27" s="6">
         <v>45778</v>
       </c>
       <c r="G27" s="6">
         <v>45809</v>
       </c>
       <c r="H27" s="6">
         <v>45839</v>
       </c>
       <c r="I27" s="6">
         <v>45870</v>
       </c>
       <c r="J27" s="6">
         <v>45901</v>
       </c>
-      <c r="K27" s="6"/>
-[...1 lines deleted...]
-      <c r="M27" s="6"/>
+      <c r="K27" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L27" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M27" s="6">
+        <v>45992</v>
+      </c>
       <c r="N27" s="6"/>
     </row>
     <row r="28" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A28" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B28" s="11">
         <v>314622</v>
       </c>
       <c r="C28" s="11">
         <v>315289</v>
       </c>
       <c r="D28" s="11">
         <v>315910</v>
       </c>
       <c r="E28" s="11">
         <v>315907</v>
       </c>
       <c r="F28" s="11">
         <v>317850</v>
       </c>
       <c r="G28" s="11">
         <v>317486</v>
       </c>
       <c r="H28" s="11">
         <v>318289</v>
       </c>
       <c r="I28" s="11">
         <v>318647</v>
       </c>
       <c r="J28" s="11">
         <v>314469</v>
       </c>
-      <c r="K28" s="11"/>
-[...1 lines deleted...]
-      <c r="M28" s="11"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="11">
+        <v>313900</v>
+      </c>
+      <c r="M28" s="11">
+        <v>312003</v>
+      </c>
     </row>
     <row r="29" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A29" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B29" s="11">
         <v>296111</v>
       </c>
       <c r="C29" s="11">
         <v>295661</v>
       </c>
       <c r="D29" s="11">
         <v>297006</v>
       </c>
       <c r="E29" s="11">
         <v>298964</v>
       </c>
       <c r="F29" s="11">
         <v>299761</v>
       </c>
       <c r="G29" s="11">
         <v>300965</v>
       </c>
       <c r="H29" s="11">
         <v>301131</v>
       </c>
       <c r="I29" s="11">
         <v>301748</v>
       </c>
       <c r="J29" s="11">
         <v>299462</v>
       </c>
-      <c r="K29" s="11"/>
-[...1 lines deleted...]
-      <c r="M29" s="11"/>
+      <c r="K29" s="15"/>
+      <c r="L29" s="11">
+        <v>297832</v>
+      </c>
+      <c r="M29" s="11">
+        <v>295569</v>
+      </c>
     </row>
     <row r="30" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A30" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="11">
         <v>18511</v>
       </c>
       <c r="C30" s="11">
         <v>19628</v>
       </c>
       <c r="D30" s="11">
         <v>18904</v>
       </c>
       <c r="E30" s="11">
         <v>16943</v>
       </c>
       <c r="F30" s="11">
         <v>18089</v>
       </c>
       <c r="G30" s="11">
         <v>16521</v>
       </c>
       <c r="H30" s="11">
         <v>17158</v>
       </c>
       <c r="I30" s="11">
         <v>16899</v>
       </c>
       <c r="J30" s="11">
         <v>15007</v>
       </c>
-      <c r="K30" s="11"/>
-[...1 lines deleted...]
-      <c r="M30" s="11"/>
+      <c r="K30" s="15"/>
+      <c r="L30" s="11">
+        <v>16068</v>
+      </c>
+      <c r="M30" s="11">
+        <v>16434</v>
+      </c>
     </row>
     <row r="31" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A31" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="12">
         <v>5.9</v>
       </c>
       <c r="C31" s="12">
         <v>6.2</v>
       </c>
       <c r="D31" s="12">
         <v>6</v>
       </c>
       <c r="E31" s="12">
         <v>5.4</v>
       </c>
       <c r="F31" s="12">
         <v>5.7</v>
       </c>
       <c r="G31" s="12">
         <v>5.2</v>
       </c>
       <c r="H31" s="12">
         <v>5.4</v>
       </c>
       <c r="I31" s="12">
         <v>5.3</v>
       </c>
       <c r="J31" s="12">
         <v>4.8</v>
       </c>
-      <c r="K31" s="12"/>
-[...1 lines deleted...]
-      <c r="M31" s="12"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="12">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="M31" s="12">
+        <v>5.3</v>
+      </c>
     </row>
     <row r="32" spans="1:14" s="8" customFormat="1" ht="18.75" customHeight="1">
       <c r="A32" s="9"/>
       <c r="B32" s="12"/>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
-      <c r="K32" s="12"/>
+      <c r="K32" s="16"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
     </row>
     <row r="33" spans="1:14" s="4" customFormat="1" ht="12.6" customHeight="1">
       <c r="A33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="6">
         <v>45658</v>
       </c>
       <c r="C33" s="6">
         <v>45689</v>
       </c>
       <c r="D33" s="6">
         <v>45717</v>
       </c>
       <c r="E33" s="6">
         <v>45748</v>
       </c>
       <c r="F33" s="6">
         <v>45778</v>
       </c>
       <c r="G33" s="6">
         <v>45809</v>
       </c>
       <c r="H33" s="6">
         <v>45839</v>
       </c>
       <c r="I33" s="6">
         <v>45870</v>
       </c>
       <c r="J33" s="6">
         <v>45901</v>
       </c>
-      <c r="K33" s="6"/>
-[...1 lines deleted...]
-      <c r="M33" s="6"/>
+      <c r="K33" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L33" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M33" s="6">
+        <v>45992</v>
+      </c>
       <c r="N33" s="6"/>
     </row>
     <row r="34" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A34" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B34" s="11">
         <v>8825</v>
       </c>
       <c r="C34" s="11">
         <v>8765</v>
       </c>
       <c r="D34" s="11">
         <v>8706</v>
       </c>
       <c r="E34" s="11">
         <v>8765</v>
       </c>
       <c r="F34" s="11">
         <v>8874</v>
       </c>
       <c r="G34" s="11">
         <v>8919</v>
       </c>
       <c r="H34" s="11">
         <v>8959</v>
       </c>
       <c r="I34" s="11">
         <v>8914</v>
       </c>
       <c r="J34" s="11">
         <v>8990</v>
       </c>
-      <c r="K34" s="11"/>
-[...1 lines deleted...]
-      <c r="M34" s="11"/>
+      <c r="K34" s="15"/>
+      <c r="L34" s="11">
+        <v>8874</v>
+      </c>
+      <c r="M34" s="11">
+        <v>8769</v>
+      </c>
     </row>
     <row r="35" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A35" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B35" s="11">
         <v>8499</v>
       </c>
       <c r="C35" s="11">
         <v>8407</v>
       </c>
       <c r="D35" s="11">
         <v>8428</v>
       </c>
       <c r="E35" s="11">
         <v>8509</v>
       </c>
       <c r="F35" s="11">
         <v>8586</v>
       </c>
       <c r="G35" s="11">
         <v>8650</v>
       </c>
       <c r="H35" s="11">
         <v>8675</v>
       </c>
       <c r="I35" s="11">
         <v>8652</v>
       </c>
       <c r="J35" s="11">
         <v>8755</v>
       </c>
-      <c r="K35" s="11"/>
-[...1 lines deleted...]
-      <c r="M35" s="11"/>
+      <c r="K35" s="15"/>
+      <c r="L35" s="11">
+        <v>8605</v>
+      </c>
+      <c r="M35" s="11">
+        <v>8522</v>
+      </c>
     </row>
     <row r="36" spans="1:14" s="3" customFormat="1" ht="12.6" customHeight="1">
       <c r="A36" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="11">
         <v>326</v>
       </c>
       <c r="C36" s="11">
         <v>358</v>
       </c>
       <c r="D36" s="11">
         <v>278</v>
       </c>
       <c r="E36" s="11">
         <v>256</v>
       </c>
       <c r="F36" s="11">
         <v>288</v>
       </c>
       <c r="G36" s="11">
         <v>269</v>
       </c>
       <c r="H36" s="11">
         <v>284</v>
       </c>
       <c r="I36" s="11">
         <v>262</v>
       </c>
       <c r="J36" s="11">
         <v>235</v>
       </c>
-      <c r="K36" s="11"/>
-[...1 lines deleted...]
-      <c r="M36" s="11"/>
+      <c r="K36" s="15"/>
+      <c r="L36" s="11">
+        <v>269</v>
+      </c>
+      <c r="M36" s="11">
+        <v>247</v>
+      </c>
     </row>
     <row r="37" spans="1:14" s="8" customFormat="1" ht="12.6" customHeight="1">
       <c r="A37" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B37" s="12">
         <v>3.7</v>
       </c>
       <c r="C37" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="D37" s="12">
         <v>3.2</v>
       </c>
       <c r="E37" s="12">
         <v>2.9</v>
       </c>
       <c r="F37" s="12">
         <v>3.2</v>
       </c>
       <c r="G37" s="12">
         <v>3</v>
       </c>
       <c r="H37" s="12">
         <v>3.2</v>
       </c>
       <c r="I37" s="12">
         <v>2.9</v>
       </c>
       <c r="J37" s="12">
         <v>2.6</v>
       </c>
-      <c r="K37" s="12"/>
-[...1 lines deleted...]
-      <c r="M37" s="12"/>
+      <c r="K37" s="16"/>
+      <c r="L37" s="12">
+        <v>3</v>
+      </c>
+      <c r="M37" s="12">
+        <v>2.8</v>
+      </c>
     </row>
     <row r="38" spans="1:14" s="8" customFormat="1" ht="15.75" customHeight="1">
       <c r="A38" s="9"/>
       <c r="B38" s="12"/>
       <c r="C38" s="12"/>
       <c r="D38" s="12"/>
       <c r="E38" s="12"/>
       <c r="F38" s="12"/>
       <c r="G38" s="12"/>
       <c r="H38" s="12"/>
       <c r="I38" s="12"/>
       <c r="J38" s="12"/>
-      <c r="K38" s="12"/>
+      <c r="K38" s="16"/>
       <c r="L38" s="12"/>
       <c r="M38" s="12"/>
       <c r="N38" s="12"/>
     </row>
     <row r="39" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="6">
         <v>45658</v>
       </c>
       <c r="C39" s="6">
         <v>45689</v>
       </c>
       <c r="D39" s="6">
         <v>45717</v>
       </c>
       <c r="E39" s="6">
         <v>45748</v>
       </c>
       <c r="F39" s="6">
         <v>45778</v>
       </c>
       <c r="G39" s="6">
         <v>45809</v>
       </c>
       <c r="H39" s="6">
         <v>45839</v>
       </c>
       <c r="I39" s="6">
         <v>45870</v>
       </c>
       <c r="J39" s="6">
         <v>45901</v>
       </c>
-      <c r="K39" s="6"/>
-[...1 lines deleted...]
-      <c r="M39" s="6"/>
+      <c r="K39" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L39" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M39" s="6">
+        <v>45992</v>
+      </c>
       <c r="N39" s="6"/>
     </row>
     <row r="40" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A40" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B40" s="11">
         <v>11710</v>
       </c>
       <c r="C40" s="11">
         <v>11674</v>
       </c>
       <c r="D40" s="11">
         <v>11539</v>
       </c>
       <c r="E40" s="11">
         <v>11557</v>
       </c>
       <c r="F40" s="11">
         <v>11669</v>
       </c>
       <c r="G40" s="11">
         <v>11745</v>
       </c>
       <c r="H40" s="11">
         <v>11800</v>
       </c>
       <c r="I40" s="11">
         <v>11743</v>
       </c>
       <c r="J40" s="11">
         <v>11784</v>
       </c>
-      <c r="K40" s="11"/>
-[...1 lines deleted...]
-      <c r="M40" s="11"/>
+      <c r="K40" s="15"/>
+      <c r="L40" s="11">
+        <v>11675</v>
+      </c>
+      <c r="M40" s="11">
+        <v>11542</v>
+      </c>
     </row>
     <row r="41" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A41" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B41" s="11">
         <v>11116</v>
       </c>
       <c r="C41" s="11">
         <v>10997</v>
       </c>
       <c r="D41" s="11">
         <v>11023</v>
       </c>
       <c r="E41" s="11">
         <v>11129</v>
       </c>
       <c r="F41" s="11">
         <v>11230</v>
       </c>
       <c r="G41" s="11">
         <v>11314</v>
       </c>
       <c r="H41" s="11">
         <v>11346</v>
       </c>
       <c r="I41" s="11">
         <v>11317</v>
       </c>
       <c r="J41" s="11">
         <v>11451</v>
       </c>
-      <c r="K41" s="11"/>
-[...1 lines deleted...]
-      <c r="M41" s="11"/>
+      <c r="K41" s="15"/>
+      <c r="L41" s="11">
+        <v>11255</v>
+      </c>
+      <c r="M41" s="11">
+        <v>11146</v>
+      </c>
     </row>
     <row r="42" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A42" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B42" s="11">
         <v>594</v>
       </c>
       <c r="C42" s="11">
         <v>677</v>
       </c>
       <c r="D42" s="11">
         <v>516</v>
       </c>
       <c r="E42" s="11">
         <v>428</v>
       </c>
       <c r="F42" s="11">
         <v>439</v>
       </c>
       <c r="G42" s="11">
         <v>431</v>
       </c>
       <c r="H42" s="11">
         <v>454</v>
       </c>
       <c r="I42" s="11">
         <v>426</v>
       </c>
       <c r="J42" s="11">
         <v>333</v>
       </c>
-      <c r="K42" s="11"/>
-[...1 lines deleted...]
-      <c r="M42" s="11"/>
+      <c r="K42" s="15"/>
+      <c r="L42" s="11">
+        <v>420</v>
+      </c>
+      <c r="M42" s="11">
+        <v>396</v>
+      </c>
     </row>
     <row r="43" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A43" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B43" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="C43" s="12">
         <v>5.8</v>
       </c>
       <c r="D43" s="12">
         <v>4.5</v>
       </c>
       <c r="E43" s="12">
         <v>3.7</v>
       </c>
       <c r="F43" s="12">
         <v>3.8</v>
       </c>
       <c r="G43" s="12">
         <v>3.7</v>
       </c>
       <c r="H43" s="12">
         <v>3.8</v>
       </c>
       <c r="I43" s="12">
         <v>3.6</v>
       </c>
       <c r="J43" s="12">
         <v>2.8</v>
       </c>
-      <c r="K43" s="12"/>
-[...1 lines deleted...]
-      <c r="M43" s="12"/>
+      <c r="K43" s="16"/>
+      <c r="L43" s="12">
+        <v>3.6</v>
+      </c>
+      <c r="M43" s="12">
+        <v>3.4</v>
+      </c>
     </row>
     <row r="44" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A44" s="9"/>
       <c r="B44" s="12"/>
       <c r="C44" s="12"/>
       <c r="D44" s="12"/>
       <c r="E44" s="12"/>
       <c r="F44" s="12"/>
       <c r="G44" s="12"/>
       <c r="H44" s="12"/>
       <c r="I44" s="12"/>
       <c r="J44" s="12"/>
-      <c r="K44" s="12"/>
+      <c r="K44" s="16"/>
       <c r="L44" s="12"/>
       <c r="M44" s="12"/>
       <c r="N44" s="12"/>
     </row>
     <row r="45" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A45" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="6">
         <v>45658</v>
       </c>
       <c r="C45" s="6">
         <v>45689</v>
       </c>
       <c r="D45" s="6">
         <v>45717</v>
       </c>
       <c r="E45" s="6">
         <v>45748</v>
       </c>
       <c r="F45" s="6">
         <v>45778</v>
       </c>
       <c r="G45" s="6">
         <v>45809</v>
       </c>
       <c r="H45" s="6">
         <v>45839</v>
       </c>
       <c r="I45" s="6">
         <v>45870</v>
       </c>
       <c r="J45" s="6">
         <v>45901</v>
       </c>
-      <c r="K45" s="6"/>
-[...1 lines deleted...]
-      <c r="M45" s="6"/>
+      <c r="K45" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L45" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M45" s="6">
+        <v>45992</v>
+      </c>
       <c r="N45" s="6"/>
     </row>
     <row r="46" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A46" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B46" s="11">
         <v>9443</v>
       </c>
       <c r="C46" s="11">
         <v>9440</v>
       </c>
       <c r="D46" s="11">
         <v>9346</v>
       </c>
       <c r="E46" s="11">
         <v>9291</v>
       </c>
       <c r="F46" s="11">
         <v>9320</v>
       </c>
       <c r="G46" s="11">
         <v>9351</v>
       </c>
       <c r="H46" s="11">
         <v>9432</v>
       </c>
       <c r="I46" s="11">
         <v>9428</v>
       </c>
       <c r="J46" s="11">
         <v>9435</v>
       </c>
-      <c r="K46" s="11"/>
-[...1 lines deleted...]
-      <c r="M46" s="11"/>
+      <c r="K46" s="15"/>
+      <c r="L46" s="11">
+        <v>45962</v>
+      </c>
+      <c r="M46" s="11">
+        <v>45992</v>
+      </c>
     </row>
     <row r="47" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A47" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B47" s="11">
         <v>8894</v>
       </c>
       <c r="C47" s="11">
         <v>8799</v>
       </c>
       <c r="D47" s="11">
         <v>8820</v>
       </c>
       <c r="E47" s="11">
         <v>8895</v>
       </c>
       <c r="F47" s="11">
         <v>8951</v>
       </c>
       <c r="G47" s="11">
         <v>9023</v>
       </c>
       <c r="H47" s="11">
         <v>9042</v>
       </c>
       <c r="I47" s="11">
         <v>9024</v>
       </c>
       <c r="J47" s="11">
         <v>9165</v>
       </c>
-      <c r="K47" s="11"/>
-[...1 lines deleted...]
-      <c r="M47" s="11"/>
+      <c r="K47" s="15"/>
+      <c r="L47" s="11">
+        <v>9052</v>
+      </c>
+      <c r="M47" s="11">
+        <v>8932</v>
+      </c>
     </row>
     <row r="48" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A48" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B48" s="11">
         <v>549</v>
       </c>
       <c r="C48" s="11">
         <v>641</v>
       </c>
       <c r="D48" s="11">
         <v>526</v>
       </c>
       <c r="E48" s="11">
         <v>396</v>
       </c>
       <c r="F48" s="11">
         <v>369</v>
       </c>
       <c r="G48" s="11">
         <v>328</v>
       </c>
       <c r="H48" s="11">
         <v>390</v>
       </c>
       <c r="I48" s="11">
         <v>404</v>
       </c>
       <c r="J48" s="11">
         <v>270</v>
       </c>
-      <c r="K48" s="11"/>
-[...1 lines deleted...]
-      <c r="M48" s="11"/>
+      <c r="K48" s="15"/>
+      <c r="L48" s="11">
+        <v>341</v>
+      </c>
+      <c r="M48" s="11">
+        <v>417</v>
+      </c>
     </row>
     <row r="49" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A49" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B49" s="12">
         <v>5.8</v>
       </c>
       <c r="C49" s="12">
         <v>6.8</v>
       </c>
       <c r="D49" s="12">
         <v>5.6</v>
       </c>
       <c r="E49" s="12">
         <v>4.3</v>
       </c>
       <c r="F49" s="12">
         <v>4</v>
       </c>
       <c r="G49" s="12">
         <v>3.5</v>
       </c>
       <c r="H49" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="I49" s="12">
         <v>4.3</v>
       </c>
       <c r="J49" s="12">
         <v>2.9</v>
       </c>
-      <c r="K49" s="12"/>
-[...1 lines deleted...]
-      <c r="M49" s="12"/>
+      <c r="K49" s="16"/>
+      <c r="L49" s="12">
+        <v>3.6</v>
+      </c>
+      <c r="M49" s="12">
+        <v>4.5</v>
+      </c>
     </row>
     <row r="50" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A50" s="9"/>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
       <c r="J50" s="12"/>
-      <c r="K50" s="12"/>
+      <c r="K50" s="16"/>
       <c r="L50" s="12"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
     </row>
     <row r="51" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B51" s="6">
         <v>45658</v>
       </c>
       <c r="C51" s="6">
         <v>45689</v>
       </c>
       <c r="D51" s="6">
         <v>45717</v>
       </c>
       <c r="E51" s="6">
         <v>45748</v>
       </c>
       <c r="F51" s="6">
         <v>45778</v>
       </c>
       <c r="G51" s="6">
         <v>45809</v>
       </c>
       <c r="H51" s="6">
         <v>45839</v>
       </c>
       <c r="I51" s="6">
         <v>45870</v>
       </c>
       <c r="J51" s="6">
         <v>45901</v>
       </c>
-      <c r="K51" s="6"/>
-[...1 lines deleted...]
-      <c r="M51" s="6"/>
+      <c r="K51" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L51" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M51" s="6">
+        <v>45992</v>
+      </c>
       <c r="N51" s="6"/>
     </row>
     <row r="52" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A52" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B52" s="11">
         <v>10086</v>
       </c>
       <c r="C52" s="11">
         <v>10091</v>
       </c>
       <c r="D52" s="11">
         <v>9989</v>
       </c>
       <c r="E52" s="11">
         <v>9973</v>
       </c>
       <c r="F52" s="11">
         <v>10095</v>
       </c>
       <c r="G52" s="11">
         <v>10167</v>
       </c>
       <c r="H52" s="11">
         <v>10248</v>
       </c>
       <c r="I52" s="11">
         <v>10215</v>
       </c>
       <c r="J52" s="11">
         <v>10266</v>
       </c>
-      <c r="K52" s="11"/>
-[...1 lines deleted...]
-      <c r="M52" s="11"/>
+      <c r="K52" s="15"/>
+      <c r="L52" s="11">
+        <v>10191</v>
+      </c>
+      <c r="M52" s="11">
+        <v>10070</v>
+      </c>
     </row>
     <row r="53" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A53" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B53" s="11">
         <v>9486</v>
       </c>
       <c r="C53" s="11">
         <v>9384</v>
       </c>
       <c r="D53" s="11">
         <v>9407</v>
       </c>
       <c r="E53" s="11">
         <v>9487</v>
       </c>
       <c r="F53" s="11">
         <v>9547</v>
       </c>
       <c r="G53" s="11">
         <v>9624</v>
       </c>
       <c r="H53" s="11">
         <v>9644</v>
       </c>
       <c r="I53" s="11">
         <v>9624</v>
       </c>
       <c r="J53" s="11">
         <v>9775</v>
       </c>
-      <c r="K53" s="11"/>
-[...1 lines deleted...]
-      <c r="M53" s="11"/>
+      <c r="K53" s="15"/>
+      <c r="L53" s="11">
+        <v>9655</v>
+      </c>
+      <c r="M53" s="11">
+        <v>9526</v>
+      </c>
     </row>
     <row r="54" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A54" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B54" s="11">
         <v>600</v>
       </c>
       <c r="C54" s="11">
         <v>707</v>
       </c>
       <c r="D54" s="11">
         <v>582</v>
       </c>
       <c r="E54" s="11">
         <v>486</v>
       </c>
       <c r="F54" s="11">
         <v>548</v>
       </c>
       <c r="G54" s="11">
         <v>543</v>
       </c>
       <c r="H54" s="11">
         <v>604</v>
       </c>
       <c r="I54" s="11">
         <v>591</v>
       </c>
       <c r="J54" s="11">
         <v>491</v>
       </c>
-      <c r="K54" s="11"/>
-[...1 lines deleted...]
-      <c r="M54" s="11"/>
+      <c r="K54" s="15"/>
+      <c r="L54" s="11">
+        <v>536</v>
+      </c>
+      <c r="M54" s="11">
+        <v>544</v>
+      </c>
     </row>
     <row r="55" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A55" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B55" s="12">
         <v>5.9</v>
       </c>
       <c r="C55" s="12">
         <v>7</v>
       </c>
       <c r="D55" s="12">
         <v>5.8</v>
       </c>
       <c r="E55" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="F55" s="12">
         <v>5.4</v>
       </c>
       <c r="G55" s="12">
         <v>5.3</v>
       </c>
       <c r="H55" s="12">
         <v>5.9</v>
       </c>
       <c r="I55" s="12">
         <v>5.8</v>
       </c>
       <c r="J55" s="12">
         <v>4.8</v>
       </c>
-      <c r="K55" s="12"/>
-[...1 lines deleted...]
-      <c r="M55" s="12"/>
+      <c r="K55" s="16"/>
+      <c r="L55" s="12">
+        <v>5.3</v>
+      </c>
+      <c r="M55" s="12">
+        <v>5.4</v>
+      </c>
     </row>
     <row r="56" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A56" s="9"/>
       <c r="B56" s="12"/>
       <c r="C56" s="12"/>
       <c r="D56" s="12"/>
       <c r="E56" s="12"/>
       <c r="F56" s="12"/>
       <c r="G56" s="12"/>
       <c r="H56" s="12"/>
       <c r="I56" s="12"/>
       <c r="J56" s="12"/>
-      <c r="K56" s="12"/>
+      <c r="K56" s="16"/>
       <c r="L56" s="12"/>
       <c r="M56" s="12"/>
       <c r="N56" s="12"/>
     </row>
     <row r="57" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A57" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B57" s="6">
         <v>45658</v>
       </c>
       <c r="C57" s="6">
         <v>45689</v>
       </c>
       <c r="D57" s="6">
         <v>45717</v>
       </c>
       <c r="E57" s="6">
         <v>45748</v>
       </c>
       <c r="F57" s="6">
         <v>45778</v>
       </c>
       <c r="G57" s="6">
         <v>45809</v>
       </c>
       <c r="H57" s="6">
         <v>45839</v>
       </c>
       <c r="I57" s="6">
         <v>45870</v>
       </c>
       <c r="J57" s="6">
         <v>45901</v>
       </c>
-      <c r="K57" s="6"/>
-[...1 lines deleted...]
-      <c r="M57" s="6"/>
+      <c r="K57" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L57" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M57" s="6">
+        <v>45992</v>
+      </c>
       <c r="N57" s="6"/>
     </row>
     <row r="58" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A58" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B58" s="11">
         <v>4505</v>
       </c>
       <c r="C58" s="11">
         <v>4509</v>
       </c>
       <c r="D58" s="11">
         <v>4490</v>
       </c>
       <c r="E58" s="11">
         <v>4463</v>
       </c>
       <c r="F58" s="11">
         <v>4459</v>
       </c>
       <c r="G58" s="11">
         <v>4498</v>
       </c>
       <c r="H58" s="11">
         <v>4516</v>
       </c>
       <c r="I58" s="11">
         <v>4513</v>
       </c>
       <c r="J58" s="11">
         <v>4499</v>
       </c>
-      <c r="K58" s="11"/>
-[...1 lines deleted...]
-      <c r="M58" s="11"/>
+      <c r="K58" s="15"/>
+      <c r="L58" s="11">
+        <v>4465</v>
+      </c>
+      <c r="M58" s="11">
+        <v>4431</v>
+      </c>
     </row>
     <row r="59" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A59" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B59" s="11">
         <v>4236</v>
       </c>
       <c r="C59" s="11">
         <v>4189</v>
       </c>
       <c r="D59" s="11">
         <v>4213</v>
       </c>
       <c r="E59" s="11">
         <v>4251</v>
       </c>
       <c r="F59" s="11">
         <v>4273</v>
       </c>
       <c r="G59" s="11">
         <v>4306</v>
       </c>
       <c r="H59" s="11">
         <v>4304</v>
       </c>
       <c r="I59" s="11">
         <v>4308</v>
       </c>
       <c r="J59" s="11">
         <v>4368</v>
       </c>
-      <c r="K59" s="11"/>
-[...1 lines deleted...]
-      <c r="M59" s="11"/>
+      <c r="K59" s="15"/>
+      <c r="L59" s="11">
+        <v>4277</v>
+      </c>
+      <c r="M59" s="11">
+        <v>4239</v>
+      </c>
     </row>
     <row r="60" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A60" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B60" s="11">
         <v>269</v>
       </c>
       <c r="C60" s="11">
         <v>320</v>
       </c>
       <c r="D60" s="11">
         <v>277</v>
       </c>
       <c r="E60" s="11">
         <v>212</v>
       </c>
       <c r="F60" s="11">
         <v>186</v>
       </c>
       <c r="G60" s="11">
         <v>192</v>
       </c>
       <c r="H60" s="11">
         <v>212</v>
       </c>
       <c r="I60" s="11">
         <v>205</v>
       </c>
       <c r="J60" s="11">
         <v>131</v>
       </c>
-      <c r="K60" s="11"/>
-[...1 lines deleted...]
-      <c r="M60" s="11"/>
+      <c r="K60" s="15"/>
+      <c r="L60" s="11">
+        <v>188</v>
+      </c>
+      <c r="M60" s="11">
+        <v>192</v>
+      </c>
     </row>
     <row r="61" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A61" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B61" s="12">
         <v>6</v>
       </c>
       <c r="C61" s="12">
         <v>7.1</v>
       </c>
       <c r="D61" s="12">
         <v>6.2</v>
       </c>
       <c r="E61" s="12">
         <v>4.8</v>
       </c>
       <c r="F61" s="12">
         <v>4.2</v>
       </c>
       <c r="G61" s="12">
         <v>4.3</v>
       </c>
       <c r="H61" s="12">
         <v>4.7</v>
       </c>
       <c r="I61" s="12">
         <v>4.5</v>
       </c>
       <c r="J61" s="12">
         <v>2.9</v>
       </c>
-      <c r="K61" s="12"/>
-[...1 lines deleted...]
-      <c r="M61" s="12"/>
+      <c r="K61" s="16"/>
+      <c r="L61" s="12">
+        <v>4.2</v>
+      </c>
+      <c r="M61" s="12">
+        <v>4.3</v>
+      </c>
     </row>
     <row r="62" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A62" s="9"/>
       <c r="B62" s="12"/>
       <c r="C62" s="12"/>
       <c r="D62" s="12"/>
       <c r="E62" s="12"/>
       <c r="F62" s="12"/>
       <c r="G62" s="12"/>
       <c r="H62" s="12"/>
       <c r="I62" s="12"/>
       <c r="J62" s="12"/>
-      <c r="K62" s="12"/>
+      <c r="K62" s="16"/>
       <c r="L62" s="12"/>
       <c r="M62" s="12"/>
       <c r="N62" s="12"/>
     </row>
     <row r="63" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A63" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B63" s="6">
         <v>45658</v>
       </c>
       <c r="C63" s="6">
         <v>45689</v>
       </c>
       <c r="D63" s="6">
         <v>45717</v>
       </c>
       <c r="E63" s="6">
         <v>45748</v>
       </c>
       <c r="F63" s="6">
         <v>45778</v>
       </c>
       <c r="G63" s="6">
         <v>45809</v>
       </c>
-      <c r="H63" s="6"/>
+      <c r="H63" s="6">
+        <v>45839</v>
+      </c>
       <c r="I63" s="6">
         <v>45870</v>
       </c>
       <c r="J63" s="6">
         <v>45901</v>
       </c>
-      <c r="K63" s="6"/>
-[...1 lines deleted...]
-      <c r="M63" s="6"/>
+      <c r="K63" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L63" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M63" s="6">
+        <v>45992</v>
+      </c>
       <c r="N63" s="6"/>
     </row>
     <row r="64" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A64" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B64" s="11">
         <v>20254</v>
       </c>
       <c r="C64" s="11">
         <v>20205</v>
       </c>
       <c r="D64" s="11">
         <v>20023</v>
       </c>
       <c r="E64" s="11">
         <v>20000</v>
       </c>
       <c r="F64" s="11">
         <v>20142</v>
       </c>
       <c r="G64" s="11">
         <v>20263</v>
       </c>
       <c r="H64" s="11">
         <v>20404</v>
       </c>
       <c r="I64" s="11">
         <v>20363</v>
       </c>
       <c r="J64" s="11">
         <v>20503</v>
       </c>
-      <c r="K64" s="11"/>
-[...1 lines deleted...]
-      <c r="M64" s="11"/>
+      <c r="K64" s="15"/>
+      <c r="L64" s="11">
+        <v>20370</v>
+      </c>
+      <c r="M64" s="11">
+        <v>20126</v>
+      </c>
     </row>
     <row r="65" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A65" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B65" s="11">
         <v>19278</v>
       </c>
       <c r="C65" s="11">
         <v>19070</v>
       </c>
       <c r="D65" s="11">
         <v>19121</v>
       </c>
       <c r="E65" s="11">
         <v>19283</v>
       </c>
       <c r="F65" s="11">
         <v>19401</v>
       </c>
       <c r="G65" s="11">
         <v>19557</v>
       </c>
       <c r="H65" s="11">
         <v>19593</v>
       </c>
       <c r="I65" s="11">
         <v>19559</v>
       </c>
       <c r="J65" s="11">
         <v>19866</v>
       </c>
-      <c r="K65" s="11"/>
-[...1 lines deleted...]
-      <c r="M65" s="11"/>
+      <c r="K65" s="15"/>
+      <c r="L65" s="11">
+        <v>19612</v>
+      </c>
+      <c r="M65" s="11">
+        <v>19354</v>
+      </c>
     </row>
     <row r="66" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A66" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B66" s="11">
         <v>976</v>
       </c>
       <c r="C66" s="11">
         <v>1135</v>
       </c>
       <c r="D66" s="11">
         <v>902</v>
       </c>
       <c r="E66" s="11">
         <v>717</v>
       </c>
       <c r="F66" s="11">
         <v>741</v>
       </c>
       <c r="G66" s="11">
         <v>706</v>
       </c>
       <c r="H66" s="11">
         <v>811</v>
       </c>
       <c r="I66" s="11">
         <v>804</v>
       </c>
       <c r="J66" s="11">
         <v>637</v>
       </c>
-      <c r="K66" s="11"/>
-[...1 lines deleted...]
-      <c r="M66" s="11"/>
+      <c r="K66" s="15"/>
+      <c r="L66" s="11">
+        <v>758</v>
+      </c>
+      <c r="M66" s="11">
+        <v>772</v>
+      </c>
     </row>
     <row r="67" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A67" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B67" s="12">
         <v>4.8</v>
       </c>
       <c r="C67" s="12">
         <v>5.6</v>
       </c>
       <c r="D67" s="12">
         <v>4.5</v>
       </c>
       <c r="E67" s="12">
         <v>3.6</v>
       </c>
       <c r="F67" s="12">
         <v>3.7</v>
       </c>
       <c r="G67" s="12">
         <v>3.5</v>
       </c>
       <c r="H67" s="12">
         <v>4</v>
       </c>
       <c r="I67" s="12">
         <v>3.9</v>
       </c>
       <c r="J67" s="12">
         <v>3.1</v>
       </c>
-      <c r="K67" s="12"/>
-[...1 lines deleted...]
-      <c r="M67" s="12"/>
+      <c r="K67" s="16"/>
+      <c r="L67" s="12">
+        <v>3.7</v>
+      </c>
+      <c r="M67" s="12">
+        <v>3.8</v>
+      </c>
     </row>
     <row r="68" spans="1:14" s="4" customFormat="1" ht="13.5" customHeight="1">
       <c r="A68" s="5"/>
       <c r="B68" s="13"/>
       <c r="C68" s="13"/>
       <c r="D68" s="13"/>
       <c r="E68" s="13"/>
       <c r="F68" s="13"/>
       <c r="G68" s="13"/>
       <c r="H68" s="13"/>
       <c r="I68" s="13"/>
       <c r="J68" s="13"/>
-      <c r="K68" s="13"/>
+      <c r="K68" s="19"/>
       <c r="L68" s="13"/>
       <c r="M68" s="13"/>
       <c r="N68" s="13"/>
     </row>
     <row r="69" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A69" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B69" s="6">
         <v>45658</v>
       </c>
       <c r="C69" s="6">
         <v>45689</v>
       </c>
       <c r="D69" s="6">
         <v>45717</v>
       </c>
       <c r="E69" s="6">
         <v>45748</v>
       </c>
       <c r="F69" s="6">
         <v>45778</v>
       </c>
       <c r="G69" s="6">
         <v>45809</v>
       </c>
       <c r="H69" s="6">
         <v>45839</v>
       </c>
       <c r="I69" s="6">
         <v>45870</v>
       </c>
       <c r="J69" s="6">
         <v>45901</v>
       </c>
-      <c r="K69" s="6"/>
-[...1 lines deleted...]
-      <c r="M69" s="6"/>
+      <c r="K69" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L69" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M69" s="6">
+        <v>45992</v>
+      </c>
       <c r="N69" s="6"/>
     </row>
     <row r="70" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A70" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B70" s="11">
         <v>44117</v>
       </c>
       <c r="C70" s="11">
         <v>44088</v>
       </c>
       <c r="D70" s="11">
         <v>43726</v>
       </c>
       <c r="E70" s="11">
         <v>43739</v>
       </c>
       <c r="F70" s="11">
         <v>43994</v>
       </c>
       <c r="G70" s="11">
         <v>44292</v>
       </c>
       <c r="H70" s="11">
         <v>44554</v>
       </c>
       <c r="I70" s="11">
         <v>44424</v>
       </c>
       <c r="J70" s="11">
         <v>44773</v>
       </c>
-      <c r="K70" s="11"/>
-[...1 lines deleted...]
-      <c r="M70" s="11"/>
+      <c r="K70" s="15"/>
+      <c r="L70" s="11">
+        <v>44413</v>
+      </c>
+      <c r="M70" s="11">
+        <v>43777</v>
+      </c>
     </row>
     <row r="71" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A71" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B71" s="11">
         <v>41780</v>
       </c>
       <c r="C71" s="11">
         <v>41330</v>
       </c>
       <c r="D71" s="11">
         <v>41431</v>
       </c>
       <c r="E71" s="11">
         <v>41783</v>
       </c>
       <c r="F71" s="11">
         <v>42048</v>
       </c>
       <c r="G71" s="11">
         <v>42385</v>
       </c>
       <c r="H71" s="11">
         <v>42474</v>
       </c>
       <c r="I71" s="11">
         <v>42388</v>
       </c>
       <c r="J71" s="11">
         <v>43051</v>
       </c>
-      <c r="K71" s="11"/>
-[...1 lines deleted...]
-      <c r="M71" s="11"/>
+      <c r="K71" s="15"/>
+      <c r="L71" s="11">
+        <v>42522</v>
+      </c>
+      <c r="M71" s="11">
+        <v>41955</v>
+      </c>
     </row>
     <row r="72" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A72" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B72" s="11">
         <v>2337</v>
       </c>
       <c r="C72" s="11">
         <v>2758</v>
       </c>
       <c r="D72" s="11">
         <v>2295</v>
       </c>
       <c r="E72" s="11">
         <v>1956</v>
       </c>
       <c r="F72" s="11">
         <v>1946</v>
       </c>
       <c r="G72" s="11">
         <v>1907</v>
       </c>
       <c r="H72" s="11">
         <v>2080</v>
       </c>
       <c r="I72" s="11">
         <v>2036</v>
       </c>
       <c r="J72" s="11">
         <v>1722</v>
       </c>
-      <c r="K72" s="11"/>
-[...1 lines deleted...]
-      <c r="M72" s="11"/>
+      <c r="K72" s="15"/>
+      <c r="L72" s="11">
+        <v>1891</v>
+      </c>
+      <c r="M72" s="11">
+        <v>1822</v>
+      </c>
     </row>
     <row r="73" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A73" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B73" s="12">
         <v>5.3</v>
       </c>
       <c r="C73" s="12">
         <v>6.3</v>
       </c>
       <c r="D73" s="12">
         <v>5.2</v>
       </c>
       <c r="E73" s="12">
         <v>4.5</v>
       </c>
       <c r="F73" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="G73" s="12">
         <v>4.3</v>
       </c>
       <c r="H73" s="12">
         <v>4.7</v>
       </c>
       <c r="I73" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="J73" s="12">
         <v>3.8</v>
       </c>
-      <c r="K73" s="12"/>
-[...1 lines deleted...]
-      <c r="M73" s="12"/>
+      <c r="K73" s="16"/>
+      <c r="L73" s="12">
+        <v>4.3</v>
+      </c>
+      <c r="M73" s="12">
+        <v>4.2</v>
+      </c>
     </row>
     <row r="74" spans="1:14" s="8" customFormat="1" ht="14.25" customHeight="1">
       <c r="A74" s="9"/>
       <c r="B74" s="12"/>
       <c r="C74" s="12"/>
       <c r="D74" s="12"/>
       <c r="E74" s="12"/>
       <c r="F74" s="12"/>
       <c r="G74" s="12"/>
       <c r="H74" s="12"/>
       <c r="I74" s="12"/>
       <c r="J74" s="12"/>
-      <c r="K74" s="12"/>
+      <c r="K74" s="16"/>
       <c r="L74" s="12"/>
       <c r="M74" s="12"/>
       <c r="N74" s="12"/>
     </row>
     <row r="75" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B75" s="6">
         <v>45658</v>
       </c>
       <c r="C75" s="6">
         <v>45689</v>
       </c>
       <c r="D75" s="6">
         <v>45717</v>
       </c>
       <c r="E75" s="6">
         <v>45748</v>
       </c>
       <c r="F75" s="6">
         <v>45778</v>
       </c>
       <c r="G75" s="6">
         <v>45809</v>
       </c>
       <c r="H75" s="6">
         <v>45839</v>
       </c>
       <c r="I75" s="6">
         <v>45870</v>
       </c>
       <c r="J75" s="6">
         <v>45901</v>
       </c>
-      <c r="K75" s="6"/>
-[...1 lines deleted...]
-      <c r="M75" s="6"/>
+      <c r="K75" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L75" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M75" s="6">
+        <v>45992</v>
+      </c>
       <c r="N75" s="6"/>
     </row>
     <row r="76" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A76" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B76" s="11">
         <v>21254</v>
       </c>
       <c r="C76" s="11">
         <v>21135</v>
       </c>
       <c r="D76" s="11">
         <v>20960</v>
       </c>
       <c r="E76" s="11">
         <v>21024</v>
       </c>
       <c r="F76" s="11">
         <v>21209</v>
       </c>
       <c r="G76" s="11">
         <v>21348</v>
       </c>
       <c r="H76" s="11">
         <v>21477</v>
       </c>
       <c r="I76" s="11">
         <v>21410</v>
       </c>
       <c r="J76" s="11">
         <v>21559</v>
       </c>
-      <c r="K76" s="11"/>
-[...1 lines deleted...]
-      <c r="M76" s="11"/>
+      <c r="K76" s="15"/>
+      <c r="L76" s="11">
+        <v>21413</v>
+      </c>
+      <c r="M76" s="11">
+        <v>21102</v>
+      </c>
     </row>
     <row r="77" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A77" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B77" s="11">
         <v>20302</v>
       </c>
       <c r="C77" s="11">
         <v>20083</v>
       </c>
       <c r="D77" s="11">
         <v>20132</v>
       </c>
       <c r="E77" s="11">
         <v>20303</v>
       </c>
       <c r="F77" s="11">
         <v>20432</v>
       </c>
       <c r="G77" s="11">
         <v>20596</v>
       </c>
       <c r="H77" s="11">
         <v>20639</v>
       </c>
       <c r="I77" s="11">
         <v>20597</v>
       </c>
       <c r="J77" s="11">
         <v>20920</v>
       </c>
-      <c r="K77" s="11"/>
-[...1 lines deleted...]
-      <c r="M77" s="11"/>
+      <c r="K77" s="15"/>
+      <c r="L77" s="11">
+        <v>20663</v>
+      </c>
+      <c r="M77" s="11">
+        <v>20387</v>
+      </c>
     </row>
     <row r="78" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A78" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B78" s="11">
         <v>952</v>
       </c>
       <c r="C78" s="11">
         <v>1052</v>
       </c>
       <c r="D78" s="11">
         <v>828</v>
       </c>
       <c r="E78" s="11">
         <v>721</v>
       </c>
       <c r="F78" s="11">
         <v>777</v>
       </c>
       <c r="G78" s="11">
         <v>752</v>
       </c>
       <c r="H78" s="11">
         <v>838</v>
       </c>
       <c r="I78" s="11">
         <v>813</v>
       </c>
       <c r="J78" s="11">
         <v>639</v>
       </c>
-      <c r="K78" s="11"/>
-[...1 lines deleted...]
-      <c r="M78" s="11"/>
+      <c r="K78" s="15"/>
+      <c r="L78" s="11">
+        <v>750</v>
+      </c>
+      <c r="M78" s="11">
+        <v>715</v>
+      </c>
     </row>
     <row r="79" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A79" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B79" s="12">
         <v>4.5</v>
       </c>
       <c r="C79" s="12">
         <v>5</v>
       </c>
       <c r="D79" s="12">
         <v>4</v>
       </c>
       <c r="E79" s="12">
         <v>3.4</v>
       </c>
       <c r="F79" s="12">
         <v>3.7</v>
       </c>
       <c r="G79" s="12">
         <v>3.5</v>
       </c>
       <c r="H79" s="12">
         <v>3.9</v>
       </c>
       <c r="I79" s="12">
         <v>3.8</v>
       </c>
       <c r="J79" s="12">
         <v>3</v>
       </c>
-      <c r="K79" s="12"/>
-[...1 lines deleted...]
-      <c r="M79" s="12"/>
+      <c r="K79" s="16"/>
+      <c r="L79" s="12">
+        <v>3.5</v>
+      </c>
+      <c r="M79" s="12">
+        <v>3.4</v>
+      </c>
     </row>
     <row r="80" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A80" s="9"/>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
       <c r="J80" s="12"/>
-      <c r="K80" s="12"/>
+      <c r="K80" s="16"/>
       <c r="L80" s="12"/>
       <c r="M80" s="12"/>
       <c r="N80" s="12"/>
     </row>
     <row r="81" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B81" s="6">
         <v>45658</v>
       </c>
       <c r="C81" s="6">
         <v>45689</v>
       </c>
       <c r="D81" s="6">
         <v>45717</v>
       </c>
       <c r="E81" s="6">
         <v>45748</v>
       </c>
       <c r="F81" s="6">
         <v>45778</v>
       </c>
       <c r="G81" s="6">
         <v>45809</v>
       </c>
       <c r="H81" s="6">
         <v>45839</v>
       </c>
       <c r="I81" s="6">
         <v>45870</v>
       </c>
       <c r="J81" s="6">
         <v>45901</v>
       </c>
-      <c r="K81" s="6"/>
-[...1 lines deleted...]
-      <c r="M81" s="6"/>
+      <c r="K81" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L81" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M81" s="6">
+        <v>45992</v>
+      </c>
       <c r="N81" s="6"/>
     </row>
     <row r="82" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A82" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B82" s="11">
         <v>7630</v>
       </c>
       <c r="C82" s="11">
         <v>7602</v>
       </c>
       <c r="D82" s="11">
         <v>7548</v>
       </c>
       <c r="E82" s="11">
         <v>7576</v>
       </c>
       <c r="F82" s="11">
         <v>7634</v>
       </c>
       <c r="G82" s="11">
         <v>7702</v>
       </c>
       <c r="H82" s="11">
         <v>7709</v>
       </c>
       <c r="I82" s="11">
         <v>7663</v>
       </c>
       <c r="J82" s="11">
         <v>7759</v>
       </c>
-      <c r="K82" s="11"/>
-[...1 lines deleted...]
-      <c r="M82" s="11"/>
+      <c r="K82" s="15"/>
+      <c r="L82" s="11">
+        <v>7675</v>
+      </c>
+      <c r="M82" s="11">
+        <v>7553</v>
+      </c>
     </row>
     <row r="83" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A83" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B83" s="11">
         <v>7272</v>
       </c>
       <c r="C83" s="11">
         <v>7193</v>
       </c>
       <c r="D83" s="11">
         <v>7213</v>
       </c>
       <c r="E83" s="11">
         <v>7274</v>
       </c>
       <c r="F83" s="11">
         <v>7318</v>
       </c>
       <c r="G83" s="11">
         <v>7377</v>
       </c>
       <c r="H83" s="11">
         <v>7390</v>
       </c>
       <c r="I83" s="11">
         <v>7377</v>
       </c>
       <c r="J83" s="11">
         <v>7493</v>
       </c>
-      <c r="K83" s="11"/>
-[...1 lines deleted...]
-      <c r="M83" s="11"/>
+      <c r="K83" s="15"/>
+      <c r="L83" s="11">
+        <v>7398</v>
+      </c>
+      <c r="M83" s="11">
+        <v>7301</v>
+      </c>
     </row>
     <row r="84" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A84" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B84" s="11">
         <v>358</v>
       </c>
       <c r="C84" s="11">
         <v>409</v>
       </c>
       <c r="D84" s="11">
         <v>335</v>
       </c>
       <c r="E84" s="11">
         <v>302</v>
       </c>
       <c r="F84" s="11">
         <v>316</v>
       </c>
       <c r="G84" s="11">
         <v>325</v>
       </c>
       <c r="H84" s="11">
         <v>319</v>
       </c>
       <c r="I84" s="11">
         <v>286</v>
       </c>
       <c r="J84" s="11">
         <v>266</v>
       </c>
-      <c r="K84" s="11"/>
-[...1 lines deleted...]
-      <c r="M84" s="11"/>
+      <c r="K84" s="15"/>
+      <c r="L84" s="11">
+        <v>277</v>
+      </c>
+      <c r="M84" s="11">
+        <v>252</v>
+      </c>
     </row>
     <row r="85" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A85" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B85" s="12">
         <v>4.7</v>
       </c>
       <c r="C85" s="12">
         <v>5.4</v>
       </c>
       <c r="D85" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E85" s="12">
         <v>4</v>
       </c>
       <c r="F85" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="G85" s="12">
         <v>4.2</v>
       </c>
       <c r="H85" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="I85" s="12">
         <v>3.7</v>
       </c>
       <c r="J85" s="12">
         <v>3.4</v>
       </c>
-      <c r="K85" s="12"/>
-[...1 lines deleted...]
-      <c r="M85" s="12"/>
+      <c r="K85" s="16"/>
+      <c r="L85" s="12">
+        <v>3.6</v>
+      </c>
+      <c r="M85" s="12">
+        <v>3.3</v>
+      </c>
     </row>
     <row r="86" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A86" s="9"/>
       <c r="B86" s="12"/>
       <c r="C86" s="12"/>
       <c r="D86" s="12"/>
       <c r="E86" s="12"/>
       <c r="F86" s="12"/>
       <c r="G86" s="12"/>
       <c r="H86" s="12"/>
       <c r="I86" s="12"/>
       <c r="J86" s="12"/>
-      <c r="K86" s="12"/>
+      <c r="K86" s="16"/>
       <c r="L86" s="12"/>
       <c r="M86" s="12"/>
       <c r="N86" s="12"/>
     </row>
     <row r="87" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A87" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B87" s="6">
         <v>45658</v>
       </c>
       <c r="C87" s="6">
         <v>45689</v>
       </c>
       <c r="D87" s="6">
         <v>45717</v>
       </c>
       <c r="E87" s="6">
         <v>45748</v>
       </c>
       <c r="F87" s="6">
         <v>45778</v>
       </c>
       <c r="G87" s="6">
         <v>45809</v>
       </c>
       <c r="H87" s="6">
         <v>45839</v>
       </c>
       <c r="I87" s="6">
         <v>45870</v>
       </c>
       <c r="J87" s="6">
         <v>45901</v>
       </c>
-      <c r="K87" s="6"/>
-[...1 lines deleted...]
-      <c r="M87" s="6"/>
+      <c r="K87" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L87" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M87" s="6">
+        <v>45992</v>
+      </c>
       <c r="N87" s="6"/>
     </row>
     <row r="88" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A88" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B88" s="11">
         <v>25484</v>
       </c>
       <c r="C88" s="11">
         <v>25469</v>
       </c>
       <c r="D88" s="11">
         <v>25215</v>
       </c>
       <c r="E88" s="11">
         <v>25243</v>
       </c>
       <c r="F88" s="11">
         <v>25364</v>
       </c>
       <c r="G88" s="11">
         <v>25588</v>
       </c>
       <c r="H88" s="11">
         <v>25790</v>
       </c>
       <c r="I88" s="11">
         <v>25621</v>
       </c>
       <c r="J88" s="11">
         <v>25734</v>
       </c>
-      <c r="K88" s="11"/>
-[...1 lines deleted...]
-      <c r="M88" s="11"/>
+      <c r="K88" s="15"/>
+      <c r="L88" s="11">
+        <v>25626</v>
+      </c>
+      <c r="M88" s="11">
+        <v>25305</v>
+      </c>
     </row>
     <row r="89" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A89" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B89" s="11">
         <v>24092</v>
       </c>
       <c r="C89" s="11">
         <v>23832</v>
       </c>
       <c r="D89" s="11">
         <v>23890</v>
       </c>
       <c r="E89" s="11">
         <v>24093</v>
       </c>
       <c r="F89" s="11">
         <v>24246</v>
       </c>
       <c r="G89" s="11">
         <v>24441</v>
       </c>
       <c r="H89" s="11">
         <v>24491</v>
       </c>
       <c r="I89" s="11">
         <v>24442</v>
       </c>
       <c r="J89" s="11">
         <v>24824</v>
       </c>
-      <c r="K89" s="11"/>
-[...1 lines deleted...]
-      <c r="M89" s="11"/>
+      <c r="K89" s="15"/>
+      <c r="L89" s="11">
+        <v>24519</v>
+      </c>
+      <c r="M89" s="11">
+        <v>24193</v>
+      </c>
     </row>
     <row r="90" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A90" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B90" s="11">
         <v>1392</v>
       </c>
       <c r="C90" s="11">
         <v>1637</v>
       </c>
       <c r="D90" s="11">
         <v>1325</v>
       </c>
       <c r="E90" s="11">
         <v>1150</v>
       </c>
       <c r="F90" s="11">
         <v>1118</v>
       </c>
       <c r="G90" s="11">
         <v>1147</v>
       </c>
       <c r="H90" s="11">
         <v>1299</v>
       </c>
       <c r="I90" s="11">
         <v>1179</v>
       </c>
       <c r="J90" s="11">
         <v>910</v>
       </c>
-      <c r="K90" s="11"/>
-[...1 lines deleted...]
-      <c r="M90" s="11"/>
+      <c r="K90" s="15"/>
+      <c r="L90" s="11">
+        <v>1107</v>
+      </c>
+      <c r="M90" s="11">
+        <v>1112</v>
+      </c>
     </row>
     <row r="91" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A91" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B91" s="12">
         <v>5.5</v>
       </c>
       <c r="C91" s="12">
         <v>6.4</v>
       </c>
       <c r="D91" s="12">
         <v>5.3</v>
       </c>
       <c r="E91" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="F91" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="G91" s="12">
         <v>4.5</v>
       </c>
       <c r="H91" s="12">
         <v>5</v>
       </c>
       <c r="I91" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="J91" s="12">
         <v>3.5</v>
       </c>
-      <c r="K91" s="12"/>
-[...1 lines deleted...]
-      <c r="M91" s="12"/>
+      <c r="K91" s="16"/>
+      <c r="L91" s="12">
+        <v>4.3</v>
+      </c>
+      <c r="M91" s="12">
+        <v>4.4000000000000004</v>
+      </c>
     </row>
     <row r="92" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A92" s="9"/>
       <c r="B92" s="12"/>
       <c r="C92" s="12"/>
       <c r="D92" s="12"/>
       <c r="E92" s="12"/>
       <c r="F92" s="12"/>
       <c r="G92" s="12"/>
       <c r="H92" s="12"/>
       <c r="I92" s="12"/>
       <c r="J92" s="12"/>
-      <c r="K92" s="12"/>
+      <c r="K92" s="16"/>
       <c r="L92" s="12"/>
       <c r="M92" s="12"/>
       <c r="N92" s="12"/>
     </row>
     <row r="93" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A93" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="6">
         <v>45658</v>
       </c>
       <c r="C93" s="6">
         <v>45689</v>
       </c>
       <c r="D93" s="6">
         <v>45717</v>
       </c>
       <c r="E93" s="6">
         <v>45748</v>
       </c>
       <c r="F93" s="6">
         <v>45778</v>
       </c>
       <c r="G93" s="6">
         <v>45809</v>
       </c>
       <c r="H93" s="6">
         <v>45839</v>
       </c>
       <c r="I93" s="6">
         <v>45870</v>
       </c>
       <c r="J93" s="6">
         <v>45901</v>
       </c>
-      <c r="K93" s="6"/>
-[...1 lines deleted...]
-      <c r="M93" s="6"/>
+      <c r="K93" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L93" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M93" s="6">
+        <v>45992</v>
+      </c>
       <c r="N93" s="6"/>
     </row>
     <row r="94" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A94" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B94" s="11">
         <v>3608</v>
       </c>
       <c r="C94" s="11">
         <v>3601</v>
       </c>
       <c r="D94" s="11">
         <v>3554</v>
       </c>
       <c r="E94" s="11">
         <v>3537</v>
       </c>
       <c r="F94" s="11">
         <v>3560</v>
       </c>
       <c r="G94" s="11">
         <v>3577</v>
       </c>
       <c r="H94" s="11">
         <v>3594</v>
       </c>
       <c r="I94" s="11">
         <v>3599</v>
       </c>
       <c r="J94" s="11">
         <v>3605</v>
       </c>
-      <c r="K94" s="11"/>
-[...1 lines deleted...]
-      <c r="M94" s="11"/>
+      <c r="K94" s="15"/>
+      <c r="L94" s="11">
+        <v>3562</v>
+      </c>
+      <c r="M94" s="11">
+        <v>3537</v>
+      </c>
     </row>
     <row r="95" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A95" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B95" s="11">
         <v>3406</v>
       </c>
       <c r="C95" s="11">
         <v>3368</v>
       </c>
       <c r="D95" s="11">
         <v>3387</v>
       </c>
       <c r="E95" s="11">
         <v>3417</v>
       </c>
       <c r="F95" s="11">
         <v>3435</v>
       </c>
       <c r="G95" s="11">
         <v>3462</v>
       </c>
       <c r="H95" s="11">
         <v>3460</v>
       </c>
       <c r="I95" s="11">
         <v>3463</v>
       </c>
       <c r="J95" s="11">
         <v>3511</v>
       </c>
-      <c r="K95" s="11"/>
-[...1 lines deleted...]
-      <c r="M95" s="11"/>
+      <c r="K95" s="15"/>
+      <c r="L95" s="11">
+        <v>3438</v>
+      </c>
+      <c r="M95" s="11">
+        <v>3408</v>
+      </c>
     </row>
     <row r="96" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A96" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B96" s="11">
         <v>202</v>
       </c>
       <c r="C96" s="11">
         <v>233</v>
       </c>
       <c r="D96" s="11">
         <v>167</v>
       </c>
       <c r="E96" s="11">
         <v>120</v>
       </c>
       <c r="F96" s="11">
         <v>125</v>
       </c>
       <c r="G96" s="11">
         <v>115</v>
       </c>
       <c r="H96" s="11">
         <v>134</v>
       </c>
       <c r="I96" s="11">
         <v>136</v>
       </c>
       <c r="J96" s="11">
         <v>94</v>
       </c>
-      <c r="K96" s="11"/>
-[...1 lines deleted...]
-      <c r="M96" s="11"/>
+      <c r="K96" s="15"/>
+      <c r="L96" s="11">
+        <v>124</v>
+      </c>
+      <c r="M96" s="11">
+        <v>129</v>
+      </c>
     </row>
     <row r="97" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A97" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B97" s="12">
         <v>5.6</v>
       </c>
       <c r="C97" s="12">
         <v>6.5</v>
       </c>
       <c r="D97" s="12">
         <v>4.7</v>
       </c>
       <c r="E97" s="12">
         <v>3.4</v>
       </c>
       <c r="F97" s="12">
         <v>3.5</v>
       </c>
       <c r="G97" s="12">
         <v>3.2</v>
       </c>
       <c r="H97" s="12">
         <v>3.7</v>
       </c>
       <c r="I97" s="12">
         <v>3.8</v>
       </c>
       <c r="J97" s="12">
         <v>2.6</v>
       </c>
-      <c r="K97" s="12"/>
-[...1 lines deleted...]
-      <c r="M97" s="12"/>
+      <c r="K97" s="16"/>
+      <c r="L97" s="12">
+        <v>3.5</v>
+      </c>
+      <c r="M97" s="12">
+        <v>3.6</v>
+      </c>
     </row>
     <row r="98" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A98" s="9"/>
       <c r="B98" s="12"/>
       <c r="C98" s="12"/>
       <c r="D98" s="12"/>
       <c r="E98" s="12"/>
       <c r="F98" s="12"/>
       <c r="G98" s="12"/>
       <c r="H98" s="12"/>
       <c r="I98" s="12"/>
       <c r="J98" s="12"/>
-      <c r="K98" s="12"/>
+      <c r="K98" s="16"/>
       <c r="L98" s="12"/>
       <c r="M98" s="12"/>
       <c r="N98" s="12"/>
     </row>
     <row r="99" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A99" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B99" s="6">
         <v>45658</v>
       </c>
       <c r="C99" s="6">
         <v>45689</v>
       </c>
       <c r="D99" s="6">
         <v>45717</v>
       </c>
       <c r="E99" s="6">
         <v>45748</v>
       </c>
       <c r="F99" s="6">
         <v>45778</v>
       </c>
       <c r="G99" s="6">
         <v>45809</v>
       </c>
       <c r="H99" s="6">
         <v>45839</v>
       </c>
       <c r="I99" s="6">
         <v>45870</v>
       </c>
       <c r="J99" s="6">
         <v>45901</v>
       </c>
-      <c r="K99" s="6"/>
-[...1 lines deleted...]
-      <c r="M99" s="6"/>
+      <c r="K99" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L99" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M99" s="6">
+        <v>45992</v>
+      </c>
       <c r="N99" s="6"/>
     </row>
     <row r="100" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A100" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B100" s="11">
         <v>2710</v>
       </c>
       <c r="C100" s="11">
         <v>2711</v>
       </c>
       <c r="D100" s="11">
         <v>2668</v>
       </c>
       <c r="E100" s="11">
         <v>2662</v>
       </c>
       <c r="F100" s="11">
         <v>2671</v>
       </c>
       <c r="G100" s="11">
         <v>2693</v>
       </c>
       <c r="H100" s="11">
         <v>2711</v>
       </c>
       <c r="I100" s="11">
         <v>2697</v>
       </c>
       <c r="J100" s="11">
         <v>2716</v>
       </c>
-      <c r="K100" s="11"/>
-[...1 lines deleted...]
-      <c r="M100" s="11"/>
+      <c r="K100" s="15"/>
+      <c r="L100" s="11">
+        <v>2715</v>
+      </c>
+      <c r="M100" s="11">
+        <v>2695</v>
+      </c>
     </row>
     <row r="101" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A101" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B101" s="11">
         <v>2555</v>
       </c>
       <c r="C101" s="11">
         <v>2528</v>
       </c>
       <c r="D101" s="11">
         <v>2534</v>
       </c>
       <c r="E101" s="11">
         <v>2556</v>
       </c>
       <c r="F101" s="11">
         <v>2572</v>
       </c>
       <c r="G101" s="11">
         <v>2592</v>
       </c>
       <c r="H101" s="11">
         <v>2598</v>
       </c>
       <c r="I101" s="11">
         <v>2593</v>
       </c>
       <c r="J101" s="11">
         <v>2633</v>
       </c>
-      <c r="K101" s="11"/>
-[...1 lines deleted...]
-      <c r="M101" s="11"/>
+      <c r="K101" s="15"/>
+      <c r="L101" s="11">
+        <v>2601</v>
+      </c>
+      <c r="M101" s="11">
+        <v>2566</v>
+      </c>
     </row>
     <row r="102" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A102" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B102" s="11">
         <v>155</v>
       </c>
       <c r="C102" s="11">
         <v>183</v>
       </c>
       <c r="D102" s="11">
         <v>134</v>
       </c>
       <c r="E102" s="11">
         <v>106</v>
       </c>
       <c r="F102" s="11">
         <v>99</v>
       </c>
       <c r="G102" s="11">
         <v>101</v>
       </c>
       <c r="H102" s="11">
         <v>113</v>
       </c>
       <c r="I102" s="11">
         <v>104</v>
       </c>
       <c r="J102" s="11">
         <v>83</v>
       </c>
-      <c r="K102" s="11"/>
-[...1 lines deleted...]
-      <c r="M102" s="11"/>
+      <c r="K102" s="15"/>
+      <c r="L102" s="11">
+        <v>114</v>
+      </c>
+      <c r="M102" s="11">
+        <v>129</v>
+      </c>
     </row>
     <row r="103" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A103" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B103" s="12">
         <v>5.7</v>
       </c>
       <c r="C103" s="12">
         <v>6.8</v>
       </c>
       <c r="D103" s="12">
         <v>5</v>
       </c>
       <c r="E103" s="12">
         <v>4</v>
       </c>
       <c r="F103" s="12">
         <v>3.7</v>
       </c>
       <c r="G103" s="12">
         <v>3.8</v>
       </c>
       <c r="H103" s="12">
         <v>4.2</v>
       </c>
       <c r="I103" s="12">
         <v>3.9</v>
       </c>
       <c r="J103" s="12">
         <v>3.1</v>
       </c>
-      <c r="K103" s="12"/>
-[...1 lines deleted...]
-      <c r="M103" s="12"/>
+      <c r="K103" s="16"/>
+      <c r="L103" s="12">
+        <v>4.2</v>
+      </c>
+      <c r="M103" s="12">
+        <v>4.8</v>
+      </c>
     </row>
     <row r="104" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A104" s="9"/>
       <c r="B104" s="12"/>
       <c r="C104" s="12"/>
       <c r="D104" s="12"/>
       <c r="E104" s="12"/>
       <c r="F104" s="12"/>
       <c r="G104" s="12"/>
       <c r="H104" s="12"/>
       <c r="I104" s="12"/>
       <c r="J104" s="12"/>
-      <c r="K104" s="12"/>
+      <c r="K104" s="16"/>
       <c r="L104" s="12"/>
       <c r="M104" s="12"/>
       <c r="N104" s="12"/>
     </row>
     <row r="105" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A105" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B105" s="6">
         <v>45658</v>
       </c>
       <c r="C105" s="6">
         <v>45689</v>
       </c>
       <c r="D105" s="6">
         <v>45717</v>
       </c>
       <c r="E105" s="6">
         <v>45748</v>
       </c>
       <c r="F105" s="6">
         <v>45778</v>
       </c>
       <c r="G105" s="6">
         <v>45809</v>
       </c>
       <c r="H105" s="6">
         <v>45839</v>
       </c>
       <c r="I105" s="6">
         <v>45870</v>
       </c>
       <c r="J105" s="6">
         <v>45901</v>
       </c>
-      <c r="K105" s="6"/>
-[...1 lines deleted...]
-      <c r="M105" s="6"/>
+      <c r="K105" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L105" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M105" s="6">
+        <v>45992</v>
+      </c>
       <c r="N105" s="6"/>
     </row>
     <row r="106" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A106" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B106" s="11">
         <v>5604</v>
       </c>
       <c r="C106" s="11">
         <v>5589</v>
       </c>
       <c r="D106" s="11">
         <v>5538</v>
       </c>
       <c r="E106" s="11">
         <v>5555</v>
       </c>
       <c r="F106" s="11">
         <v>5588</v>
       </c>
       <c r="G106" s="11">
         <v>5622</v>
       </c>
       <c r="H106" s="11">
         <v>5647</v>
       </c>
       <c r="I106" s="11">
         <v>5629</v>
       </c>
       <c r="J106" s="11">
         <v>5659</v>
       </c>
-      <c r="K106" s="11"/>
-[...1 lines deleted...]
-      <c r="M106" s="11"/>
+      <c r="K106" s="15"/>
+      <c r="L106" s="11">
+        <v>5642</v>
+      </c>
+      <c r="M106" s="11">
+        <v>5596</v>
+      </c>
     </row>
     <row r="107" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A107" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B107" s="11">
         <v>5351</v>
       </c>
       <c r="C107" s="11">
         <v>5293</v>
       </c>
       <c r="D107" s="11">
         <v>5306</v>
       </c>
       <c r="E107" s="11">
         <v>5351</v>
       </c>
       <c r="F107" s="11">
         <v>5385</v>
       </c>
       <c r="G107" s="11">
         <v>5428</v>
       </c>
       <c r="H107" s="11">
         <v>5440</v>
       </c>
       <c r="I107" s="11">
         <v>5429</v>
       </c>
       <c r="J107" s="11">
         <v>5514</v>
       </c>
-      <c r="K107" s="11"/>
-[...1 lines deleted...]
-      <c r="M107" s="11"/>
+      <c r="K107" s="15"/>
+      <c r="L107" s="11">
+        <v>5446</v>
+      </c>
+      <c r="M107" s="11">
+        <v>5373</v>
+      </c>
     </row>
     <row r="108" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A108" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B108" s="11">
         <v>253</v>
       </c>
       <c r="C108" s="11">
         <v>296</v>
       </c>
       <c r="D108" s="11">
         <v>232</v>
       </c>
       <c r="E108" s="11">
         <v>204</v>
       </c>
       <c r="F108" s="11">
         <v>203</v>
       </c>
       <c r="G108" s="11">
         <v>194</v>
       </c>
       <c r="H108" s="11">
         <v>207</v>
       </c>
       <c r="I108" s="11">
         <v>200</v>
       </c>
       <c r="J108" s="11">
         <v>145</v>
       </c>
-      <c r="K108" s="11"/>
-[...1 lines deleted...]
-      <c r="M108" s="11"/>
+      <c r="K108" s="15"/>
+      <c r="L108" s="11">
+        <v>196</v>
+      </c>
+      <c r="M108" s="11">
+        <v>223</v>
+      </c>
     </row>
     <row r="109" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A109" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B109" s="12">
         <v>4.5</v>
       </c>
       <c r="C109" s="12">
         <v>5.3</v>
       </c>
       <c r="D109" s="12">
         <v>4.2</v>
       </c>
       <c r="E109" s="12">
         <v>3.7</v>
       </c>
       <c r="F109" s="12">
         <v>3.6</v>
       </c>
       <c r="G109" s="12">
         <v>3.5</v>
       </c>
       <c r="H109" s="12">
         <v>3.7</v>
       </c>
       <c r="I109" s="12">
         <v>3.6</v>
       </c>
       <c r="J109" s="12">
         <v>2.6</v>
       </c>
-      <c r="K109" s="12"/>
-[...1 lines deleted...]
-      <c r="M109" s="12"/>
+      <c r="K109" s="16"/>
+      <c r="L109" s="12">
+        <v>3.5</v>
+      </c>
+      <c r="M109" s="12">
+        <v>4</v>
+      </c>
     </row>
     <row r="110" spans="1:14" s="8" customFormat="1" ht="18" customHeight="1">
       <c r="A110" s="9"/>
       <c r="B110" s="12"/>
       <c r="C110" s="12"/>
       <c r="D110" s="12"/>
       <c r="E110" s="12"/>
       <c r="F110" s="12"/>
       <c r="G110" s="12"/>
       <c r="H110" s="12"/>
       <c r="I110" s="12"/>
       <c r="J110" s="12"/>
-      <c r="K110" s="12"/>
+      <c r="K110" s="16"/>
       <c r="L110" s="12"/>
       <c r="M110" s="12"/>
       <c r="N110" s="12"/>
     </row>
     <row r="111" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A111" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B111" s="6">
         <v>45658</v>
       </c>
       <c r="C111" s="6">
         <v>45689</v>
       </c>
       <c r="D111" s="6">
         <v>45717</v>
       </c>
       <c r="E111" s="6">
         <v>45748</v>
       </c>
       <c r="F111" s="6">
         <v>45778</v>
       </c>
       <c r="G111" s="6">
         <v>45809</v>
       </c>
       <c r="H111" s="6">
         <v>45839</v>
       </c>
       <c r="I111" s="6">
         <v>45870</v>
       </c>
       <c r="J111" s="6">
         <v>45901</v>
       </c>
-      <c r="K111" s="6"/>
-[...1 lines deleted...]
-      <c r="M111" s="6"/>
+      <c r="K111" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L111" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M111" s="6">
+        <v>45992</v>
+      </c>
       <c r="N111" s="6"/>
     </row>
     <row r="112" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A112" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B112" s="11">
         <v>4878</v>
       </c>
       <c r="C112" s="11">
         <v>4865</v>
       </c>
       <c r="D112" s="11">
         <v>4827</v>
       </c>
       <c r="E112" s="11">
         <v>4824</v>
       </c>
       <c r="F112" s="11">
         <v>4853</v>
       </c>
       <c r="G112" s="11">
         <v>4874</v>
       </c>
       <c r="H112" s="11">
         <v>4904</v>
       </c>
       <c r="I112" s="11">
         <v>4911</v>
       </c>
       <c r="J112" s="11">
         <v>4916</v>
       </c>
-      <c r="K112" s="11"/>
-[...1 lines deleted...]
-      <c r="M112" s="11"/>
+      <c r="K112" s="15"/>
+      <c r="L112" s="11">
+        <v>4830</v>
+      </c>
+      <c r="M112" s="11">
+        <v>4806</v>
+      </c>
     </row>
     <row r="113" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A113" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B113" s="11">
         <v>4659</v>
       </c>
       <c r="C113" s="11">
         <v>4607</v>
       </c>
       <c r="D113" s="11">
         <v>4634</v>
       </c>
       <c r="E113" s="11">
         <v>4675</v>
       </c>
       <c r="F113" s="11">
         <v>4699</v>
       </c>
       <c r="G113" s="11">
         <v>4736</v>
       </c>
       <c r="H113" s="11">
         <v>4733</v>
       </c>
       <c r="I113" s="11">
         <v>4738</v>
       </c>
       <c r="J113" s="11">
         <v>4804</v>
       </c>
-      <c r="K113" s="11"/>
-[...1 lines deleted...]
-      <c r="M113" s="11"/>
+      <c r="K113" s="15"/>
+      <c r="L113" s="11">
+        <v>4704</v>
+      </c>
+      <c r="M113" s="11">
+        <v>4662</v>
+      </c>
     </row>
     <row r="114" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A114" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B114" s="11">
         <v>219</v>
       </c>
       <c r="C114" s="11">
         <v>258</v>
       </c>
       <c r="D114" s="11">
         <v>193</v>
       </c>
       <c r="E114" s="11">
         <v>149</v>
       </c>
       <c r="F114" s="11">
         <v>154</v>
       </c>
       <c r="G114" s="11">
         <v>138</v>
       </c>
       <c r="H114" s="11">
         <v>171</v>
       </c>
       <c r="I114" s="11">
         <v>173</v>
       </c>
       <c r="J114" s="11">
         <v>112</v>
       </c>
-      <c r="K114" s="11"/>
-[...1 lines deleted...]
-      <c r="M114" s="11"/>
+      <c r="K114" s="15"/>
+      <c r="L114" s="11">
+        <v>126</v>
+      </c>
+      <c r="M114" s="11">
+        <v>144</v>
+      </c>
     </row>
     <row r="115" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A115" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B115" s="12">
         <v>4.5</v>
       </c>
       <c r="C115" s="12">
         <v>5.3</v>
       </c>
       <c r="D115" s="12">
         <v>4</v>
       </c>
       <c r="E115" s="12">
         <v>3.1</v>
       </c>
       <c r="F115" s="12">
         <v>3.2</v>
       </c>
       <c r="G115" s="12">
         <v>2.8</v>
       </c>
       <c r="H115" s="12">
         <v>3.5</v>
       </c>
       <c r="I115" s="12">
         <v>3.5</v>
       </c>
       <c r="J115" s="12">
         <v>2.2999999999999998</v>
       </c>
-      <c r="K115" s="12"/>
-[...1 lines deleted...]
-      <c r="M115" s="12"/>
+      <c r="K115" s="16"/>
+      <c r="L115" s="12">
+        <v>2.6</v>
+      </c>
+      <c r="M115" s="12">
+        <v>3</v>
+      </c>
     </row>
     <row r="116" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A116" s="9"/>
       <c r="B116" s="12"/>
       <c r="C116" s="12"/>
       <c r="D116" s="12"/>
       <c r="E116" s="12"/>
       <c r="F116" s="12"/>
       <c r="G116" s="12"/>
       <c r="H116" s="12"/>
       <c r="I116" s="12"/>
       <c r="J116" s="12"/>
-      <c r="K116" s="12"/>
+      <c r="K116" s="16"/>
       <c r="L116" s="12"/>
       <c r="M116" s="12"/>
       <c r="N116" s="12"/>
     </row>
     <row r="117" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A117" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B117" s="6">
         <v>45658</v>
       </c>
       <c r="C117" s="6">
         <v>45689</v>
       </c>
       <c r="D117" s="6">
         <v>45717</v>
       </c>
       <c r="E117" s="6">
         <v>45748</v>
       </c>
       <c r="F117" s="6">
         <v>45778</v>
       </c>
       <c r="G117" s="6">
         <v>45809</v>
       </c>
       <c r="H117" s="6">
         <v>45839</v>
       </c>
       <c r="I117" s="6">
         <v>45870</v>
       </c>
       <c r="J117" s="6">
         <v>45901</v>
       </c>
-      <c r="K117" s="6"/>
-[...1 lines deleted...]
-      <c r="M117" s="6"/>
+      <c r="K117" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L117" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M117" s="6">
+        <v>45992</v>
+      </c>
       <c r="N117" s="6"/>
     </row>
     <row r="118" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A118" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B118" s="11">
         <v>2779</v>
       </c>
       <c r="C118" s="11">
         <v>2762</v>
       </c>
       <c r="D118" s="11">
         <v>2756</v>
       </c>
       <c r="E118" s="11">
         <v>2768</v>
       </c>
       <c r="F118" s="11">
         <v>2798</v>
       </c>
       <c r="G118" s="11">
         <v>2806</v>
       </c>
       <c r="H118" s="11">
         <v>2804</v>
       </c>
       <c r="I118" s="11">
         <v>2797</v>
       </c>
       <c r="J118" s="11">
         <v>2824</v>
       </c>
-      <c r="K118" s="11"/>
-[...1 lines deleted...]
-      <c r="M118" s="11"/>
+      <c r="K118" s="15"/>
+      <c r="L118" s="11">
+        <v>2783</v>
+      </c>
+      <c r="M118" s="11">
+        <v>2753</v>
+      </c>
     </row>
     <row r="119" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A119" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B119" s="11">
         <v>2666</v>
       </c>
       <c r="C119" s="11">
         <v>2636</v>
       </c>
       <c r="D119" s="11">
         <v>2652</v>
       </c>
       <c r="E119" s="11">
         <v>2677</v>
       </c>
       <c r="F119" s="11">
         <v>2693</v>
       </c>
       <c r="G119" s="11">
         <v>2713</v>
       </c>
       <c r="H119" s="11">
         <v>2711</v>
       </c>
       <c r="I119" s="11">
         <v>2715</v>
       </c>
       <c r="J119" s="11">
         <v>2749</v>
       </c>
-      <c r="K119" s="11"/>
-[...1 lines deleted...]
-      <c r="M119" s="11"/>
+      <c r="K119" s="15"/>
+      <c r="L119" s="11">
+        <v>2684</v>
+      </c>
+      <c r="M119" s="11">
+        <v>2665</v>
+      </c>
     </row>
     <row r="120" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A120" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B120" s="11">
         <v>113</v>
       </c>
       <c r="C120" s="11">
         <v>126</v>
       </c>
       <c r="D120" s="11">
         <v>104</v>
       </c>
       <c r="E120" s="11">
         <v>91</v>
       </c>
       <c r="F120" s="11">
         <v>105</v>
       </c>
       <c r="G120" s="11">
         <v>93</v>
       </c>
       <c r="H120" s="11">
         <v>93</v>
       </c>
       <c r="I120" s="11">
         <v>82</v>
       </c>
       <c r="J120" s="11">
         <v>75</v>
       </c>
-      <c r="K120" s="11"/>
-[...1 lines deleted...]
-      <c r="M120" s="11"/>
+      <c r="K120" s="15"/>
+      <c r="L120" s="11">
+        <v>99</v>
+      </c>
+      <c r="M120" s="11">
+        <v>88</v>
+      </c>
     </row>
     <row r="121" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A121" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B121" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="C121" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="D121" s="12">
         <v>3.8</v>
       </c>
       <c r="E121" s="12">
         <v>3.3</v>
       </c>
       <c r="F121" s="12">
         <v>3.8</v>
       </c>
       <c r="G121" s="12">
         <v>3.3</v>
       </c>
       <c r="H121" s="12">
         <v>3.3</v>
       </c>
       <c r="I121" s="12">
         <v>2.9</v>
       </c>
       <c r="J121" s="12">
         <v>2.7</v>
       </c>
-      <c r="K121" s="12"/>
-[...1 lines deleted...]
-      <c r="M121" s="12"/>
+      <c r="K121" s="16"/>
+      <c r="L121" s="12">
+        <v>3.6</v>
+      </c>
+      <c r="M121" s="12">
+        <v>3.2</v>
+      </c>
     </row>
     <row r="122" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A122" s="9"/>
       <c r="B122" s="12"/>
       <c r="C122" s="12"/>
       <c r="D122" s="12"/>
       <c r="E122" s="12"/>
       <c r="F122" s="12"/>
       <c r="G122" s="12"/>
       <c r="H122" s="12"/>
       <c r="I122" s="12"/>
       <c r="J122" s="12"/>
-      <c r="K122" s="12"/>
+      <c r="K122" s="16"/>
       <c r="L122" s="12"/>
       <c r="M122" s="12"/>
       <c r="N122" s="12"/>
     </row>
     <row r="123" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A123" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B123" s="6">
         <v>45658</v>
       </c>
       <c r="C123" s="6">
         <v>45689</v>
       </c>
       <c r="D123" s="6">
         <v>45717</v>
       </c>
       <c r="E123" s="6">
         <v>45748</v>
       </c>
       <c r="F123" s="6">
         <v>45778</v>
       </c>
       <c r="G123" s="6">
         <v>45809</v>
       </c>
       <c r="H123" s="6">
         <v>45839</v>
       </c>
       <c r="I123" s="6">
         <v>45870</v>
       </c>
       <c r="J123" s="6">
         <v>45901</v>
       </c>
-      <c r="K123" s="6"/>
-[...1 lines deleted...]
-      <c r="M123" s="6"/>
+      <c r="K123" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L123" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M123" s="6">
+        <v>45992</v>
+      </c>
       <c r="N123" s="6"/>
     </row>
     <row r="124" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A124" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B124" s="11">
         <v>14745</v>
       </c>
       <c r="C124" s="11">
         <v>14774</v>
       </c>
       <c r="D124" s="11">
         <v>14617</v>
       </c>
       <c r="E124" s="11">
         <v>14579</v>
       </c>
       <c r="F124" s="11">
         <v>14667</v>
       </c>
       <c r="G124" s="11">
         <v>14711</v>
       </c>
       <c r="H124" s="11">
         <v>14813</v>
       </c>
       <c r="I124" s="11">
         <v>14772</v>
       </c>
       <c r="J124" s="11">
         <v>14843</v>
       </c>
-      <c r="K124" s="11"/>
-[...1 lines deleted...]
-      <c r="M124" s="11"/>
+      <c r="K124" s="15"/>
+      <c r="L124" s="11">
+        <v>14713</v>
+      </c>
+      <c r="M124" s="11">
+        <v>14581</v>
+      </c>
     </row>
     <row r="125" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A125" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B125" s="11">
         <v>13756</v>
       </c>
       <c r="C125" s="11">
         <v>13608</v>
       </c>
       <c r="D125" s="11">
         <v>13641</v>
       </c>
       <c r="E125" s="11">
         <v>13757</v>
       </c>
       <c r="F125" s="11">
         <v>13844</v>
       </c>
       <c r="G125" s="11">
         <v>13955</v>
       </c>
       <c r="H125" s="11">
         <v>13984</v>
       </c>
       <c r="I125" s="11">
         <v>13956</v>
       </c>
       <c r="J125" s="11">
         <v>14175</v>
       </c>
-      <c r="K125" s="11"/>
-[...1 lines deleted...]
-      <c r="M125" s="11"/>
+      <c r="K125" s="15"/>
+      <c r="L125" s="11">
+        <v>14000</v>
+      </c>
+      <c r="M125" s="11">
+        <v>13814</v>
+      </c>
     </row>
     <row r="126" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A126" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B126" s="11">
         <v>989</v>
       </c>
       <c r="C126" s="11">
         <v>1166</v>
       </c>
       <c r="D126" s="11">
         <v>976</v>
       </c>
       <c r="E126" s="11">
         <v>822</v>
       </c>
       <c r="F126" s="11">
         <v>823</v>
       </c>
       <c r="G126" s="11">
         <v>756</v>
       </c>
       <c r="H126" s="11">
         <v>829</v>
       </c>
       <c r="I126" s="11">
         <v>816</v>
       </c>
       <c r="J126" s="11">
         <v>668</v>
       </c>
-      <c r="K126" s="11"/>
-[...1 lines deleted...]
-      <c r="M126" s="11"/>
+      <c r="K126" s="15"/>
+      <c r="L126" s="11">
+        <v>713</v>
+      </c>
+      <c r="M126" s="11">
+        <v>767</v>
+      </c>
     </row>
     <row r="127" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A127" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B127" s="12">
         <v>6.7</v>
       </c>
       <c r="C127" s="12">
         <v>7.9</v>
       </c>
       <c r="D127" s="12">
         <v>6.7</v>
       </c>
       <c r="E127" s="12">
         <v>5.6</v>
       </c>
       <c r="F127" s="12">
         <v>5.6</v>
       </c>
       <c r="G127" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="H127" s="12">
         <v>5.6</v>
       </c>
       <c r="I127" s="12">
         <v>5.5</v>
       </c>
       <c r="J127" s="12">
         <v>4.5</v>
       </c>
-      <c r="K127" s="12"/>
-[...1 lines deleted...]
-      <c r="M127" s="12"/>
+      <c r="K127" s="16"/>
+      <c r="L127" s="12">
+        <v>4.8</v>
+      </c>
+      <c r="M127" s="12">
+        <v>5.3</v>
+      </c>
     </row>
     <row r="128" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A128" s="9"/>
       <c r="B128" s="12"/>
       <c r="C128" s="12"/>
       <c r="D128" s="12"/>
       <c r="E128" s="12"/>
       <c r="F128" s="12"/>
       <c r="G128" s="12"/>
       <c r="H128" s="12"/>
       <c r="I128" s="12"/>
       <c r="J128" s="12"/>
-      <c r="K128" s="12"/>
+      <c r="K128" s="16"/>
       <c r="L128" s="12"/>
       <c r="M128" s="12"/>
       <c r="N128" s="12"/>
     </row>
     <row r="129" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A129" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B129" s="6">
         <v>45658</v>
       </c>
       <c r="C129" s="6">
         <v>45689</v>
       </c>
       <c r="D129" s="6">
         <v>45717</v>
       </c>
       <c r="E129" s="6">
         <v>45748</v>
       </c>
       <c r="F129" s="6">
         <v>45778</v>
       </c>
       <c r="G129" s="6">
         <v>45809</v>
       </c>
       <c r="H129" s="6">
         <v>45839</v>
       </c>
       <c r="I129" s="6">
         <v>45870</v>
       </c>
       <c r="J129" s="6">
         <v>45901</v>
       </c>
-      <c r="K129" s="6"/>
-[...1 lines deleted...]
-      <c r="M129" s="6"/>
+      <c r="K129" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L129" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M129" s="6">
+        <v>45992</v>
+      </c>
       <c r="N129" s="6"/>
     </row>
     <row r="130" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A130" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B130" s="11">
         <v>12366</v>
       </c>
       <c r="C130" s="11">
         <v>12318</v>
       </c>
       <c r="D130" s="11">
         <v>12225</v>
       </c>
       <c r="E130" s="11">
         <v>12269</v>
       </c>
       <c r="F130" s="11">
         <v>12361</v>
       </c>
       <c r="G130" s="11">
         <v>12433</v>
       </c>
       <c r="H130" s="11">
         <v>12514</v>
       </c>
       <c r="I130" s="11">
         <v>12465</v>
       </c>
       <c r="J130" s="11">
         <v>12531</v>
       </c>
-      <c r="K130" s="11"/>
-[...1 lines deleted...]
-      <c r="M130" s="11"/>
+      <c r="K130" s="15"/>
+      <c r="L130" s="11">
+        <v>12520</v>
+      </c>
+      <c r="M130" s="11">
+        <v>12361</v>
+      </c>
     </row>
     <row r="131" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A131" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B131" s="11">
         <v>11772</v>
       </c>
       <c r="C131" s="11">
         <v>11645</v>
       </c>
       <c r="D131" s="11">
         <v>11673</v>
       </c>
       <c r="E131" s="11">
         <v>11772</v>
       </c>
       <c r="F131" s="11">
         <v>11847</v>
       </c>
       <c r="G131" s="11">
         <v>11942</v>
       </c>
       <c r="H131" s="11">
         <v>11967</v>
       </c>
       <c r="I131" s="11">
         <v>11943</v>
       </c>
       <c r="J131" s="11">
         <v>12130</v>
       </c>
-      <c r="K131" s="11"/>
-[...1 lines deleted...]
-      <c r="M131" s="11"/>
+      <c r="K131" s="15"/>
+      <c r="L131" s="11">
+        <v>11981</v>
+      </c>
+      <c r="M131" s="11">
+        <v>11821</v>
+      </c>
     </row>
     <row r="132" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A132" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B132" s="11">
         <v>594</v>
       </c>
       <c r="C132" s="11">
         <v>673</v>
       </c>
       <c r="D132" s="11">
         <v>552</v>
       </c>
       <c r="E132" s="11">
         <v>497</v>
       </c>
       <c r="F132" s="11">
         <v>514</v>
       </c>
       <c r="G132" s="11">
         <v>491</v>
       </c>
       <c r="H132" s="11">
         <v>547</v>
       </c>
       <c r="I132" s="11">
         <v>522</v>
       </c>
       <c r="J132" s="11">
         <v>401</v>
       </c>
-      <c r="K132" s="11"/>
-[...1 lines deleted...]
-      <c r="M132" s="11"/>
+      <c r="K132" s="15"/>
+      <c r="L132" s="11">
+        <v>539</v>
+      </c>
+      <c r="M132" s="11">
+        <v>540</v>
+      </c>
     </row>
     <row r="133" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A133" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B133" s="12">
         <v>4.8</v>
       </c>
       <c r="C133" s="12">
         <v>5.5</v>
       </c>
       <c r="D133" s="12">
         <v>4.5</v>
       </c>
       <c r="E133" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="F133" s="12">
         <v>4.2</v>
       </c>
       <c r="G133" s="12">
         <v>3.9</v>
       </c>
       <c r="H133" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="I133" s="12">
         <v>4.2</v>
       </c>
       <c r="J133" s="12">
         <v>3.2</v>
       </c>
-      <c r="K133" s="12"/>
-[...1 lines deleted...]
-      <c r="M133" s="12"/>
+      <c r="K133" s="16"/>
+      <c r="L133" s="12">
+        <v>4.3</v>
+      </c>
+      <c r="M133" s="12">
+        <v>4.4000000000000004</v>
+      </c>
     </row>
     <row r="134" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A134" s="9"/>
       <c r="B134" s="12"/>
       <c r="C134" s="12"/>
       <c r="D134" s="12"/>
       <c r="E134" s="12"/>
       <c r="F134" s="12"/>
       <c r="G134" s="12"/>
       <c r="H134" s="12"/>
       <c r="I134" s="12"/>
       <c r="J134" s="12"/>
-      <c r="K134" s="12"/>
+      <c r="K134" s="16"/>
       <c r="L134" s="12"/>
       <c r="M134" s="12"/>
       <c r="N134" s="12"/>
     </row>
     <row r="135" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A135" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B135" s="6">
         <v>45658</v>
       </c>
       <c r="C135" s="6">
         <v>45689</v>
       </c>
       <c r="D135" s="6">
         <v>45717</v>
       </c>
       <c r="E135" s="6">
         <v>45748</v>
       </c>
       <c r="F135" s="6">
         <v>45778</v>
       </c>
       <c r="G135" s="6">
         <v>45809</v>
       </c>
       <c r="H135" s="6">
         <v>45839</v>
       </c>
       <c r="I135" s="6">
         <v>45870</v>
       </c>
       <c r="J135" s="6">
         <v>45901</v>
       </c>
-      <c r="K135" s="6"/>
-[...1 lines deleted...]
-      <c r="M135" s="6"/>
+      <c r="K135" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L135" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M135" s="6">
+        <v>45992</v>
+      </c>
       <c r="N135" s="6"/>
     </row>
     <row r="136" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A136" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B136" s="11">
         <v>1785</v>
       </c>
       <c r="C136" s="11">
         <v>1787</v>
       </c>
       <c r="D136" s="11">
         <v>1766</v>
       </c>
       <c r="E136" s="11">
         <v>1761</v>
       </c>
       <c r="F136" s="11">
         <v>1769</v>
       </c>
       <c r="G136" s="11">
         <v>1780</v>
       </c>
       <c r="H136" s="11">
         <v>1793</v>
       </c>
       <c r="I136" s="11">
         <v>1790</v>
       </c>
       <c r="J136" s="11">
         <v>1805</v>
       </c>
-      <c r="K136" s="11"/>
-[...1 lines deleted...]
-      <c r="M136" s="11"/>
+      <c r="K136" s="15"/>
+      <c r="L136" s="11">
+        <v>1777</v>
+      </c>
+      <c r="M136" s="11">
+        <v>1759</v>
+      </c>
     </row>
     <row r="137" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A137" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B137" s="11">
         <v>1693</v>
       </c>
       <c r="C137" s="11">
         <v>1674</v>
       </c>
       <c r="D137" s="11">
         <v>1685</v>
       </c>
       <c r="E137" s="11">
         <v>1700</v>
       </c>
       <c r="F137" s="11">
         <v>1710</v>
       </c>
       <c r="G137" s="11">
         <v>1723</v>
       </c>
       <c r="H137" s="11">
         <v>1722</v>
       </c>
       <c r="I137" s="11">
         <v>1724</v>
       </c>
       <c r="J137" s="11">
         <v>1746</v>
       </c>
-      <c r="K137" s="11"/>
-[...1 lines deleted...]
-      <c r="M137" s="11"/>
+      <c r="K137" s="15"/>
+      <c r="L137" s="11">
+        <v>1704</v>
+      </c>
+      <c r="M137" s="11">
+        <v>1692</v>
+      </c>
     </row>
     <row r="138" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A138" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B138" s="11">
         <v>92</v>
       </c>
       <c r="C138" s="11">
         <v>113</v>
       </c>
       <c r="D138" s="11">
         <v>81</v>
       </c>
       <c r="E138" s="11">
         <v>61</v>
       </c>
       <c r="F138" s="11">
         <v>59</v>
       </c>
       <c r="G138" s="11">
         <v>57</v>
       </c>
       <c r="H138" s="11">
         <v>71</v>
       </c>
       <c r="I138" s="11">
         <v>66</v>
       </c>
       <c r="J138" s="11">
         <v>59</v>
       </c>
-      <c r="K138" s="11"/>
-[...1 lines deleted...]
-      <c r="M138" s="11"/>
+      <c r="K138" s="15"/>
+      <c r="L138" s="11">
+        <v>73</v>
+      </c>
+      <c r="M138" s="11">
+        <v>67</v>
+      </c>
     </row>
     <row r="139" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A139" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B139" s="12">
         <v>5.2</v>
       </c>
       <c r="C139" s="12">
         <v>6.3</v>
       </c>
       <c r="D139" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="E139" s="12">
         <v>3.5</v>
       </c>
       <c r="F139" s="12">
         <v>3.3</v>
       </c>
       <c r="G139" s="12">
         <v>3.2</v>
       </c>
       <c r="H139" s="12">
         <v>4</v>
       </c>
       <c r="I139" s="12">
         <v>3.7</v>
       </c>
       <c r="J139" s="12">
         <v>3.3</v>
       </c>
-      <c r="K139" s="12"/>
-[...1 lines deleted...]
-      <c r="M139" s="12"/>
+      <c r="K139" s="16"/>
+      <c r="L139" s="12">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="M139" s="12">
+        <v>3.8</v>
+      </c>
     </row>
     <row r="140" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A140" s="9"/>
       <c r="B140" s="12"/>
       <c r="C140" s="12"/>
       <c r="D140" s="12"/>
       <c r="E140" s="12"/>
       <c r="F140" s="12"/>
       <c r="G140" s="12"/>
       <c r="H140" s="12"/>
       <c r="I140" s="12"/>
       <c r="J140" s="12"/>
-      <c r="K140" s="12"/>
+      <c r="K140" s="16"/>
       <c r="L140" s="12"/>
       <c r="M140" s="12"/>
       <c r="N140" s="12"/>
     </row>
     <row r="141" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A141" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B141" s="6">
         <v>45658</v>
       </c>
       <c r="C141" s="6">
         <v>45689</v>
       </c>
       <c r="D141" s="6">
         <v>45717</v>
       </c>
       <c r="E141" s="6">
         <v>45748</v>
       </c>
       <c r="F141" s="6">
         <v>45778</v>
       </c>
       <c r="G141" s="6">
         <v>45809</v>
       </c>
       <c r="H141" s="6">
         <v>45839</v>
       </c>
       <c r="I141" s="6">
         <v>45870</v>
       </c>
       <c r="J141" s="6">
         <v>45901</v>
       </c>
-      <c r="K141" s="6"/>
-[...1 lines deleted...]
-      <c r="M141" s="6"/>
+      <c r="K141" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L141" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M141" s="6">
+        <v>45992</v>
+      </c>
       <c r="N141" s="6"/>
     </row>
     <row r="142" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A142" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B142" s="11">
         <v>8097</v>
       </c>
       <c r="C142" s="11">
         <v>8066</v>
       </c>
       <c r="D142" s="11">
         <v>7998</v>
       </c>
       <c r="E142" s="11">
         <v>7984</v>
       </c>
       <c r="F142" s="11">
         <v>8045</v>
       </c>
       <c r="G142" s="11">
         <v>8086</v>
       </c>
       <c r="H142" s="11">
         <v>8089</v>
       </c>
       <c r="I142" s="11">
         <v>8078</v>
       </c>
       <c r="J142" s="11">
         <v>8119</v>
       </c>
-      <c r="K142" s="11"/>
-[...1 lines deleted...]
-      <c r="M142" s="11"/>
+      <c r="K142" s="15"/>
+      <c r="L142" s="11">
+        <v>8016</v>
+      </c>
+      <c r="M142" s="11">
+        <v>7976</v>
+      </c>
     </row>
     <row r="143" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A143" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B143" s="11">
         <v>7639</v>
       </c>
       <c r="C143" s="11">
         <v>7553</v>
       </c>
       <c r="D143" s="11">
         <v>7601</v>
       </c>
       <c r="E143" s="11">
         <v>7672</v>
       </c>
       <c r="F143" s="11">
         <v>7716</v>
       </c>
       <c r="G143" s="11">
         <v>7775</v>
       </c>
       <c r="H143" s="11">
         <v>7770</v>
       </c>
       <c r="I143" s="11">
         <v>7779</v>
       </c>
       <c r="J143" s="11">
         <v>7876</v>
       </c>
-      <c r="K143" s="11"/>
-[...1 lines deleted...]
-      <c r="M143" s="11"/>
+      <c r="K143" s="15"/>
+      <c r="L143" s="11">
+        <v>7690</v>
+      </c>
+      <c r="M143" s="11">
+        <v>7636</v>
+      </c>
     </row>
     <row r="144" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A144" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B144" s="11">
         <v>458</v>
       </c>
       <c r="C144" s="11">
         <v>513</v>
       </c>
       <c r="D144" s="11">
         <v>397</v>
       </c>
       <c r="E144" s="11">
         <v>312</v>
       </c>
       <c r="F144" s="11">
         <v>329</v>
       </c>
       <c r="G144" s="11">
         <v>311</v>
       </c>
       <c r="H144" s="11">
         <v>319</v>
       </c>
       <c r="I144" s="11">
         <v>299</v>
       </c>
       <c r="J144" s="11">
         <v>243</v>
       </c>
-      <c r="K144" s="11"/>
-[...1 lines deleted...]
-      <c r="M144" s="11"/>
+      <c r="K144" s="15"/>
+      <c r="L144" s="11">
+        <v>326</v>
+      </c>
+      <c r="M144" s="11">
+        <v>340</v>
+      </c>
     </row>
     <row r="145" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A145" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B145" s="12">
         <v>5.7</v>
       </c>
       <c r="C145" s="12">
         <v>6.4</v>
       </c>
       <c r="D145" s="12">
         <v>5</v>
       </c>
       <c r="E145" s="12">
         <v>3.9</v>
       </c>
       <c r="F145" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="G145" s="12">
         <v>3.8</v>
       </c>
       <c r="H145" s="12">
         <v>3.9</v>
       </c>
       <c r="I145" s="12">
         <v>3.7</v>
       </c>
       <c r="J145" s="12">
         <v>3</v>
       </c>
-      <c r="K145" s="12"/>
-[...1 lines deleted...]
-      <c r="M145" s="12"/>
+      <c r="K145" s="16"/>
+      <c r="L145" s="12">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="M145" s="12">
+        <v>4.3</v>
+      </c>
     </row>
     <row r="146" spans="1:14" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A146" s="9"/>
       <c r="B146" s="12"/>
       <c r="C146" s="12"/>
       <c r="D146" s="12"/>
       <c r="E146" s="12"/>
       <c r="F146" s="12"/>
       <c r="G146" s="12"/>
       <c r="H146" s="12"/>
       <c r="I146" s="12"/>
       <c r="J146" s="12"/>
-      <c r="K146" s="12"/>
+      <c r="K146" s="16"/>
       <c r="L146" s="12"/>
       <c r="M146" s="12"/>
       <c r="N146" s="12"/>
     </row>
     <row r="147" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A147" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B147" s="6">
         <v>45658</v>
       </c>
       <c r="C147" s="6">
         <v>45689</v>
       </c>
       <c r="D147" s="6">
         <v>45717</v>
       </c>
       <c r="E147" s="6">
         <v>45748</v>
       </c>
       <c r="F147" s="6">
         <v>45778</v>
       </c>
       <c r="G147" s="6">
         <v>45809</v>
       </c>
       <c r="H147" s="6">
         <v>45839</v>
       </c>
       <c r="I147" s="6">
         <v>45870</v>
       </c>
       <c r="J147" s="6">
         <v>45901</v>
       </c>
-      <c r="K147" s="6"/>
-[...1 lines deleted...]
-      <c r="M147" s="6"/>
+      <c r="K147" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L147" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M147" s="6">
+        <v>45992</v>
+      </c>
       <c r="N147" s="6"/>
     </row>
     <row r="148" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A148" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B148" s="11">
         <v>7353</v>
       </c>
       <c r="C148" s="11">
         <v>7293</v>
       </c>
       <c r="D148" s="11">
         <v>7282</v>
       </c>
       <c r="E148" s="11">
         <v>7294</v>
       </c>
       <c r="F148" s="11">
         <v>7360</v>
       </c>
       <c r="G148" s="11">
         <v>7409</v>
       </c>
       <c r="H148" s="11">
         <v>7384</v>
       </c>
       <c r="I148" s="11">
         <v>7371</v>
       </c>
       <c r="J148" s="11">
         <v>7452</v>
       </c>
-      <c r="K148" s="11"/>
-[...1 lines deleted...]
-      <c r="M148" s="11"/>
+      <c r="K148" s="15"/>
+      <c r="L148" s="11">
+        <v>7384</v>
+      </c>
+      <c r="M148" s="11">
+        <v>7296</v>
+      </c>
     </row>
     <row r="149" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A149" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B149" s="11">
         <v>7059</v>
       </c>
       <c r="C149" s="11">
         <v>6980</v>
       </c>
       <c r="D149" s="11">
         <v>7020</v>
       </c>
       <c r="E149" s="11">
         <v>7083</v>
       </c>
       <c r="F149" s="11">
         <v>7119</v>
       </c>
       <c r="G149" s="11">
         <v>7175</v>
       </c>
       <c r="H149" s="11">
         <v>7171</v>
       </c>
       <c r="I149" s="11">
         <v>7178</v>
       </c>
       <c r="J149" s="11">
         <v>7278</v>
       </c>
-      <c r="K149" s="11"/>
-[...1 lines deleted...]
-      <c r="M149" s="11"/>
+      <c r="K149" s="15"/>
+      <c r="L149" s="11">
+        <v>7127</v>
+      </c>
+      <c r="M149" s="11">
+        <v>7063</v>
+      </c>
     </row>
     <row r="150" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A150" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B150" s="11">
         <v>294</v>
       </c>
       <c r="C150" s="11">
         <v>313</v>
       </c>
       <c r="D150" s="11">
         <v>262</v>
       </c>
       <c r="E150" s="11">
         <v>211</v>
       </c>
       <c r="F150" s="11">
         <v>241</v>
       </c>
       <c r="G150" s="11">
         <v>234</v>
       </c>
       <c r="H150" s="11">
         <v>213</v>
       </c>
       <c r="I150" s="11">
         <v>193</v>
       </c>
       <c r="J150" s="11">
         <v>174</v>
       </c>
-      <c r="K150" s="11"/>
-[...1 lines deleted...]
-      <c r="M150" s="11"/>
+      <c r="K150" s="15"/>
+      <c r="L150" s="11">
+        <v>257</v>
+      </c>
+      <c r="M150" s="11">
+        <v>233</v>
+      </c>
     </row>
     <row r="151" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A151" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B151" s="12">
         <v>4</v>
       </c>
       <c r="C151" s="12">
         <v>4.3</v>
       </c>
       <c r="D151" s="12">
         <v>3.6</v>
       </c>
       <c r="E151" s="12">
         <v>2.9</v>
       </c>
       <c r="F151" s="12">
         <v>3.3</v>
       </c>
       <c r="G151" s="12">
         <v>3.2</v>
       </c>
       <c r="H151" s="12">
         <v>2.9</v>
       </c>
       <c r="I151" s="12">
         <v>2.6</v>
       </c>
       <c r="J151" s="12">
         <v>2.2999999999999998</v>
       </c>
-      <c r="K151" s="12"/>
-[...1 lines deleted...]
-      <c r="M151" s="12"/>
+      <c r="K151" s="16"/>
+      <c r="L151" s="12">
+        <v>3.5</v>
+      </c>
+      <c r="M151" s="12">
+        <v>3.2</v>
+      </c>
     </row>
     <row r="152" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A152" s="9"/>
       <c r="B152" s="12"/>
       <c r="C152" s="12"/>
       <c r="D152" s="12"/>
       <c r="E152" s="12"/>
       <c r="F152" s="12"/>
       <c r="G152" s="12"/>
       <c r="H152" s="12"/>
       <c r="I152" s="12"/>
       <c r="J152" s="12"/>
-      <c r="K152" s="12"/>
+      <c r="K152" s="16"/>
       <c r="L152" s="12"/>
       <c r="M152" s="12"/>
       <c r="N152" s="12"/>
     </row>
     <row r="153" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A153" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B153" s="6">
         <v>45658</v>
       </c>
       <c r="C153" s="6">
         <v>45689</v>
       </c>
       <c r="D153" s="6">
         <v>45717</v>
       </c>
       <c r="E153" s="6">
         <v>45748</v>
       </c>
       <c r="F153" s="6">
         <v>45778</v>
       </c>
       <c r="G153" s="6">
         <v>45809</v>
       </c>
       <c r="H153" s="6">
         <v>45839</v>
       </c>
       <c r="I153" s="6">
         <v>45870</v>
       </c>
       <c r="J153" s="6">
         <v>45901</v>
       </c>
-      <c r="K153" s="6"/>
-[...1 lines deleted...]
-      <c r="M153" s="6"/>
+      <c r="K153" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L153" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M153" s="6">
+        <v>45992</v>
+      </c>
       <c r="N153" s="6"/>
     </row>
     <row r="154" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A154" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B154" s="11">
         <v>760</v>
       </c>
       <c r="C154" s="11">
         <v>767</v>
       </c>
       <c r="D154" s="11">
         <v>772</v>
       </c>
       <c r="E154" s="11">
         <v>770</v>
       </c>
       <c r="F154" s="11">
         <v>713</v>
       </c>
       <c r="G154" s="11">
         <v>691</v>
       </c>
       <c r="H154" s="11">
         <v>679</v>
       </c>
       <c r="I154" s="11">
         <v>676</v>
       </c>
       <c r="J154" s="11">
         <v>688</v>
       </c>
-      <c r="K154" s="11"/>
-[...1 lines deleted...]
-      <c r="M154" s="11"/>
+      <c r="K154" s="15"/>
+      <c r="L154" s="11">
+        <v>731</v>
+      </c>
+      <c r="M154" s="11">
+        <v>753</v>
+      </c>
     </row>
     <row r="155" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A155" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B155" s="11">
         <v>650</v>
       </c>
       <c r="C155" s="11">
         <v>643</v>
       </c>
       <c r="D155" s="11">
         <v>647</v>
       </c>
       <c r="E155" s="11">
         <v>652</v>
       </c>
       <c r="F155" s="11">
         <v>656</v>
       </c>
       <c r="G155" s="11">
         <v>661</v>
       </c>
       <c r="H155" s="11">
         <v>661</v>
       </c>
       <c r="I155" s="11">
         <v>661</v>
       </c>
       <c r="J155" s="11">
         <v>670</v>
       </c>
-      <c r="K155" s="11"/>
-[...1 lines deleted...]
-      <c r="M155" s="11"/>
+      <c r="K155" s="15"/>
+      <c r="L155" s="11">
+        <v>657</v>
+      </c>
+      <c r="M155" s="11">
+        <v>651</v>
+      </c>
     </row>
     <row r="156" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A156" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B156" s="11">
         <v>110</v>
       </c>
       <c r="C156" s="11">
         <v>124</v>
       </c>
       <c r="D156" s="11">
         <v>125</v>
       </c>
       <c r="E156" s="11">
         <v>118</v>
       </c>
       <c r="F156" s="11">
         <v>57</v>
       </c>
       <c r="G156" s="11">
         <v>30</v>
       </c>
       <c r="H156" s="11">
         <v>18</v>
       </c>
       <c r="I156" s="11">
         <v>15</v>
       </c>
       <c r="J156" s="11">
         <v>18</v>
       </c>
-      <c r="K156" s="11"/>
-[...1 lines deleted...]
-      <c r="M156" s="11"/>
+      <c r="K156" s="15"/>
+      <c r="L156" s="11">
+        <v>74</v>
+      </c>
+      <c r="M156" s="11">
+        <v>102</v>
+      </c>
     </row>
     <row r="157" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A157" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B157" s="12">
         <v>14.5</v>
       </c>
       <c r="C157" s="12">
         <v>16.2</v>
       </c>
       <c r="D157" s="12">
         <v>16.2</v>
       </c>
       <c r="E157" s="12">
         <v>15.3</v>
       </c>
       <c r="F157" s="12">
         <v>8</v>
       </c>
       <c r="G157" s="12">
         <v>4.3</v>
       </c>
       <c r="H157" s="12">
         <v>2.7</v>
       </c>
       <c r="I157" s="12">
         <v>2.2000000000000002</v>
       </c>
       <c r="J157" s="12">
         <v>2.6</v>
       </c>
-      <c r="K157" s="12"/>
-[...1 lines deleted...]
-      <c r="M157" s="12"/>
+      <c r="K157" s="16"/>
+      <c r="L157" s="12">
+        <v>10.1</v>
+      </c>
+      <c r="M157" s="12">
+        <v>13.5</v>
+      </c>
     </row>
     <row r="158" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A158" s="9"/>
       <c r="B158" s="12"/>
       <c r="C158" s="12"/>
       <c r="D158" s="12"/>
       <c r="E158" s="12"/>
       <c r="F158" s="12"/>
       <c r="G158" s="12"/>
       <c r="H158" s="12"/>
       <c r="I158" s="12"/>
       <c r="J158" s="12"/>
-      <c r="K158" s="12"/>
+      <c r="K158" s="16"/>
       <c r="L158" s="12"/>
       <c r="M158" s="12"/>
       <c r="N158" s="12"/>
     </row>
-    <row r="159" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="159" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A159" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B159" s="6">
         <v>45658</v>
       </c>
       <c r="C159" s="6">
         <v>45689</v>
       </c>
       <c r="D159" s="6">
         <v>45717</v>
       </c>
       <c r="E159" s="6">
         <v>45748</v>
       </c>
       <c r="F159" s="6">
         <v>45778</v>
       </c>
       <c r="G159" s="6">
         <v>45809</v>
       </c>
       <c r="H159" s="6">
         <v>45839</v>
       </c>
       <c r="I159" s="6">
         <v>45870</v>
       </c>
       <c r="J159" s="6">
         <v>45901</v>
       </c>
-      <c r="K159" s="6"/>
-[...1 lines deleted...]
-      <c r="M159" s="6"/>
+      <c r="K159" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L159" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M159" s="6">
+        <v>45992</v>
+      </c>
       <c r="N159" s="6"/>
     </row>
     <row r="160" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A160" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B160" s="11">
         <v>11924</v>
       </c>
       <c r="C160" s="11">
         <v>11861</v>
       </c>
       <c r="D160" s="11">
         <v>11773</v>
       </c>
       <c r="E160" s="11">
         <v>11734</v>
       </c>
       <c r="F160" s="11">
         <v>11830</v>
       </c>
       <c r="G160" s="11">
         <v>11846</v>
       </c>
       <c r="H160" s="11">
         <v>11843</v>
       </c>
       <c r="I160" s="11">
         <v>11803</v>
       </c>
       <c r="J160" s="11">
         <v>11876</v>
       </c>
-      <c r="K160" s="11"/>
-[...1 lines deleted...]
-      <c r="M160" s="11"/>
+      <c r="K160" s="15"/>
+      <c r="L160" s="11">
+        <v>11731</v>
+      </c>
+      <c r="M160" s="11">
+        <v>11668</v>
+      </c>
     </row>
     <row r="161" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A161" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B161" s="11">
         <v>11177</v>
       </c>
       <c r="C161" s="11">
         <v>11051</v>
       </c>
       <c r="D161" s="11">
         <v>11120</v>
       </c>
       <c r="E161" s="11">
         <v>11224</v>
       </c>
       <c r="F161" s="11">
         <v>11289</v>
       </c>
       <c r="G161" s="11">
         <v>11376</v>
       </c>
       <c r="H161" s="11">
         <v>11367</v>
       </c>
       <c r="I161" s="11">
         <v>11381</v>
       </c>
       <c r="J161" s="11">
         <v>11524</v>
       </c>
-      <c r="K161" s="11"/>
-[...1 lines deleted...]
-      <c r="M161" s="11"/>
+      <c r="K161" s="15"/>
+      <c r="L161" s="11">
+        <v>11251</v>
+      </c>
+      <c r="M161" s="11">
+        <v>11171</v>
+      </c>
     </row>
     <row r="162" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A162" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B162" s="11">
         <v>747</v>
       </c>
       <c r="C162" s="11">
         <v>810</v>
       </c>
       <c r="D162" s="11">
         <v>653</v>
       </c>
       <c r="E162" s="11">
         <v>510</v>
       </c>
       <c r="F162" s="11">
         <v>541</v>
       </c>
       <c r="G162" s="11">
         <v>470</v>
       </c>
       <c r="H162" s="11">
         <v>476</v>
       </c>
       <c r="I162" s="11">
         <v>422</v>
       </c>
       <c r="J162" s="11">
         <v>352</v>
       </c>
-      <c r="K162" s="11"/>
-[...1 lines deleted...]
-      <c r="M162" s="11"/>
+      <c r="K162" s="15"/>
+      <c r="L162" s="11">
+        <v>480</v>
+      </c>
+      <c r="M162" s="11">
+        <v>497</v>
+      </c>
     </row>
     <row r="163" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A163" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B163" s="12">
         <v>6.3</v>
       </c>
       <c r="C163" s="12">
         <v>6.8</v>
       </c>
       <c r="D163" s="12">
         <v>5.5</v>
       </c>
       <c r="E163" s="12">
         <v>4.3</v>
       </c>
       <c r="F163" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="G163" s="12">
         <v>4</v>
       </c>
       <c r="H163" s="12">
         <v>4</v>
       </c>
       <c r="I163" s="12">
         <v>3.6</v>
       </c>
       <c r="J163" s="12">
         <v>3</v>
       </c>
-      <c r="K163" s="12"/>
-[...1 lines deleted...]
-      <c r="M163" s="12"/>
+      <c r="K163" s="16"/>
+      <c r="L163" s="12">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="M163" s="12">
+        <v>4.3</v>
+      </c>
     </row>
     <row r="164" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A164" s="9"/>
       <c r="B164" s="12"/>
       <c r="C164" s="12"/>
       <c r="D164" s="12"/>
       <c r="E164" s="12"/>
       <c r="F164" s="12"/>
       <c r="G164" s="12"/>
       <c r="H164" s="12"/>
       <c r="I164" s="12"/>
       <c r="J164" s="12"/>
-      <c r="K164" s="12"/>
+      <c r="K164" s="16"/>
       <c r="L164" s="12"/>
       <c r="M164" s="12"/>
       <c r="N164" s="12"/>
     </row>
     <row r="165" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A165" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B165" s="6">
         <v>45658</v>
       </c>
       <c r="C165" s="6">
         <v>45689</v>
       </c>
       <c r="D165" s="6">
         <v>45717</v>
       </c>
       <c r="E165" s="6">
         <v>45748</v>
       </c>
       <c r="F165" s="6">
         <v>45778</v>
       </c>
       <c r="G165" s="6">
         <v>45809</v>
       </c>
       <c r="H165" s="6">
         <v>45839</v>
       </c>
       <c r="I165" s="6">
         <v>45870</v>
       </c>
       <c r="J165" s="6">
         <v>45901</v>
       </c>
-      <c r="K165" s="6"/>
-[...1 lines deleted...]
-      <c r="M165" s="6"/>
+      <c r="K165" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L165" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M165" s="6">
+        <v>45992</v>
+      </c>
       <c r="N165" s="6"/>
     </row>
     <row r="166" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A166" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B166" s="11">
         <v>15524</v>
       </c>
       <c r="C166" s="11">
         <v>15446</v>
       </c>
       <c r="D166" s="11">
         <v>15385</v>
       </c>
       <c r="E166" s="11">
         <v>15434</v>
       </c>
       <c r="F166" s="11">
         <v>15561</v>
       </c>
       <c r="G166" s="11">
         <v>15628</v>
       </c>
       <c r="H166" s="11">
         <v>15632</v>
       </c>
       <c r="I166" s="11">
         <v>15612</v>
       </c>
       <c r="J166" s="11">
         <v>15790</v>
       </c>
-      <c r="K166" s="11"/>
-[...1 lines deleted...]
-      <c r="M166" s="11"/>
+      <c r="K166" s="15"/>
+      <c r="L166" s="11">
+        <v>15539</v>
+      </c>
+      <c r="M166" s="11">
+        <v>15368</v>
+      </c>
     </row>
     <row r="167" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A167" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B167" s="11">
         <v>14859</v>
       </c>
       <c r="C167" s="11">
         <v>14693</v>
       </c>
       <c r="D167" s="11">
         <v>14777</v>
       </c>
       <c r="E167" s="11">
         <v>14909</v>
       </c>
       <c r="F167" s="11">
         <v>14985</v>
       </c>
       <c r="G167" s="11">
         <v>15103</v>
       </c>
       <c r="H167" s="11">
         <v>15094</v>
       </c>
       <c r="I167" s="11">
         <v>15109</v>
       </c>
       <c r="J167" s="11">
         <v>15320</v>
       </c>
-      <c r="K167" s="11"/>
-[...1 lines deleted...]
-      <c r="M167" s="11"/>
+      <c r="K167" s="15"/>
+      <c r="L167" s="11">
+        <v>15001</v>
+      </c>
+      <c r="M167" s="11">
+        <v>14867</v>
+      </c>
     </row>
     <row r="168" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A168" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B168" s="11">
         <v>665</v>
       </c>
       <c r="C168" s="11">
         <v>753</v>
       </c>
       <c r="D168" s="11">
         <v>608</v>
       </c>
       <c r="E168" s="11">
         <v>525</v>
       </c>
       <c r="F168" s="11">
         <v>576</v>
       </c>
       <c r="G168" s="11">
         <v>525</v>
       </c>
       <c r="H168" s="11">
         <v>538</v>
       </c>
       <c r="I168" s="11">
         <v>503</v>
       </c>
       <c r="J168" s="11">
         <v>470</v>
       </c>
-      <c r="K168" s="11"/>
-[...1 lines deleted...]
-      <c r="M168" s="11"/>
+      <c r="K168" s="15"/>
+      <c r="L168" s="11">
+        <v>538</v>
+      </c>
+      <c r="M168" s="11">
+        <v>501</v>
+      </c>
     </row>
     <row r="169" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A169" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B169" s="12">
         <v>4.3</v>
       </c>
       <c r="C169" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="D169" s="12">
         <v>4</v>
       </c>
       <c r="E169" s="12">
         <v>3.4</v>
       </c>
       <c r="F169" s="12">
         <v>3.7</v>
       </c>
       <c r="G169" s="12">
         <v>3.4</v>
       </c>
       <c r="H169" s="12">
         <v>3.4</v>
       </c>
       <c r="I169" s="12">
         <v>3.2</v>
       </c>
       <c r="J169" s="12">
         <v>3</v>
       </c>
-      <c r="K169" s="12"/>
-[...1 lines deleted...]
-      <c r="M169" s="12"/>
+      <c r="K169" s="16"/>
+      <c r="L169" s="12">
+        <v>3.5</v>
+      </c>
+      <c r="M169" s="12">
+        <v>3.3</v>
+      </c>
     </row>
     <row r="170" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A170" s="9"/>
       <c r="B170" s="12"/>
       <c r="C170" s="12"/>
       <c r="D170" s="12"/>
       <c r="E170" s="12"/>
       <c r="F170" s="12"/>
       <c r="G170" s="12"/>
       <c r="H170" s="12"/>
       <c r="I170" s="12"/>
       <c r="J170" s="12"/>
-      <c r="K170" s="12"/>
+      <c r="K170" s="16"/>
       <c r="L170" s="12"/>
       <c r="M170" s="12"/>
       <c r="N170" s="12"/>
     </row>
     <row r="171" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A171" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B171" s="6">
         <v>45658</v>
       </c>
       <c r="C171" s="6">
         <v>45689</v>
       </c>
       <c r="D171" s="6">
         <v>45717</v>
       </c>
       <c r="E171" s="6">
         <v>45748</v>
       </c>
       <c r="F171" s="6">
         <v>45778</v>
       </c>
       <c r="G171" s="6">
         <v>45809</v>
       </c>
       <c r="H171" s="6">
         <v>45839</v>
       </c>
       <c r="I171" s="6">
         <v>45870</v>
       </c>
       <c r="J171" s="6">
         <v>45901</v>
       </c>
-      <c r="K171" s="6"/>
-[...1 lines deleted...]
-      <c r="M171" s="6"/>
+      <c r="K171" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L171" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M171" s="6">
+        <v>45992</v>
+      </c>
       <c r="N171" s="6"/>
     </row>
     <row r="172" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A172" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B172" s="11">
         <v>18192</v>
       </c>
       <c r="C172" s="11">
         <v>18103</v>
       </c>
       <c r="D172" s="11">
         <v>17997</v>
       </c>
       <c r="E172" s="11">
         <v>18049</v>
       </c>
       <c r="F172" s="11">
         <v>18197</v>
       </c>
       <c r="G172" s="11">
         <v>18271</v>
       </c>
       <c r="H172" s="11">
         <v>18433</v>
       </c>
       <c r="I172" s="11">
         <v>18376</v>
       </c>
       <c r="J172" s="11">
         <v>18566</v>
       </c>
-      <c r="K172" s="11"/>
-[...1 lines deleted...]
-      <c r="M172" s="11"/>
+      <c r="K172" s="15"/>
+      <c r="L172" s="11">
+        <v>18404</v>
+      </c>
+      <c r="M172" s="11">
+        <v>18165</v>
+      </c>
     </row>
     <row r="173" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A173" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B173" s="11">
         <v>17192</v>
       </c>
       <c r="C173" s="11">
         <v>17006</v>
       </c>
       <c r="D173" s="11">
         <v>17048</v>
       </c>
       <c r="E173" s="11">
         <v>17193</v>
       </c>
       <c r="F173" s="11">
         <v>17302</v>
       </c>
       <c r="G173" s="11">
         <v>17441</v>
       </c>
       <c r="H173" s="11">
         <v>17477</v>
       </c>
       <c r="I173" s="11">
         <v>17442</v>
       </c>
       <c r="J173" s="11">
         <v>17715</v>
       </c>
-      <c r="K173" s="11"/>
-[...1 lines deleted...]
-      <c r="M173" s="11"/>
+      <c r="K173" s="15"/>
+      <c r="L173" s="11">
+        <v>17497</v>
+      </c>
+      <c r="M173" s="11">
+        <v>17264</v>
+      </c>
     </row>
     <row r="174" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A174" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B174" s="11">
         <v>1000</v>
       </c>
       <c r="C174" s="11">
         <v>1097</v>
       </c>
       <c r="D174" s="11">
         <v>949</v>
       </c>
       <c r="E174" s="11">
         <v>856</v>
       </c>
       <c r="F174" s="11">
         <v>895</v>
       </c>
       <c r="G174" s="11">
         <v>830</v>
       </c>
       <c r="H174" s="11">
         <v>956</v>
       </c>
       <c r="I174" s="11">
         <v>934</v>
       </c>
       <c r="J174" s="11">
         <v>851</v>
       </c>
-      <c r="K174" s="11"/>
-[...1 lines deleted...]
-      <c r="M174" s="11"/>
+      <c r="K174" s="15"/>
+      <c r="L174" s="11">
+        <v>907</v>
+      </c>
+      <c r="M174" s="11">
+        <v>901</v>
+      </c>
     </row>
     <row r="175" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A175" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B175" s="12">
         <v>5.5</v>
       </c>
       <c r="C175" s="12">
         <v>6.1</v>
       </c>
       <c r="D175" s="12">
         <v>5.3</v>
       </c>
       <c r="E175" s="12">
         <v>4.7</v>
       </c>
       <c r="F175" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="G175" s="12">
         <v>4.5</v>
       </c>
       <c r="H175" s="12">
         <v>5.2</v>
       </c>
       <c r="I175" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="J175" s="12">
         <v>4.5999999999999996</v>
       </c>
-      <c r="K175" s="12"/>
-[...1 lines deleted...]
-      <c r="M175" s="12"/>
+      <c r="K175" s="16"/>
+      <c r="L175" s="12">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="M175" s="12">
+        <v>5</v>
+      </c>
     </row>
     <row r="176" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A176" s="9"/>
       <c r="B176" s="12"/>
       <c r="C176" s="12"/>
       <c r="D176" s="12"/>
       <c r="E176" s="12"/>
       <c r="F176" s="12"/>
       <c r="G176" s="12"/>
       <c r="H176" s="12"/>
       <c r="I176" s="12"/>
       <c r="J176" s="12"/>
-      <c r="K176" s="12"/>
+      <c r="K176" s="16"/>
       <c r="L176" s="12"/>
       <c r="M176" s="12"/>
       <c r="N176" s="12"/>
     </row>
     <row r="177" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A177" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B177" s="6">
         <v>45658</v>
       </c>
       <c r="C177" s="6">
         <v>45689</v>
       </c>
       <c r="D177" s="6">
         <v>45717</v>
       </c>
       <c r="E177" s="6">
         <v>45748</v>
       </c>
       <c r="F177" s="6">
         <v>45778</v>
       </c>
       <c r="G177" s="6">
         <v>45809</v>
       </c>
       <c r="H177" s="6">
         <v>45839</v>
       </c>
       <c r="I177" s="6">
         <v>45870</v>
       </c>
       <c r="J177" s="6">
         <v>45901</v>
       </c>
-      <c r="K177" s="6"/>
-[...1 lines deleted...]
-      <c r="M177" s="6"/>
+      <c r="K177" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L177" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M177" s="6">
+        <v>45992</v>
+      </c>
       <c r="N177" s="6"/>
     </row>
     <row r="178" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A178" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B178" s="11">
         <v>7289</v>
       </c>
       <c r="C178" s="11">
         <v>7290</v>
       </c>
       <c r="D178" s="11">
         <v>7236</v>
       </c>
       <c r="E178" s="11">
         <v>7225</v>
       </c>
       <c r="F178" s="11">
         <v>7267</v>
       </c>
       <c r="G178" s="11">
         <v>7323</v>
       </c>
       <c r="H178" s="11">
         <v>7359</v>
       </c>
       <c r="I178" s="11">
         <v>7334</v>
       </c>
       <c r="J178" s="11">
         <v>7419</v>
       </c>
-      <c r="K178" s="11"/>
-[...1 lines deleted...]
-      <c r="M178" s="11"/>
+      <c r="K178" s="15"/>
+      <c r="L178" s="11">
+        <v>7325</v>
+      </c>
+      <c r="M178" s="11">
+        <v>7238</v>
+      </c>
     </row>
     <row r="179" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A179" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B179" s="11">
         <v>6955</v>
       </c>
       <c r="C179" s="11">
         <v>6880</v>
       </c>
       <c r="D179" s="11">
         <v>6897</v>
       </c>
       <c r="E179" s="11">
         <v>6955</v>
       </c>
       <c r="F179" s="11">
         <v>7000</v>
       </c>
       <c r="G179" s="11">
         <v>7056</v>
       </c>
       <c r="H179" s="11">
         <v>7070</v>
       </c>
       <c r="I179" s="11">
         <v>7056</v>
       </c>
       <c r="J179" s="11">
         <v>7167</v>
       </c>
-      <c r="K179" s="11"/>
-[...1 lines deleted...]
-      <c r="M179" s="11"/>
+      <c r="K179" s="15"/>
+      <c r="L179" s="11">
+        <v>7079</v>
+      </c>
+      <c r="M179" s="11">
+        <v>6984</v>
+      </c>
     </row>
     <row r="180" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A180" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B180" s="11">
         <v>334</v>
       </c>
       <c r="C180" s="11">
         <v>410</v>
       </c>
       <c r="D180" s="11">
         <v>339</v>
       </c>
       <c r="E180" s="11">
         <v>270</v>
       </c>
       <c r="F180" s="11">
         <v>267</v>
       </c>
       <c r="G180" s="11">
         <v>267</v>
       </c>
       <c r="H180" s="11">
         <v>289</v>
       </c>
       <c r="I180" s="11">
         <v>278</v>
       </c>
       <c r="J180" s="11">
         <v>252</v>
       </c>
-      <c r="K180" s="11"/>
-[...1 lines deleted...]
-      <c r="M180" s="11"/>
+      <c r="K180" s="15"/>
+      <c r="L180" s="11">
+        <v>246</v>
+      </c>
+      <c r="M180" s="11">
+        <v>254</v>
+      </c>
     </row>
     <row r="181" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A181" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B181" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="C181" s="12">
         <v>5.6</v>
       </c>
       <c r="D181" s="12">
         <v>4.7</v>
       </c>
       <c r="E181" s="12">
         <v>3.7</v>
       </c>
       <c r="F181" s="12">
         <v>3.7</v>
       </c>
       <c r="G181" s="12">
         <v>3.6</v>
       </c>
       <c r="H181" s="12">
         <v>3.9</v>
       </c>
       <c r="I181" s="12">
         <v>3.8</v>
       </c>
       <c r="J181" s="12">
         <v>3.4</v>
       </c>
-      <c r="K181" s="12"/>
-[...3 lines deleted...]
-    <row r="182" spans="1:14" s="8" customFormat="1" ht="11.4">
+      <c r="K181" s="16"/>
+      <c r="L181" s="12">
+        <v>3.4</v>
+      </c>
+      <c r="M181" s="12">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="182" spans="1:14" s="8" customFormat="1" ht="12">
       <c r="A182" s="9"/>
       <c r="B182" s="12"/>
       <c r="C182" s="12"/>
       <c r="D182" s="12"/>
       <c r="E182" s="12"/>
       <c r="F182" s="12"/>
       <c r="G182" s="12"/>
       <c r="H182" s="12"/>
       <c r="I182" s="12"/>
       <c r="J182" s="12"/>
-      <c r="K182" s="12"/>
+      <c r="K182" s="16"/>
       <c r="L182" s="12"/>
       <c r="M182" s="12"/>
       <c r="N182" s="12"/>
     </row>
     <row r="183" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A183" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B183" s="6">
         <v>45658</v>
       </c>
       <c r="C183" s="6">
         <v>45689</v>
       </c>
       <c r="D183" s="6">
         <v>45717</v>
       </c>
       <c r="E183" s="6">
         <v>45748</v>
       </c>
       <c r="F183" s="6">
         <v>45778</v>
       </c>
       <c r="G183" s="6">
         <v>45809</v>
       </c>
       <c r="H183" s="6">
         <v>45839</v>
       </c>
       <c r="I183" s="6">
         <v>45870</v>
       </c>
       <c r="J183" s="6">
         <v>45901</v>
       </c>
-      <c r="K183" s="6"/>
-[...1 lines deleted...]
-      <c r="M183" s="6"/>
+      <c r="K183" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L183" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M183" s="6">
+        <v>45992</v>
+      </c>
       <c r="N183" s="6"/>
     </row>
     <row r="184" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A184" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B184" s="11">
         <v>42305</v>
       </c>
       <c r="C184" s="11">
         <v>42236</v>
       </c>
       <c r="D184" s="11">
         <v>41956</v>
       </c>
       <c r="E184" s="11">
         <v>42064</v>
       </c>
       <c r="F184" s="11">
         <v>42407</v>
       </c>
       <c r="G184" s="11">
         <v>42691</v>
       </c>
       <c r="H184" s="11">
         <v>43010</v>
       </c>
       <c r="I184" s="11">
         <v>42836</v>
       </c>
       <c r="J184" s="11">
         <v>43041</v>
       </c>
-      <c r="K184" s="11"/>
-[...1 lines deleted...]
-      <c r="M184" s="11"/>
+      <c r="K184" s="15"/>
+      <c r="L184" s="11">
+        <v>42886</v>
+      </c>
+      <c r="M184" s="11">
+        <v>42347</v>
+      </c>
     </row>
     <row r="185" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A185" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B185" s="11">
         <v>39936</v>
       </c>
       <c r="C185" s="11">
         <v>39506</v>
       </c>
       <c r="D185" s="11">
         <v>39602</v>
       </c>
       <c r="E185" s="11">
         <v>39938</v>
       </c>
       <c r="F185" s="11">
         <v>40192</v>
       </c>
       <c r="G185" s="11">
         <v>40514</v>
       </c>
       <c r="H185" s="11">
         <v>40599</v>
       </c>
       <c r="I185" s="11">
         <v>40517</v>
       </c>
       <c r="J185" s="11">
         <v>41151</v>
       </c>
-      <c r="K185" s="11"/>
-[...1 lines deleted...]
-      <c r="M185" s="11"/>
+      <c r="K185" s="15"/>
+      <c r="L185" s="11">
+        <v>40645</v>
+      </c>
+      <c r="M185" s="11">
+        <v>40103</v>
+      </c>
     </row>
     <row r="186" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A186" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B186" s="11">
         <v>2369</v>
       </c>
       <c r="C186" s="11">
         <v>2730</v>
       </c>
       <c r="D186" s="11">
         <v>2354</v>
       </c>
       <c r="E186" s="11">
         <v>2126</v>
       </c>
       <c r="F186" s="11">
         <v>2215</v>
       </c>
       <c r="G186" s="11">
         <v>2177</v>
       </c>
       <c r="H186" s="11">
         <v>2411</v>
       </c>
       <c r="I186" s="11">
         <v>2319</v>
       </c>
       <c r="J186" s="11">
         <v>1890</v>
       </c>
-      <c r="K186" s="11"/>
-[...1 lines deleted...]
-      <c r="M186" s="11"/>
+      <c r="K186" s="15"/>
+      <c r="L186" s="11">
+        <v>2241</v>
+      </c>
+      <c r="M186" s="11">
+        <v>2244</v>
+      </c>
     </row>
     <row r="187" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A187" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B187" s="12">
         <v>5.6</v>
       </c>
       <c r="C187" s="12">
         <v>6.5</v>
       </c>
       <c r="D187" s="12">
         <v>5.6</v>
       </c>
       <c r="E187" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="F187" s="12">
         <v>5.2</v>
       </c>
       <c r="G187" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="H187" s="12">
         <v>5.6</v>
       </c>
       <c r="I187" s="12">
         <v>5.4</v>
       </c>
       <c r="J187" s="12">
         <v>4.4000000000000004</v>
       </c>
-      <c r="K187" s="12"/>
-[...1 lines deleted...]
-      <c r="M187" s="12"/>
+      <c r="K187" s="16"/>
+      <c r="L187" s="12">
+        <v>5.2</v>
+      </c>
+      <c r="M187" s="12">
+        <v>5.3</v>
+      </c>
     </row>
     <row r="188" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A188" s="9"/>
       <c r="B188" s="12"/>
       <c r="C188" s="12"/>
       <c r="D188" s="12"/>
       <c r="E188" s="12"/>
       <c r="F188" s="12"/>
       <c r="G188" s="12"/>
       <c r="H188" s="12"/>
       <c r="I188" s="6"/>
       <c r="J188" s="6"/>
-      <c r="K188" s="6"/>
+      <c r="K188" s="14"/>
       <c r="L188" s="6"/>
       <c r="M188" s="6"/>
       <c r="N188" s="6"/>
     </row>
     <row r="189" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A189" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B189" s="6">
         <v>45658</v>
       </c>
       <c r="C189" s="6">
         <v>45689</v>
       </c>
       <c r="D189" s="6">
         <v>45717</v>
       </c>
       <c r="E189" s="6">
         <v>45748</v>
       </c>
       <c r="F189" s="6">
         <v>45778</v>
       </c>
       <c r="G189" s="6">
         <v>45809</v>
       </c>
       <c r="H189" s="6">
         <v>45839</v>
       </c>
       <c r="I189" s="6">
         <v>45870</v>
       </c>
       <c r="J189" s="6">
         <v>45901</v>
       </c>
-      <c r="K189" s="6"/>
-[...1 lines deleted...]
-      <c r="M189" s="6"/>
+      <c r="K189" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L189" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M189" s="6">
+        <v>45992</v>
+      </c>
       <c r="N189" s="6"/>
     </row>
     <row r="190" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A190" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B190" s="11">
         <v>9537</v>
       </c>
       <c r="C190" s="11">
         <v>9488</v>
       </c>
       <c r="D190" s="11">
         <v>9425</v>
       </c>
       <c r="E190" s="11">
         <v>9463</v>
       </c>
       <c r="F190" s="11">
         <v>9488</v>
       </c>
       <c r="G190" s="11">
         <v>9522</v>
       </c>
       <c r="H190" s="11">
         <v>9513</v>
       </c>
       <c r="I190" s="11">
         <v>9526</v>
       </c>
       <c r="J190" s="11">
         <v>9576</v>
       </c>
-      <c r="K190" s="11"/>
-[...1 lines deleted...]
-      <c r="M190" s="11"/>
+      <c r="K190" s="15"/>
+      <c r="L190" s="11">
+        <v>9419</v>
+      </c>
+      <c r="M190" s="11">
+        <v>9344</v>
+      </c>
     </row>
     <row r="191" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A191" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B191" s="11">
         <v>9056</v>
       </c>
       <c r="C191" s="11">
         <v>8954</v>
       </c>
       <c r="D191" s="11">
         <v>9010</v>
       </c>
       <c r="E191" s="11">
         <v>9094</v>
       </c>
       <c r="F191" s="11">
         <v>9147</v>
       </c>
       <c r="G191" s="11">
         <v>9217</v>
       </c>
       <c r="H191" s="11">
         <v>9210</v>
       </c>
       <c r="I191" s="11">
         <v>9222</v>
       </c>
       <c r="J191" s="11">
         <v>9337</v>
       </c>
-      <c r="K191" s="11"/>
-[...1 lines deleted...]
-      <c r="M191" s="11"/>
+      <c r="K191" s="15"/>
+      <c r="L191" s="11">
+        <v>9116</v>
+      </c>
+      <c r="M191" s="11">
+        <v>9052</v>
+      </c>
     </row>
     <row r="192" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A192" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B192" s="11">
         <v>481</v>
       </c>
       <c r="C192" s="11">
         <v>534</v>
       </c>
       <c r="D192" s="11">
         <v>415</v>
       </c>
       <c r="E192" s="11">
         <v>369</v>
       </c>
       <c r="F192" s="11">
         <v>341</v>
       </c>
       <c r="G192" s="11">
         <v>305</v>
       </c>
       <c r="H192" s="11">
         <v>303</v>
       </c>
       <c r="I192" s="11">
         <v>304</v>
       </c>
       <c r="J192" s="11">
         <v>239</v>
       </c>
-      <c r="K192" s="11"/>
-[...1 lines deleted...]
-      <c r="M192" s="11"/>
+      <c r="K192" s="15"/>
+      <c r="L192" s="11">
+        <v>303</v>
+      </c>
+      <c r="M192" s="11">
+        <v>292</v>
+      </c>
     </row>
     <row r="193" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A193" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B193" s="12">
         <v>5</v>
       </c>
       <c r="C193" s="12">
         <v>5.6</v>
       </c>
       <c r="D193" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E193" s="12">
         <v>3.9</v>
       </c>
       <c r="F193" s="12">
         <v>3.6</v>
       </c>
       <c r="G193" s="12">
         <v>3.2</v>
       </c>
       <c r="H193" s="12">
         <v>3.2</v>
       </c>
       <c r="I193" s="12">
         <v>3.2</v>
       </c>
       <c r="J193" s="12">
         <v>2.5</v>
       </c>
-      <c r="K193" s="12"/>
-[...1 lines deleted...]
-      <c r="M193" s="12"/>
+      <c r="K193" s="16"/>
+      <c r="L193" s="12">
+        <v>3.2</v>
+      </c>
+      <c r="M193" s="12">
+        <v>3.1</v>
+      </c>
     </row>
     <row r="194" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A194" s="9"/>
       <c r="B194" s="12"/>
       <c r="C194" s="12"/>
       <c r="D194" s="12"/>
       <c r="E194" s="12"/>
       <c r="F194" s="12"/>
       <c r="G194" s="12"/>
       <c r="H194" s="12"/>
       <c r="I194" s="12"/>
       <c r="J194" s="12"/>
-      <c r="K194" s="12"/>
+      <c r="K194" s="16"/>
       <c r="L194" s="12"/>
       <c r="M194" s="12"/>
       <c r="N194" s="12"/>
     </row>
     <row r="195" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A195" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B195" s="6">
         <v>45658</v>
       </c>
       <c r="C195" s="6">
         <v>45689</v>
       </c>
       <c r="D195" s="6">
         <v>45717</v>
       </c>
       <c r="E195" s="6">
         <v>45748</v>
       </c>
       <c r="F195" s="6">
         <v>45778</v>
       </c>
       <c r="G195" s="6">
         <v>45809</v>
       </c>
       <c r="H195" s="6">
         <v>45839</v>
       </c>
       <c r="I195" s="6">
         <v>45870</v>
       </c>
       <c r="J195" s="6">
         <v>45901</v>
       </c>
-      <c r="K195" s="6"/>
-[...1 lines deleted...]
-      <c r="M195" s="6"/>
+      <c r="K195" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L195" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M195" s="6">
+        <v>45992</v>
+      </c>
       <c r="N195" s="6"/>
     </row>
     <row r="196" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A196" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B196" s="11">
         <v>99634</v>
       </c>
       <c r="C196" s="11">
         <v>99758</v>
       </c>
       <c r="D196" s="11">
         <v>98744</v>
       </c>
       <c r="E196" s="11">
         <v>98644</v>
       </c>
       <c r="F196" s="11">
         <v>99528</v>
       </c>
       <c r="G196" s="11">
         <v>100254</v>
       </c>
       <c r="H196" s="11">
         <v>100852</v>
       </c>
       <c r="I196" s="11">
         <v>100518</v>
       </c>
       <c r="J196" s="11">
         <v>100851</v>
       </c>
-      <c r="K196" s="11"/>
-[...1 lines deleted...]
-      <c r="M196" s="11"/>
+      <c r="K196" s="15"/>
+      <c r="L196" s="11">
+        <v>100330</v>
+      </c>
+      <c r="M196" s="11">
+        <v>99050</v>
+      </c>
     </row>
     <row r="197" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A197" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B197" s="11">
         <v>93332</v>
       </c>
       <c r="C197" s="11">
         <v>92326</v>
       </c>
       <c r="D197" s="11">
         <v>92551</v>
       </c>
       <c r="E197" s="11">
         <v>93338</v>
       </c>
       <c r="F197" s="11">
         <v>93931</v>
       </c>
       <c r="G197" s="11">
         <v>94684</v>
       </c>
       <c r="H197" s="11">
         <v>94881</v>
       </c>
       <c r="I197" s="11">
         <v>94690</v>
       </c>
       <c r="J197" s="11">
         <v>96171</v>
       </c>
-      <c r="K197" s="11"/>
-[...1 lines deleted...]
-      <c r="M197" s="11"/>
+      <c r="K197" s="15"/>
+      <c r="L197" s="11">
+        <v>94989</v>
+      </c>
+      <c r="M197" s="11">
+        <v>93723</v>
+      </c>
     </row>
     <row r="198" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A198" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B198" s="11">
         <v>6302</v>
       </c>
       <c r="C198" s="11">
         <v>7432</v>
       </c>
       <c r="D198" s="11">
         <v>6193</v>
       </c>
       <c r="E198" s="11">
         <v>5306</v>
       </c>
       <c r="F198" s="11">
         <v>5597</v>
       </c>
       <c r="G198" s="11">
         <v>5570</v>
       </c>
       <c r="H198" s="11">
         <v>5971</v>
       </c>
       <c r="I198" s="11">
         <v>5828</v>
       </c>
       <c r="J198" s="11">
         <v>4680</v>
       </c>
-      <c r="K198" s="11"/>
-[...1 lines deleted...]
-      <c r="M198" s="11"/>
+      <c r="K198" s="15"/>
+      <c r="L198" s="11">
+        <v>5341</v>
+      </c>
+      <c r="M198" s="11">
+        <v>5327</v>
+      </c>
     </row>
     <row r="199" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A199" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B199" s="12">
         <v>6.3</v>
       </c>
       <c r="C199" s="12">
         <v>7.5</v>
       </c>
       <c r="D199" s="12">
         <v>6.3</v>
       </c>
       <c r="E199" s="12">
         <v>5.4</v>
       </c>
       <c r="F199" s="12">
         <v>5.6</v>
       </c>
       <c r="G199" s="12">
         <v>5.6</v>
       </c>
       <c r="H199" s="12">
         <v>5.9</v>
       </c>
       <c r="I199" s="12">
         <v>5.8</v>
       </c>
       <c r="J199" s="12">
         <v>4.5999999999999996</v>
       </c>
-      <c r="K199" s="12"/>
-[...1 lines deleted...]
-      <c r="M199" s="12"/>
+      <c r="K199" s="16"/>
+      <c r="L199" s="12">
+        <v>5.3</v>
+      </c>
+      <c r="M199" s="12">
+        <v>5.4</v>
+      </c>
     </row>
     <row r="200" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A200" s="9"/>
       <c r="B200" s="12"/>
       <c r="C200" s="12"/>
       <c r="D200" s="12"/>
       <c r="E200" s="12"/>
       <c r="F200" s="12"/>
       <c r="G200" s="12"/>
       <c r="H200" s="12"/>
       <c r="I200" s="12"/>
       <c r="J200" s="12"/>
-      <c r="K200" s="12"/>
+      <c r="K200" s="16"/>
       <c r="L200" s="12"/>
       <c r="M200" s="12"/>
       <c r="N200" s="12"/>
     </row>
     <row r="201" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A201" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B201" s="6">
         <v>45658</v>
       </c>
       <c r="C201" s="6">
         <v>45689</v>
       </c>
       <c r="D201" s="6">
         <v>45717</v>
       </c>
       <c r="E201" s="6">
         <v>45748</v>
       </c>
       <c r="F201" s="6">
         <v>45778</v>
       </c>
       <c r="G201" s="6">
         <v>45809</v>
       </c>
       <c r="H201" s="6">
         <v>45839</v>
       </c>
       <c r="I201" s="6">
         <v>45870</v>
       </c>
       <c r="J201" s="6">
         <v>45901</v>
       </c>
-      <c r="K201" s="6"/>
-[...1 lines deleted...]
-      <c r="M201" s="6"/>
+      <c r="K201" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L201" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M201" s="6">
+        <v>45992</v>
+      </c>
       <c r="N201" s="6"/>
     </row>
     <row r="202" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A202" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B202" s="11">
         <v>5126</v>
       </c>
       <c r="C202" s="11">
         <v>5099</v>
       </c>
       <c r="D202" s="11">
         <v>5088</v>
       </c>
       <c r="E202" s="11">
         <v>5108</v>
       </c>
       <c r="F202" s="11">
         <v>5155</v>
       </c>
       <c r="G202" s="11">
         <v>5182</v>
       </c>
       <c r="H202" s="11">
         <v>5183</v>
       </c>
       <c r="I202" s="11">
         <v>5178</v>
       </c>
       <c r="J202" s="11">
         <v>5213</v>
       </c>
-      <c r="K202" s="11"/>
-[...1 lines deleted...]
-      <c r="M202" s="11"/>
+      <c r="K202" s="15"/>
+      <c r="L202" s="11">
+        <v>5132</v>
+      </c>
+      <c r="M202" s="11">
+        <v>5074</v>
+      </c>
     </row>
     <row r="203" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A203" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B203" s="11">
         <v>4981</v>
       </c>
       <c r="C203" s="11">
         <v>4925</v>
       </c>
       <c r="D203" s="11">
         <v>4954</v>
       </c>
       <c r="E203" s="11">
         <v>4998</v>
       </c>
       <c r="F203" s="11">
         <v>5023</v>
       </c>
       <c r="G203" s="11">
         <v>5063</v>
       </c>
       <c r="H203" s="11">
         <v>5060</v>
       </c>
       <c r="I203" s="11">
         <v>5065</v>
       </c>
       <c r="J203" s="11">
         <v>5135</v>
       </c>
-      <c r="K203" s="11"/>
-[...1 lines deleted...]
-      <c r="M203" s="11"/>
+      <c r="K203" s="15"/>
+      <c r="L203" s="11">
+        <v>5029</v>
+      </c>
+      <c r="M203" s="11">
+        <v>4984</v>
+      </c>
     </row>
     <row r="204" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A204" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B204" s="11">
         <v>145</v>
       </c>
       <c r="C204" s="11">
         <v>174</v>
       </c>
       <c r="D204" s="11">
         <v>134</v>
       </c>
       <c r="E204" s="11">
         <v>110</v>
       </c>
       <c r="F204" s="11">
         <v>132</v>
       </c>
       <c r="G204" s="11">
         <v>119</v>
       </c>
       <c r="H204" s="11">
         <v>123</v>
       </c>
       <c r="I204" s="11">
         <v>113</v>
       </c>
       <c r="J204" s="11">
         <v>78</v>
       </c>
-      <c r="K204" s="11"/>
-[...1 lines deleted...]
-      <c r="M204" s="11"/>
+      <c r="K204" s="15"/>
+      <c r="L204" s="11">
+        <v>103</v>
+      </c>
+      <c r="M204" s="11">
+        <v>90</v>
+      </c>
     </row>
     <row r="205" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A205" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B205" s="12">
         <v>2.8</v>
       </c>
       <c r="C205" s="12">
         <v>3.4</v>
       </c>
       <c r="D205" s="12">
         <v>2.6</v>
       </c>
       <c r="E205" s="12">
         <v>2.2000000000000002</v>
       </c>
       <c r="F205" s="12">
         <v>2.6</v>
       </c>
       <c r="G205" s="12">
         <v>2.2999999999999998</v>
       </c>
       <c r="H205" s="12">
         <v>2.4</v>
       </c>
       <c r="I205" s="12">
         <v>2.2000000000000002</v>
       </c>
       <c r="J205" s="12">
         <v>1.5</v>
       </c>
-      <c r="K205" s="12"/>
-[...1 lines deleted...]
-      <c r="M205" s="12"/>
+      <c r="K205" s="16"/>
+      <c r="L205" s="12">
+        <v>2</v>
+      </c>
+      <c r="M205" s="12">
+        <v>1.8</v>
+      </c>
     </row>
     <row r="206" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A206" s="9"/>
       <c r="B206" s="12"/>
       <c r="C206" s="12"/>
       <c r="D206" s="12"/>
       <c r="E206" s="12"/>
       <c r="F206" s="12"/>
       <c r="G206" s="12"/>
       <c r="H206" s="12"/>
       <c r="I206" s="12"/>
       <c r="J206" s="12"/>
-      <c r="K206" s="12"/>
+      <c r="K206" s="16"/>
       <c r="L206" s="12"/>
       <c r="M206" s="12"/>
       <c r="N206" s="12"/>
     </row>
     <row r="207" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A207" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B207" s="6">
         <v>45658</v>
       </c>
       <c r="C207" s="6">
         <v>45689</v>
       </c>
       <c r="D207" s="6">
         <v>45717</v>
       </c>
       <c r="E207" s="6">
         <v>45748</v>
       </c>
       <c r="F207" s="6">
         <v>45778</v>
       </c>
       <c r="G207" s="6">
         <v>45809</v>
       </c>
       <c r="H207" s="6">
         <v>45839</v>
       </c>
       <c r="I207" s="6">
         <v>45870</v>
       </c>
       <c r="J207" s="6">
         <v>45901</v>
       </c>
-      <c r="K207" s="6"/>
-[...1 lines deleted...]
-      <c r="M207" s="6"/>
+      <c r="K207" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L207" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M207" s="6">
+        <v>45992</v>
+      </c>
       <c r="N207" s="6"/>
     </row>
     <row r="208" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A208" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B208" s="11">
         <v>6445</v>
       </c>
       <c r="C208" s="11">
         <v>6418</v>
       </c>
       <c r="D208" s="11">
         <v>6368</v>
       </c>
       <c r="E208" s="11">
         <v>6350</v>
       </c>
       <c r="F208" s="11">
         <v>6396</v>
       </c>
       <c r="G208" s="11">
         <v>6405</v>
       </c>
       <c r="H208" s="11">
         <v>6447</v>
       </c>
       <c r="I208" s="11">
         <v>6432</v>
       </c>
       <c r="J208" s="11">
         <v>6500</v>
       </c>
-      <c r="K208" s="11"/>
-[...1 lines deleted...]
-      <c r="M208" s="11"/>
+      <c r="K208" s="15"/>
+      <c r="L208" s="11">
+        <v>6438</v>
+      </c>
+      <c r="M208" s="11">
+        <v>6364</v>
+      </c>
     </row>
     <row r="209" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A209" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B209" s="11">
         <v>6098</v>
       </c>
       <c r="C209" s="11">
         <v>6032</v>
       </c>
       <c r="D209" s="11">
         <v>6047</v>
       </c>
       <c r="E209" s="11">
         <v>6098</v>
       </c>
       <c r="F209" s="11">
         <v>6137</v>
       </c>
       <c r="G209" s="11">
         <v>6186</v>
       </c>
       <c r="H209" s="11">
         <v>6199</v>
       </c>
       <c r="I209" s="11">
         <v>6187</v>
       </c>
       <c r="J209" s="11">
         <v>6283</v>
       </c>
-      <c r="K209" s="11"/>
-[...1 lines deleted...]
-      <c r="M209" s="11"/>
+      <c r="K209" s="15"/>
+      <c r="L209" s="11">
+        <v>6206</v>
+      </c>
+      <c r="M209" s="11">
+        <v>6123</v>
+      </c>
     </row>
     <row r="210" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A210" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B210" s="11">
         <v>347</v>
       </c>
       <c r="C210" s="11">
         <v>386</v>
       </c>
       <c r="D210" s="11">
         <v>321</v>
       </c>
       <c r="E210" s="11">
         <v>252</v>
       </c>
       <c r="F210" s="11">
         <v>259</v>
       </c>
       <c r="G210" s="11">
         <v>219</v>
       </c>
       <c r="H210" s="11">
         <v>248</v>
       </c>
       <c r="I210" s="11">
         <v>245</v>
       </c>
       <c r="J210" s="11">
         <v>217</v>
       </c>
-      <c r="K210" s="11"/>
-[...3 lines deleted...]
-    <row r="211" spans="1:14" s="8" customFormat="1" ht="11.4">
+      <c r="K210" s="15"/>
+      <c r="L210" s="11">
+        <v>232</v>
+      </c>
+      <c r="M210" s="11">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="211" spans="1:14" s="8" customFormat="1" ht="12">
       <c r="A211" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B211" s="12">
         <v>5.4</v>
       </c>
       <c r="C211" s="12">
         <v>6</v>
       </c>
       <c r="D211" s="12">
         <v>5</v>
       </c>
       <c r="E211" s="12">
         <v>4</v>
       </c>
       <c r="F211" s="12">
         <v>4</v>
       </c>
       <c r="G211" s="12">
         <v>3.4</v>
       </c>
       <c r="H211" s="12">
         <v>3.8</v>
       </c>
       <c r="I211" s="12">
         <v>3.8</v>
       </c>
       <c r="J211" s="12">
         <v>3.3</v>
       </c>
-      <c r="K211" s="12"/>
-[...3 lines deleted...]
-    <row r="212" spans="1:14" s="8" customFormat="1" ht="11.4">
+      <c r="K211" s="16"/>
+      <c r="L211" s="12">
+        <v>3.6</v>
+      </c>
+      <c r="M211" s="12">
+        <v>3.8</v>
+      </c>
+    </row>
+    <row r="212" spans="1:14" s="8" customFormat="1" ht="12">
       <c r="A212" s="9"/>
       <c r="B212" s="12"/>
       <c r="C212" s="12"/>
       <c r="D212" s="12"/>
       <c r="E212" s="12"/>
       <c r="F212" s="12"/>
       <c r="G212" s="12"/>
       <c r="H212" s="12"/>
       <c r="I212" s="12"/>
       <c r="J212" s="12"/>
-      <c r="K212" s="12"/>
+      <c r="K212" s="16"/>
       <c r="L212" s="12"/>
       <c r="M212" s="12"/>
       <c r="N212" s="12"/>
     </row>
     <row r="213" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A213" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B213" s="6">
         <v>45658</v>
       </c>
       <c r="C213" s="6">
         <v>45689</v>
       </c>
       <c r="D213" s="6">
         <v>45717</v>
       </c>
       <c r="E213" s="6">
         <v>45748</v>
       </c>
       <c r="F213" s="6">
         <v>45778</v>
       </c>
       <c r="G213" s="6">
         <v>45809</v>
       </c>
       <c r="H213" s="6">
         <v>45839</v>
       </c>
       <c r="I213" s="6">
         <v>45870</v>
       </c>
       <c r="J213" s="6">
         <v>45901</v>
       </c>
-      <c r="K213" s="6"/>
-[...1 lines deleted...]
-      <c r="M213" s="6"/>
+      <c r="K213" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L213" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M213" s="6">
+        <v>45992</v>
+      </c>
       <c r="N213" s="6"/>
     </row>
     <row r="214" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A214" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B214" s="11">
         <v>11195</v>
       </c>
       <c r="C214" s="11">
         <v>11176</v>
       </c>
       <c r="D214" s="11">
         <v>11056</v>
       </c>
       <c r="E214" s="11">
         <v>11070</v>
       </c>
       <c r="F214" s="11">
         <v>11192</v>
       </c>
       <c r="G214" s="11">
         <v>11281</v>
       </c>
       <c r="H214" s="11">
         <v>11349</v>
       </c>
       <c r="I214" s="11">
         <v>11302</v>
       </c>
       <c r="J214" s="11">
         <v>11337</v>
       </c>
-      <c r="K214" s="11"/>
-[...1 lines deleted...]
-      <c r="M214" s="11"/>
+      <c r="K214" s="15"/>
+      <c r="L214" s="11">
+        <v>11281</v>
+      </c>
+      <c r="M214" s="11">
+        <v>11097</v>
+      </c>
     </row>
     <row r="215" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A215" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B215" s="11">
         <v>10656</v>
       </c>
       <c r="C215" s="11">
         <v>10541</v>
       </c>
       <c r="D215" s="11">
         <v>10566</v>
       </c>
       <c r="E215" s="11">
         <v>10656</v>
       </c>
       <c r="F215" s="11">
         <v>10724</v>
       </c>
       <c r="G215" s="11">
         <v>10810</v>
       </c>
       <c r="H215" s="11">
         <v>10832</v>
       </c>
       <c r="I215" s="11">
         <v>10811</v>
       </c>
       <c r="J215" s="11">
         <v>10980</v>
       </c>
-      <c r="K215" s="11"/>
-[...1 lines deleted...]
-      <c r="M215" s="11"/>
+      <c r="K215" s="15"/>
+      <c r="L215" s="11">
+        <v>10845</v>
+      </c>
+      <c r="M215" s="11">
+        <v>10700</v>
+      </c>
     </row>
     <row r="216" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A216" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B216" s="11">
         <v>539</v>
       </c>
       <c r="C216" s="11">
         <v>635</v>
       </c>
       <c r="D216" s="11">
         <v>490</v>
       </c>
       <c r="E216" s="11">
         <v>414</v>
       </c>
       <c r="F216" s="11">
         <v>468</v>
       </c>
       <c r="G216" s="11">
         <v>471</v>
       </c>
       <c r="H216" s="11">
         <v>517</v>
       </c>
       <c r="I216" s="11">
         <v>491</v>
       </c>
       <c r="J216" s="11">
         <v>357</v>
       </c>
-      <c r="K216" s="11"/>
-[...1 lines deleted...]
-      <c r="M216" s="11"/>
+      <c r="K216" s="15"/>
+      <c r="L216" s="11">
+        <v>436</v>
+      </c>
+      <c r="M216" s="11">
+        <v>397</v>
+      </c>
     </row>
     <row r="217" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A217" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B217" s="12">
         <v>4.8</v>
       </c>
       <c r="C217" s="12">
         <v>5.7</v>
       </c>
       <c r="D217" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E217" s="12">
         <v>3.7</v>
       </c>
       <c r="F217" s="12">
         <v>4.2</v>
       </c>
       <c r="G217" s="12">
         <v>4.2</v>
       </c>
       <c r="H217" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="I217" s="12">
         <v>4.3</v>
       </c>
       <c r="J217" s="12">
         <v>3.1</v>
       </c>
-      <c r="K217" s="12"/>
-[...3 lines deleted...]
-    <row r="218" spans="1:14" s="8" customFormat="1" ht="11.4">
+      <c r="K217" s="16"/>
+      <c r="L217" s="12">
+        <v>3.9</v>
+      </c>
+      <c r="M217" s="12">
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="218" spans="1:14" s="8" customFormat="1" ht="12">
       <c r="A218" s="9"/>
       <c r="B218" s="12"/>
       <c r="C218" s="12"/>
       <c r="D218" s="12"/>
       <c r="E218" s="12"/>
       <c r="F218" s="12"/>
       <c r="G218" s="12"/>
       <c r="H218" s="12"/>
       <c r="I218" s="12"/>
       <c r="J218" s="12"/>
-      <c r="K218" s="12"/>
+      <c r="K218" s="16"/>
       <c r="L218" s="12"/>
       <c r="M218" s="12"/>
       <c r="N218" s="12"/>
     </row>
     <row r="219" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A219" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B219" s="6">
         <v>45658</v>
       </c>
       <c r="C219" s="6">
         <v>45689</v>
       </c>
       <c r="D219" s="6">
         <v>45717</v>
       </c>
       <c r="E219" s="6">
         <v>45748</v>
       </c>
       <c r="F219" s="6">
         <v>45778</v>
       </c>
       <c r="G219" s="6">
         <v>45809</v>
       </c>
       <c r="H219" s="6">
         <v>45839</v>
       </c>
       <c r="I219" s="6">
         <v>45870</v>
       </c>
       <c r="J219" s="6">
         <v>45901</v>
       </c>
-      <c r="K219" s="6"/>
-[...1 lines deleted...]
-      <c r="M219" s="6"/>
+      <c r="K219" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L219" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M219" s="6">
+        <v>45992</v>
+      </c>
       <c r="N219" s="6"/>
     </row>
     <row r="220" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A220" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B220" s="11">
         <v>15586</v>
       </c>
       <c r="C220" s="11">
         <v>15568</v>
       </c>
       <c r="D220" s="11">
         <v>15374</v>
       </c>
       <c r="E220" s="11">
         <v>15391</v>
       </c>
       <c r="F220" s="11">
         <v>15538</v>
       </c>
       <c r="G220" s="11">
         <v>15728</v>
       </c>
       <c r="H220" s="11">
         <v>15733</v>
       </c>
       <c r="I220" s="11">
         <v>15700</v>
       </c>
       <c r="J220" s="11">
         <v>15722</v>
       </c>
-      <c r="K220" s="11"/>
-[...1 lines deleted...]
-      <c r="M220" s="11"/>
+      <c r="K220" s="15"/>
+      <c r="L220" s="11">
+        <v>15580</v>
+      </c>
+      <c r="M220" s="11">
+        <v>15372</v>
+      </c>
     </row>
     <row r="221" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A221" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B221" s="11">
         <v>14829</v>
       </c>
       <c r="C221" s="11">
         <v>14663</v>
       </c>
       <c r="D221" s="11">
         <v>14747</v>
       </c>
       <c r="E221" s="11">
         <v>14878</v>
       </c>
       <c r="F221" s="11">
         <v>14955</v>
       </c>
       <c r="G221" s="11">
         <v>15072</v>
       </c>
       <c r="H221" s="11">
         <v>15064</v>
       </c>
       <c r="I221" s="11">
         <v>15079</v>
       </c>
       <c r="J221" s="11">
         <v>15289</v>
       </c>
-      <c r="K221" s="11"/>
-[...1 lines deleted...]
-      <c r="M221" s="11"/>
+      <c r="K221" s="15"/>
+      <c r="L221" s="11">
+        <v>14970</v>
+      </c>
+      <c r="M221" s="11">
+        <v>14837</v>
+      </c>
     </row>
     <row r="222" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A222" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B222" s="11">
         <v>757</v>
       </c>
       <c r="C222" s="11">
         <v>905</v>
       </c>
       <c r="D222" s="11">
         <v>627</v>
       </c>
       <c r="E222" s="11">
         <v>513</v>
       </c>
       <c r="F222" s="11">
         <v>583</v>
       </c>
       <c r="G222" s="11">
         <v>656</v>
       </c>
       <c r="H222" s="11">
         <v>669</v>
       </c>
       <c r="I222" s="11">
         <v>621</v>
       </c>
       <c r="J222" s="11">
         <v>433</v>
       </c>
-      <c r="K222" s="11"/>
-[...1 lines deleted...]
-      <c r="M222" s="11"/>
+      <c r="K222" s="15"/>
+      <c r="L222" s="11">
+        <v>610</v>
+      </c>
+      <c r="M222" s="11">
+        <v>535</v>
+      </c>
     </row>
     <row r="223" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A223" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B223" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C223" s="12">
         <v>5.8</v>
       </c>
       <c r="D223" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="E223" s="12">
         <v>3.3</v>
       </c>
       <c r="F223" s="12">
         <v>3.8</v>
       </c>
       <c r="G223" s="12">
         <v>4.2</v>
       </c>
       <c r="H223" s="12">
         <v>4.3</v>
       </c>
       <c r="I223" s="12">
         <v>4</v>
       </c>
       <c r="J223" s="12">
         <v>2.8</v>
       </c>
-      <c r="K223" s="12"/>
-[...1 lines deleted...]
-      <c r="M223" s="12"/>
+      <c r="K223" s="16"/>
+      <c r="L223" s="12">
+        <v>3.9</v>
+      </c>
+      <c r="M223" s="12">
+        <v>3.5</v>
+      </c>
     </row>
     <row r="224" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A224" s="9"/>
       <c r="B224" s="12"/>
       <c r="C224" s="12"/>
       <c r="D224" s="12"/>
       <c r="E224" s="12"/>
       <c r="F224" s="12"/>
       <c r="G224" s="12"/>
       <c r="H224" s="12"/>
       <c r="I224" s="12"/>
       <c r="J224" s="12"/>
-      <c r="K224" s="12"/>
+      <c r="K224" s="16"/>
       <c r="L224" s="12"/>
       <c r="M224" s="12"/>
       <c r="N224" s="12"/>
     </row>
     <row r="225" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A225" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B225" s="6">
         <v>45658</v>
       </c>
       <c r="C225" s="6">
         <v>45689</v>
       </c>
       <c r="D225" s="6">
         <v>45717</v>
       </c>
       <c r="E225" s="6">
         <v>45748</v>
       </c>
       <c r="F225" s="6">
         <v>45778</v>
       </c>
       <c r="G225" s="6">
         <v>45809</v>
       </c>
       <c r="H225" s="6">
         <v>45839</v>
       </c>
       <c r="I225" s="6">
         <v>45870</v>
       </c>
       <c r="J225" s="6">
         <v>45901</v>
       </c>
-      <c r="K225" s="6"/>
-[...1 lines deleted...]
-      <c r="M225" s="6"/>
+      <c r="K225" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L225" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M225" s="6">
+        <v>45992</v>
+      </c>
       <c r="N225" s="6"/>
     </row>
     <row r="226" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A226" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B226" s="11">
         <v>9299</v>
       </c>
       <c r="C226" s="11">
         <v>9296</v>
       </c>
       <c r="D226" s="11">
         <v>9234</v>
       </c>
       <c r="E226" s="11">
         <v>9232</v>
       </c>
       <c r="F226" s="11">
         <v>9261</v>
       </c>
       <c r="G226" s="11">
         <v>9314</v>
       </c>
       <c r="H226" s="11">
         <v>9353</v>
       </c>
       <c r="I226" s="11">
         <v>9338</v>
       </c>
       <c r="J226" s="11">
         <v>9418</v>
       </c>
-      <c r="K226" s="11"/>
-[...1 lines deleted...]
-      <c r="M226" s="11"/>
+      <c r="K226" s="15"/>
+      <c r="L226" s="11">
+        <v>9243</v>
+      </c>
+      <c r="M226" s="11">
+        <v>9197</v>
+      </c>
     </row>
     <row r="227" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A227" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B227" s="11">
         <v>8847</v>
       </c>
       <c r="C227" s="11">
         <v>8748</v>
       </c>
       <c r="D227" s="11">
         <v>8803</v>
       </c>
       <c r="E227" s="11">
         <v>8885</v>
       </c>
       <c r="F227" s="11">
         <v>8936</v>
       </c>
       <c r="G227" s="11">
         <v>9005</v>
       </c>
       <c r="H227" s="11">
         <v>8998</v>
       </c>
       <c r="I227" s="11">
         <v>9009</v>
       </c>
       <c r="J227" s="11">
         <v>9122</v>
       </c>
-      <c r="K227" s="11"/>
-[...1 lines deleted...]
-      <c r="M227" s="11"/>
+      <c r="K227" s="15"/>
+      <c r="L227" s="11">
+        <v>8906</v>
+      </c>
+      <c r="M227" s="11">
+        <v>8843</v>
+      </c>
     </row>
     <row r="228" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A228" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B228" s="11">
         <v>452</v>
       </c>
       <c r="C228" s="11">
         <v>548</v>
       </c>
       <c r="D228" s="11">
         <v>431</v>
       </c>
       <c r="E228" s="11">
         <v>347</v>
       </c>
       <c r="F228" s="11">
         <v>325</v>
       </c>
       <c r="G228" s="11">
         <v>309</v>
       </c>
       <c r="H228" s="11">
         <v>355</v>
       </c>
       <c r="I228" s="11">
         <v>329</v>
       </c>
       <c r="J228" s="11">
         <v>296</v>
       </c>
-      <c r="K228" s="11"/>
-[...1 lines deleted...]
-      <c r="M228" s="11"/>
+      <c r="K228" s="15"/>
+      <c r="L228" s="11">
+        <v>337</v>
+      </c>
+      <c r="M228" s="11">
+        <v>354</v>
+      </c>
     </row>
     <row r="229" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A229" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B229" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C229" s="12">
         <v>5.9</v>
       </c>
       <c r="D229" s="12">
         <v>4.7</v>
       </c>
       <c r="E229" s="12">
         <v>3.8</v>
       </c>
       <c r="F229" s="12">
         <v>3.5</v>
       </c>
       <c r="G229" s="12">
         <v>3.3</v>
       </c>
       <c r="H229" s="12">
         <v>3.8</v>
       </c>
       <c r="I229" s="12">
         <v>3.5</v>
       </c>
       <c r="J229" s="12">
         <v>3.1</v>
       </c>
-      <c r="K229" s="12"/>
-[...1 lines deleted...]
-      <c r="M229" s="12"/>
+      <c r="K229" s="16"/>
+      <c r="L229" s="12">
+        <v>3.6</v>
+      </c>
+      <c r="M229" s="12">
+        <v>3.8</v>
+      </c>
     </row>
     <row r="230" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A230" s="5"/>
       <c r="B230" s="13"/>
       <c r="C230" s="13"/>
       <c r="D230" s="13"/>
       <c r="E230" s="13"/>
       <c r="F230" s="13"/>
       <c r="G230" s="13"/>
       <c r="H230" s="13"/>
       <c r="I230" s="13"/>
       <c r="J230" s="13"/>
-      <c r="K230" s="13"/>
+      <c r="K230" s="19"/>
       <c r="L230" s="13"/>
       <c r="M230" s="13"/>
       <c r="N230" s="13"/>
     </row>
     <row r="231" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A231" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B231" s="6">
         <v>45658</v>
       </c>
       <c r="C231" s="6">
         <v>45689</v>
       </c>
       <c r="D231" s="6">
         <v>45717</v>
       </c>
       <c r="E231" s="6">
         <v>45748</v>
       </c>
       <c r="F231" s="6">
         <v>45778</v>
       </c>
       <c r="G231" s="6">
         <v>45809</v>
       </c>
       <c r="H231" s="6">
         <v>45839</v>
       </c>
       <c r="I231" s="6">
         <v>45870</v>
       </c>
       <c r="J231" s="6">
         <v>45901</v>
       </c>
-      <c r="K231" s="6"/>
-[...1 lines deleted...]
-      <c r="M231" s="6"/>
+      <c r="K231" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L231" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M231" s="6">
+        <v>45992</v>
+      </c>
       <c r="N231" s="6"/>
     </row>
     <row r="232" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A232" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B232" s="11">
         <v>6519</v>
       </c>
       <c r="C232" s="11">
         <v>6498</v>
       </c>
       <c r="D232" s="11">
         <v>6427</v>
       </c>
       <c r="E232" s="11">
         <v>6441</v>
       </c>
       <c r="F232" s="11">
         <v>6513</v>
       </c>
       <c r="G232" s="11">
         <v>6550</v>
       </c>
       <c r="H232" s="11">
         <v>6605</v>
       </c>
       <c r="I232" s="11">
         <v>6572</v>
       </c>
       <c r="J232" s="11">
         <v>6596</v>
       </c>
-      <c r="K232" s="11"/>
-[...1 lines deleted...]
-      <c r="M232" s="11"/>
+      <c r="K232" s="15"/>
+      <c r="L232" s="11">
+        <v>6524</v>
+      </c>
+      <c r="M232" s="11">
+        <v>6480</v>
+      </c>
     </row>
     <row r="233" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A233" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B233" s="11">
         <v>6202</v>
       </c>
       <c r="C233" s="11">
         <v>6135</v>
       </c>
       <c r="D233" s="11">
         <v>6150</v>
       </c>
       <c r="E233" s="11">
         <v>6209</v>
       </c>
       <c r="F233" s="11">
         <v>6265</v>
       </c>
       <c r="G233" s="11">
         <v>6312</v>
       </c>
       <c r="H233" s="11">
         <v>6330</v>
       </c>
       <c r="I233" s="11">
         <v>6313</v>
       </c>
       <c r="J233" s="11">
         <v>6388</v>
       </c>
-      <c r="K233" s="11"/>
-[...1 lines deleted...]
-      <c r="M233" s="11"/>
+      <c r="K233" s="15"/>
+      <c r="L233" s="11">
+        <v>6279</v>
+      </c>
+      <c r="M233" s="11">
+        <v>6219</v>
+      </c>
     </row>
     <row r="234" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A234" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B234" s="11">
         <v>317</v>
       </c>
       <c r="C234" s="11">
         <v>363</v>
       </c>
       <c r="D234" s="11">
         <v>277</v>
       </c>
       <c r="E234" s="11">
         <v>232</v>
       </c>
       <c r="F234" s="11">
         <v>248</v>
       </c>
       <c r="G234" s="11">
         <v>238</v>
       </c>
       <c r="H234" s="11">
         <v>275</v>
       </c>
       <c r="I234" s="11">
         <v>259</v>
       </c>
       <c r="J234" s="11">
         <v>208</v>
       </c>
-      <c r="K234" s="11"/>
-[...1 lines deleted...]
-      <c r="M234" s="11"/>
+      <c r="K234" s="15"/>
+      <c r="L234" s="11">
+        <v>245</v>
+      </c>
+      <c r="M234" s="11">
+        <v>261</v>
+      </c>
     </row>
     <row r="235" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A235" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B235" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C235" s="12">
         <v>5.6</v>
       </c>
       <c r="D235" s="12">
         <v>4.3</v>
       </c>
       <c r="E235" s="12">
         <v>3.6</v>
       </c>
       <c r="F235" s="12">
         <v>3.8</v>
       </c>
       <c r="G235" s="12">
         <v>3.6</v>
       </c>
       <c r="H235" s="12">
         <v>4.2</v>
       </c>
       <c r="I235" s="12">
         <v>3.9</v>
       </c>
       <c r="J235" s="12">
         <v>3.2</v>
       </c>
-      <c r="K235" s="12"/>
-[...1 lines deleted...]
-      <c r="M235" s="12"/>
+      <c r="K235" s="16"/>
+      <c r="L235" s="12">
+        <v>3.8</v>
+      </c>
+      <c r="M235" s="12">
+        <v>4</v>
+      </c>
     </row>
     <row r="236" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A236" s="9"/>
       <c r="B236" s="12"/>
       <c r="C236" s="12"/>
       <c r="D236" s="12"/>
       <c r="E236" s="12"/>
       <c r="F236" s="12"/>
       <c r="G236" s="12"/>
       <c r="H236" s="12"/>
       <c r="I236" s="12"/>
       <c r="J236" s="12"/>
-      <c r="K236" s="12"/>
+      <c r="K236" s="16"/>
       <c r="L236" s="12"/>
       <c r="M236" s="12"/>
       <c r="N236" s="12"/>
     </row>
     <row r="237" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A237" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B237" s="6">
         <v>45658</v>
       </c>
       <c r="C237" s="6">
         <v>45689</v>
       </c>
       <c r="D237" s="6">
         <v>45717</v>
       </c>
       <c r="E237" s="6">
         <v>45748</v>
       </c>
       <c r="F237" s="6">
         <v>45778</v>
       </c>
       <c r="G237" s="6">
         <v>45809</v>
       </c>
       <c r="H237" s="6">
         <v>45839</v>
       </c>
       <c r="I237" s="6">
         <v>45870</v>
       </c>
       <c r="J237" s="6">
         <v>45901</v>
       </c>
-      <c r="K237" s="6"/>
-[...1 lines deleted...]
-      <c r="M237" s="6"/>
+      <c r="K237" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L237" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M237" s="6">
+        <v>45992</v>
+      </c>
       <c r="N237" s="6"/>
     </row>
     <row r="238" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A238" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B238" s="11">
         <v>45877</v>
       </c>
       <c r="C238" s="11">
         <v>45664</v>
       </c>
       <c r="D238" s="11">
         <v>45381</v>
       </c>
       <c r="E238" s="11">
         <v>45539</v>
       </c>
       <c r="F238" s="11">
         <v>45882</v>
       </c>
       <c r="G238" s="11">
         <v>46173</v>
       </c>
       <c r="H238" s="11">
         <v>46421</v>
       </c>
       <c r="I238" s="11">
         <v>46270</v>
       </c>
       <c r="J238" s="11">
         <v>46618</v>
       </c>
-      <c r="K238" s="11"/>
-[...1 lines deleted...]
-      <c r="M238" s="11"/>
+      <c r="K238" s="15"/>
+      <c r="L238" s="11">
+        <v>46236</v>
+      </c>
+      <c r="M238" s="11">
+        <v>45563</v>
+      </c>
     </row>
     <row r="239" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A239" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B239" s="11">
         <v>43687</v>
       </c>
       <c r="C239" s="11">
         <v>43216</v>
       </c>
       <c r="D239" s="11">
         <v>43333</v>
       </c>
       <c r="E239" s="11">
         <v>43700</v>
       </c>
       <c r="F239" s="11">
         <v>43967</v>
       </c>
       <c r="G239" s="11">
         <v>44319</v>
       </c>
       <c r="H239" s="11">
         <v>44401</v>
       </c>
       <c r="I239" s="11">
         <v>44324</v>
       </c>
       <c r="J239" s="11">
         <v>45020</v>
       </c>
-      <c r="K239" s="11"/>
-[...1 lines deleted...]
-      <c r="M239" s="11"/>
+      <c r="K239" s="15"/>
+      <c r="L239" s="11">
+        <v>44446</v>
+      </c>
+      <c r="M239" s="11">
+        <v>43861</v>
+      </c>
     </row>
     <row r="240" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A240" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B240" s="11">
         <v>2190</v>
       </c>
       <c r="C240" s="11">
         <v>2448</v>
       </c>
       <c r="D240" s="11">
         <v>2048</v>
       </c>
       <c r="E240" s="11">
         <v>1839</v>
       </c>
       <c r="F240" s="11">
         <v>1915</v>
       </c>
       <c r="G240" s="11">
         <v>1854</v>
       </c>
       <c r="H240" s="11">
         <v>2020</v>
       </c>
       <c r="I240" s="11">
         <v>1946</v>
       </c>
       <c r="J240" s="11">
         <v>1598</v>
       </c>
-      <c r="K240" s="11"/>
-[...1 lines deleted...]
-      <c r="M240" s="11"/>
+      <c r="K240" s="15"/>
+      <c r="L240" s="11">
+        <v>1790</v>
+      </c>
+      <c r="M240" s="11">
+        <v>1702</v>
+      </c>
     </row>
     <row r="241" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A241" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B241" s="12">
         <v>4.8</v>
       </c>
       <c r="C241" s="12">
         <v>5.4</v>
       </c>
       <c r="D241" s="12">
         <v>4.5</v>
       </c>
       <c r="E241" s="12">
         <v>4</v>
       </c>
       <c r="F241" s="12">
         <v>4.2</v>
       </c>
       <c r="G241" s="12">
         <v>4</v>
       </c>
       <c r="H241" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="I241" s="12">
         <v>4.2</v>
       </c>
       <c r="J241" s="12">
         <v>3.4</v>
       </c>
-      <c r="K241" s="12"/>
-[...1 lines deleted...]
-      <c r="M241" s="12"/>
+      <c r="K241" s="16"/>
+      <c r="L241" s="12">
+        <v>3.9</v>
+      </c>
+      <c r="M241" s="12">
+        <v>3.7</v>
+      </c>
     </row>
     <row r="242" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A242" s="9"/>
       <c r="B242" s="12"/>
       <c r="C242" s="12"/>
       <c r="D242" s="12"/>
       <c r="E242" s="12"/>
       <c r="F242" s="12"/>
       <c r="G242" s="12"/>
       <c r="H242" s="12"/>
       <c r="I242" s="12"/>
       <c r="J242" s="12"/>
-      <c r="K242" s="12"/>
+      <c r="K242" s="16"/>
       <c r="L242" s="12"/>
       <c r="M242" s="12"/>
       <c r="N242" s="12"/>
     </row>
     <row r="243" spans="1:14" s="4" customFormat="1" ht="12" customHeight="1">
       <c r="A243" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B243" s="6">
         <v>45658</v>
       </c>
       <c r="C243" s="6">
         <v>45689</v>
       </c>
       <c r="D243" s="6">
         <v>45717</v>
       </c>
       <c r="E243" s="6">
         <v>45748</v>
       </c>
       <c r="F243" s="6">
         <v>45778</v>
       </c>
       <c r="G243" s="6">
         <v>45809</v>
       </c>
       <c r="H243" s="6">
         <v>45839</v>
       </c>
       <c r="I243" s="6">
         <v>45870</v>
       </c>
       <c r="J243" s="6">
         <v>45901</v>
       </c>
-      <c r="K243" s="6"/>
-[...1 lines deleted...]
-      <c r="M243" s="6"/>
+      <c r="K243" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L243" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M243" s="6">
+        <v>45992</v>
+      </c>
       <c r="N243" s="6"/>
     </row>
     <row r="244" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A244" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B244" s="11">
         <v>3694</v>
       </c>
       <c r="C244" s="11">
         <v>3692</v>
       </c>
       <c r="D244" s="11">
         <v>3654</v>
       </c>
       <c r="E244" s="11">
         <v>3651</v>
       </c>
       <c r="F244" s="11">
         <v>3693</v>
       </c>
       <c r="G244" s="11">
         <v>3710</v>
       </c>
       <c r="H244" s="11">
         <v>3736</v>
       </c>
       <c r="I244" s="11">
         <v>3747</v>
       </c>
       <c r="J244" s="11">
         <v>3761</v>
       </c>
-      <c r="K244" s="11"/>
-[...1 lines deleted...]
-      <c r="M244" s="11"/>
+      <c r="K244" s="15"/>
+      <c r="L244" s="11">
+        <v>3729</v>
+      </c>
+      <c r="M244" s="11">
+        <v>3681</v>
+      </c>
     </row>
     <row r="245" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A245" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B245" s="11">
         <v>3545</v>
       </c>
       <c r="C245" s="11">
         <v>3507</v>
       </c>
       <c r="D245" s="11">
         <v>3516</v>
       </c>
       <c r="E245" s="11">
         <v>3546</v>
       </c>
       <c r="F245" s="11">
         <v>3568</v>
       </c>
       <c r="G245" s="11">
         <v>3597</v>
       </c>
       <c r="H245" s="11">
         <v>3603</v>
       </c>
       <c r="I245" s="11">
         <v>3597</v>
       </c>
       <c r="J245" s="11">
         <v>3653</v>
       </c>
-      <c r="K245" s="11"/>
-[...1 lines deleted...]
-      <c r="M245" s="11"/>
+      <c r="K245" s="15"/>
+      <c r="L245" s="11">
+        <v>3607</v>
+      </c>
+      <c r="M245" s="11">
+        <v>3559</v>
+      </c>
     </row>
     <row r="246" spans="1:14" s="3" customFormat="1" ht="12" customHeight="1">
       <c r="A246" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B246" s="11">
         <v>149</v>
       </c>
       <c r="C246" s="11">
         <v>185</v>
       </c>
       <c r="D246" s="11">
         <v>138</v>
       </c>
       <c r="E246" s="11">
         <v>105</v>
       </c>
       <c r="F246" s="11">
         <v>125</v>
       </c>
       <c r="G246" s="11">
         <v>113</v>
       </c>
       <c r="H246" s="11">
         <v>133</v>
       </c>
       <c r="I246" s="11">
         <v>150</v>
       </c>
       <c r="J246" s="11">
         <v>108</v>
       </c>
-      <c r="K246" s="11"/>
-[...1 lines deleted...]
-      <c r="M246" s="11"/>
+      <c r="K246" s="15"/>
+      <c r="L246" s="11">
+        <v>122</v>
+      </c>
+      <c r="M246" s="11">
+        <v>122</v>
+      </c>
     </row>
     <row r="247" spans="1:14" s="8" customFormat="1" ht="12" customHeight="1">
       <c r="A247" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B247" s="12">
         <v>4</v>
       </c>
       <c r="C247" s="12">
         <v>5</v>
       </c>
       <c r="D247" s="12">
         <v>3.8</v>
       </c>
       <c r="E247" s="12">
         <v>2.9</v>
       </c>
       <c r="F247" s="12">
         <v>3.4</v>
       </c>
       <c r="G247" s="12">
         <v>3</v>
       </c>
       <c r="H247" s="12">
         <v>3.6</v>
       </c>
       <c r="I247" s="12">
         <v>4</v>
       </c>
       <c r="J247" s="12">
         <v>2.9</v>
       </c>
-      <c r="K247" s="12"/>
-[...1 lines deleted...]
-      <c r="M247" s="12"/>
+      <c r="K247" s="16"/>
+      <c r="L247" s="12">
+        <v>3.3</v>
+      </c>
+      <c r="M247" s="12">
+        <v>3.3</v>
+      </c>
     </row>
     <row r="248" spans="1:14" s="4" customFormat="1" ht="16.5" customHeight="1">
       <c r="B248" s="13"/>
       <c r="C248" s="13"/>
       <c r="D248" s="13"/>
       <c r="E248" s="13"/>
       <c r="F248" s="13"/>
       <c r="G248" s="13"/>
       <c r="H248" s="13"/>
       <c r="I248" s="13"/>
       <c r="J248" s="13"/>
-      <c r="K248" s="13"/>
+      <c r="K248" s="19"/>
       <c r="L248" s="13"/>
       <c r="M248" s="13"/>
       <c r="N248" s="13"/>
     </row>
     <row r="249" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A249" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B249" s="6">
         <v>45658</v>
       </c>
       <c r="C249" s="6">
         <v>45689</v>
       </c>
       <c r="D249" s="6">
         <v>45717</v>
       </c>
       <c r="E249" s="6">
         <v>45748</v>
       </c>
       <c r="F249" s="6">
         <v>45778</v>
       </c>
       <c r="G249" s="6">
         <v>45809</v>
       </c>
       <c r="H249" s="6">
         <v>45839</v>
       </c>
       <c r="I249" s="6">
         <v>45870</v>
       </c>
       <c r="J249" s="6">
         <v>45901</v>
       </c>
-      <c r="K249" s="6"/>
-[...1 lines deleted...]
-      <c r="M249" s="6"/>
+      <c r="K249" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L249" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M249" s="6">
+        <v>45992</v>
+      </c>
       <c r="N249" s="6"/>
     </row>
     <row r="250" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A250" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B250" s="11">
         <v>18492</v>
       </c>
       <c r="C250" s="11">
         <v>18454</v>
       </c>
       <c r="D250" s="11">
         <v>18280</v>
       </c>
       <c r="E250" s="11">
         <v>18239</v>
       </c>
       <c r="F250" s="11">
         <v>18331</v>
       </c>
       <c r="G250" s="11">
         <v>18397</v>
       </c>
       <c r="H250" s="11">
         <v>18534</v>
       </c>
       <c r="I250" s="11">
         <v>18491</v>
       </c>
       <c r="J250" s="11">
         <v>18642</v>
       </c>
-      <c r="K250" s="11"/>
-[...1 lines deleted...]
-      <c r="M250" s="11"/>
+      <c r="K250" s="15"/>
+      <c r="L250" s="11">
+        <v>18538</v>
+      </c>
+      <c r="M250" s="11">
+        <v>18357</v>
+      </c>
     </row>
     <row r="251" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A251" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B251" s="11">
         <v>17463</v>
       </c>
       <c r="C251" s="11">
         <v>17275</v>
       </c>
       <c r="D251" s="11">
         <v>17321</v>
       </c>
       <c r="E251" s="11">
         <v>17468</v>
       </c>
       <c r="F251" s="11">
         <v>17575</v>
       </c>
       <c r="G251" s="11">
         <v>17716</v>
       </c>
       <c r="H251" s="11">
         <v>17748</v>
       </c>
       <c r="I251" s="11">
         <v>17717</v>
       </c>
       <c r="J251" s="11">
         <v>17996</v>
       </c>
-      <c r="K251" s="11"/>
-[...1 lines deleted...]
-      <c r="M251" s="11"/>
+      <c r="K251" s="15"/>
+      <c r="L251" s="11">
+        <v>17766</v>
+      </c>
+      <c r="M251" s="11">
+        <v>17533</v>
+      </c>
     </row>
     <row r="252" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A252" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B252" s="11">
         <v>1029</v>
       </c>
       <c r="C252" s="11">
         <v>1179</v>
       </c>
       <c r="D252" s="11">
         <v>959</v>
       </c>
       <c r="E252" s="11">
         <v>771</v>
       </c>
       <c r="F252" s="11">
         <v>756</v>
       </c>
       <c r="G252" s="11">
         <v>681</v>
       </c>
       <c r="H252" s="11">
         <v>786</v>
       </c>
       <c r="I252" s="11">
         <v>774</v>
       </c>
       <c r="J252" s="11">
         <v>646</v>
       </c>
-      <c r="K252" s="11"/>
-[...1 lines deleted...]
-      <c r="M252" s="11"/>
+      <c r="K252" s="15"/>
+      <c r="L252" s="11">
+        <v>772</v>
+      </c>
+      <c r="M252" s="11">
+        <v>824</v>
+      </c>
     </row>
     <row r="253" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A253" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B253" s="12">
         <v>5.6</v>
       </c>
       <c r="C253" s="12">
         <v>6.4</v>
       </c>
       <c r="D253" s="12">
         <v>5.2</v>
       </c>
       <c r="E253" s="12">
         <v>4.2</v>
       </c>
       <c r="F253" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="G253" s="12">
         <v>3.7</v>
       </c>
       <c r="H253" s="12">
         <v>4.2</v>
       </c>
       <c r="I253" s="12">
         <v>4.2</v>
       </c>
       <c r="J253" s="12">
         <v>3.5</v>
       </c>
-      <c r="K253" s="12"/>
-[...3 lines deleted...]
-    <row r="254" spans="1:14" s="8" customFormat="1" ht="15.9" customHeight="1">
+      <c r="K253" s="16"/>
+      <c r="L253" s="12">
+        <v>4.2</v>
+      </c>
+      <c r="M253" s="12">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="254" spans="1:14" s="8" customFormat="1" ht="15.95" customHeight="1">
       <c r="A254" s="9"/>
       <c r="B254" s="12"/>
       <c r="C254" s="12"/>
       <c r="D254" s="12"/>
       <c r="E254" s="12"/>
       <c r="F254" s="12"/>
       <c r="G254" s="12"/>
       <c r="H254" s="12"/>
       <c r="I254" s="12"/>
       <c r="J254" s="12"/>
-      <c r="K254" s="12"/>
+      <c r="K254" s="16"/>
       <c r="L254" s="12"/>
       <c r="M254" s="12"/>
       <c r="N254" s="12"/>
     </row>
     <row r="255" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A255" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B255" s="6">
         <v>45658</v>
       </c>
       <c r="C255" s="6">
         <v>45689</v>
       </c>
       <c r="D255" s="6">
         <v>45717</v>
       </c>
       <c r="E255" s="6">
         <v>45748</v>
       </c>
       <c r="F255" s="6">
         <v>45778</v>
       </c>
       <c r="G255" s="6">
         <v>45809</v>
       </c>
       <c r="H255" s="6">
         <v>45839</v>
       </c>
       <c r="I255" s="6">
         <v>45870</v>
       </c>
       <c r="J255" s="6">
         <v>45901</v>
       </c>
-      <c r="K255" s="6"/>
-[...1 lines deleted...]
-      <c r="M255" s="6"/>
+      <c r="K255" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L255" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M255" s="6">
+        <v>45992</v>
+      </c>
       <c r="N255" s="6"/>
     </row>
     <row r="256" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A256" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B256" s="11">
         <v>12409</v>
       </c>
       <c r="C256" s="11">
         <v>12362</v>
       </c>
       <c r="D256" s="11">
         <v>12283</v>
       </c>
       <c r="E256" s="11">
         <v>12296</v>
       </c>
       <c r="F256" s="11">
         <v>12369</v>
       </c>
       <c r="G256" s="11">
         <v>12405</v>
       </c>
       <c r="H256" s="11">
         <v>12430</v>
       </c>
       <c r="I256" s="11">
         <v>12417</v>
       </c>
       <c r="J256" s="11">
         <v>12561</v>
       </c>
-      <c r="K256" s="11"/>
-[...1 lines deleted...]
-      <c r="M256" s="11"/>
+      <c r="K256" s="15"/>
+      <c r="L256" s="11">
+        <v>12391</v>
+      </c>
+      <c r="M256" s="11">
+        <v>12275</v>
+      </c>
     </row>
     <row r="257" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A257" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B257" s="11">
         <v>11806</v>
       </c>
       <c r="C257" s="11">
         <v>11674</v>
       </c>
       <c r="D257" s="11">
         <v>11741</v>
       </c>
       <c r="E257" s="11">
         <v>11845</v>
       </c>
       <c r="F257" s="11">
         <v>11906</v>
       </c>
       <c r="G257" s="11">
         <v>12000</v>
       </c>
       <c r="H257" s="11">
         <v>11993</v>
       </c>
       <c r="I257" s="11">
         <v>12005</v>
       </c>
       <c r="J257" s="11">
         <v>12172</v>
       </c>
-      <c r="K257" s="11"/>
-[...1 lines deleted...]
-      <c r="M257" s="11"/>
+      <c r="K257" s="15"/>
+      <c r="L257" s="11">
+        <v>11918</v>
+      </c>
+      <c r="M257" s="11">
+        <v>11812</v>
+      </c>
     </row>
     <row r="258" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A258" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B258" s="11">
         <v>603</v>
       </c>
       <c r="C258" s="11">
         <v>688</v>
       </c>
       <c r="D258" s="11">
         <v>542</v>
       </c>
       <c r="E258" s="11">
         <v>451</v>
       </c>
       <c r="F258" s="11">
         <v>463</v>
       </c>
       <c r="G258" s="11">
         <v>405</v>
       </c>
       <c r="H258" s="11">
         <v>437</v>
       </c>
       <c r="I258" s="11">
         <v>412</v>
       </c>
       <c r="J258" s="11">
         <v>389</v>
       </c>
-      <c r="K258" s="11"/>
-[...1 lines deleted...]
-      <c r="M258" s="11"/>
+      <c r="K258" s="15"/>
+      <c r="L258" s="11">
+        <v>473</v>
+      </c>
+      <c r="M258" s="11">
+        <v>463</v>
+      </c>
     </row>
     <row r="259" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A259" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B259" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C259" s="12">
         <v>5.6</v>
       </c>
       <c r="D259" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E259" s="12">
         <v>3.7</v>
       </c>
       <c r="F259" s="12">
         <v>3.7</v>
       </c>
       <c r="G259" s="12">
         <v>3.3</v>
       </c>
       <c r="H259" s="12">
         <v>3.5</v>
       </c>
       <c r="I259" s="12">
         <v>3.3</v>
       </c>
       <c r="J259" s="12">
         <v>3.1</v>
       </c>
-      <c r="K259" s="12"/>
-[...3 lines deleted...]
-    <row r="260" spans="1:14" s="8" customFormat="1" ht="15.9" customHeight="1">
+      <c r="K259" s="16"/>
+      <c r="L259" s="12">
+        <v>3.8</v>
+      </c>
+      <c r="M259" s="12">
+        <v>3.8</v>
+      </c>
+    </row>
+    <row r="260" spans="1:14" s="8" customFormat="1" ht="15.95" customHeight="1">
       <c r="A260" s="9"/>
       <c r="B260" s="12"/>
       <c r="C260" s="12"/>
       <c r="D260" s="12"/>
       <c r="E260" s="12"/>
       <c r="F260" s="12"/>
       <c r="G260" s="12"/>
       <c r="H260" s="12"/>
       <c r="I260" s="12"/>
       <c r="J260" s="12"/>
-      <c r="K260" s="12"/>
+      <c r="K260" s="16"/>
       <c r="L260" s="12"/>
       <c r="M260" s="12"/>
       <c r="N260" s="12"/>
     </row>
     <row r="261" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A261" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B261" s="6">
         <v>45658</v>
       </c>
       <c r="C261" s="6">
         <v>45689</v>
       </c>
       <c r="D261" s="6">
         <v>45717</v>
       </c>
       <c r="E261" s="6">
         <v>45748</v>
       </c>
       <c r="F261" s="6">
         <v>45778</v>
       </c>
       <c r="G261" s="6">
         <v>45809</v>
       </c>
       <c r="H261" s="6">
         <v>45839</v>
       </c>
       <c r="I261" s="6">
         <v>45870</v>
       </c>
       <c r="J261" s="6">
         <v>45901</v>
       </c>
-      <c r="K261" s="6"/>
-[...1 lines deleted...]
-      <c r="M261" s="6"/>
+      <c r="K261" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L261" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M261" s="6">
+        <v>45992</v>
+      </c>
       <c r="N261" s="6"/>
     </row>
     <row r="262" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A262" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B262" s="11">
         <v>21169</v>
       </c>
       <c r="C262" s="11">
         <v>21222</v>
       </c>
       <c r="D262" s="11">
         <v>21004</v>
       </c>
       <c r="E262" s="11">
         <v>20969</v>
       </c>
       <c r="F262" s="11">
         <v>21129</v>
       </c>
       <c r="G262" s="11">
         <v>21229</v>
       </c>
       <c r="H262" s="11">
         <v>21336</v>
       </c>
       <c r="I262" s="11">
         <v>21241</v>
       </c>
       <c r="J262" s="11">
         <v>21395</v>
       </c>
-      <c r="K262" s="11"/>
-[...1 lines deleted...]
-      <c r="M262" s="11"/>
+      <c r="K262" s="15"/>
+      <c r="L262" s="11">
+        <v>21200</v>
+      </c>
+      <c r="M262" s="11">
+        <v>21056</v>
+      </c>
     </row>
     <row r="263" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A263" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B263" s="11">
         <v>19739</v>
       </c>
       <c r="C263" s="11">
         <v>19526</v>
       </c>
       <c r="D263" s="11">
         <v>19574</v>
       </c>
       <c r="E263" s="11">
         <v>19740</v>
       </c>
       <c r="F263" s="11">
         <v>19866</v>
       </c>
       <c r="G263" s="11">
         <v>20025</v>
       </c>
       <c r="H263" s="11">
         <v>20067</v>
       </c>
       <c r="I263" s="11">
         <v>20026</v>
       </c>
       <c r="J263" s="11">
         <v>20339</v>
       </c>
-      <c r="K263" s="11"/>
-[...1 lines deleted...]
-      <c r="M263" s="11"/>
+      <c r="K263" s="15"/>
+      <c r="L263" s="11">
+        <v>20089</v>
+      </c>
+      <c r="M263" s="11">
+        <v>19822</v>
+      </c>
     </row>
     <row r="264" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A264" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B264" s="11">
         <v>1430</v>
       </c>
       <c r="C264" s="11">
         <v>1696</v>
       </c>
       <c r="D264" s="11">
         <v>1430</v>
       </c>
       <c r="E264" s="11">
         <v>1229</v>
       </c>
       <c r="F264" s="11">
         <v>1263</v>
       </c>
       <c r="G264" s="11">
         <v>1204</v>
       </c>
       <c r="H264" s="11">
         <v>1269</v>
       </c>
       <c r="I264" s="11">
         <v>1215</v>
       </c>
       <c r="J264" s="11">
         <v>1056</v>
       </c>
-      <c r="K264" s="11"/>
-[...1 lines deleted...]
-      <c r="M264" s="11"/>
+      <c r="K264" s="15"/>
+      <c r="L264" s="11">
+        <v>1111</v>
+      </c>
+      <c r="M264" s="11">
+        <v>1234</v>
+      </c>
     </row>
     <row r="265" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A265" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B265" s="12">
         <v>6.8</v>
       </c>
       <c r="C265" s="12">
         <v>8</v>
       </c>
       <c r="D265" s="12">
         <v>6.8</v>
       </c>
       <c r="E265" s="12">
         <v>5.9</v>
       </c>
       <c r="F265" s="12">
         <v>6</v>
       </c>
       <c r="G265" s="12">
         <v>5.7</v>
       </c>
       <c r="H265" s="12">
         <v>5.9</v>
       </c>
       <c r="I265" s="12">
         <v>5.7</v>
       </c>
       <c r="J265" s="12">
         <v>4.9000000000000004</v>
       </c>
-      <c r="K265" s="12"/>
-[...3 lines deleted...]
-    <row r="266" spans="1:14" s="8" customFormat="1" ht="15.9" customHeight="1">
+      <c r="K265" s="16"/>
+      <c r="L265" s="12">
+        <v>5.2</v>
+      </c>
+      <c r="M265" s="12">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="266" spans="1:14" s="8" customFormat="1" ht="15.95" customHeight="1">
       <c r="A266" s="9"/>
       <c r="B266" s="12"/>
       <c r="C266" s="12"/>
       <c r="D266" s="12"/>
       <c r="E266" s="12"/>
       <c r="F266" s="12"/>
       <c r="G266" s="12"/>
       <c r="H266" s="12"/>
       <c r="I266" s="12"/>
       <c r="J266" s="12"/>
-      <c r="K266" s="12"/>
+      <c r="K266" s="16"/>
       <c r="L266" s="12"/>
       <c r="M266" s="12"/>
       <c r="N266" s="12"/>
     </row>
     <row r="267" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A267" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B267" s="6">
         <v>45658</v>
       </c>
       <c r="C267" s="6">
         <v>45689</v>
       </c>
       <c r="D267" s="6">
         <v>45717</v>
       </c>
       <c r="E267" s="6">
         <v>45748</v>
       </c>
       <c r="F267" s="6">
         <v>45778</v>
       </c>
       <c r="G267" s="6">
         <v>45809</v>
       </c>
       <c r="H267" s="6">
         <v>45839</v>
       </c>
       <c r="I267" s="6">
         <v>45870</v>
       </c>
       <c r="J267" s="6">
         <v>45901</v>
       </c>
-      <c r="K267" s="6"/>
-[...1 lines deleted...]
-      <c r="M267" s="6"/>
+      <c r="K267" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L267" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M267" s="6">
+        <v>45992</v>
+      </c>
       <c r="N267" s="6"/>
     </row>
     <row r="268" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A268" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B268" s="11">
         <v>27055</v>
       </c>
       <c r="C268" s="11">
         <v>26937</v>
       </c>
       <c r="D268" s="11">
         <v>26671</v>
       </c>
       <c r="E268" s="11">
         <v>26764</v>
       </c>
       <c r="F268" s="11">
         <v>27056</v>
       </c>
       <c r="G268" s="11">
         <v>27215</v>
       </c>
       <c r="H268" s="11">
         <v>27365</v>
       </c>
       <c r="I268" s="11">
         <v>27229</v>
       </c>
       <c r="J268" s="11">
         <v>27371</v>
       </c>
-      <c r="K268" s="11"/>
-[...1 lines deleted...]
-      <c r="M268" s="11"/>
+      <c r="K268" s="15"/>
+      <c r="L268" s="11">
+        <v>27072</v>
+      </c>
+      <c r="M268" s="11">
+        <v>26791</v>
+      </c>
     </row>
     <row r="269" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A269" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B269" s="11">
         <v>25817</v>
       </c>
       <c r="C269" s="11">
         <v>25539</v>
       </c>
       <c r="D269" s="11">
         <v>25600</v>
       </c>
       <c r="E269" s="11">
         <v>25847</v>
       </c>
       <c r="F269" s="11">
         <v>26081</v>
       </c>
       <c r="G269" s="11">
         <v>26277</v>
       </c>
       <c r="H269" s="11">
         <v>26351</v>
       </c>
       <c r="I269" s="11">
         <v>26282</v>
       </c>
       <c r="J269" s="11">
         <v>26594</v>
       </c>
-      <c r="K269" s="11"/>
-[...1 lines deleted...]
-      <c r="M269" s="11"/>
+      <c r="K269" s="15"/>
+      <c r="L269" s="11">
+        <v>26138</v>
+      </c>
+      <c r="M269" s="11">
+        <v>25887</v>
+      </c>
     </row>
     <row r="270" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A270" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B270" s="11">
         <v>1238</v>
       </c>
       <c r="C270" s="11">
         <v>1398</v>
       </c>
       <c r="D270" s="11">
         <v>1071</v>
       </c>
       <c r="E270" s="11">
         <v>917</v>
       </c>
       <c r="F270" s="11">
         <v>975</v>
       </c>
       <c r="G270" s="11">
         <v>938</v>
       </c>
       <c r="H270" s="11">
         <v>1014</v>
       </c>
       <c r="I270" s="11">
         <v>947</v>
       </c>
       <c r="J270" s="11">
         <v>777</v>
       </c>
-      <c r="K270" s="11"/>
-[...1 lines deleted...]
-      <c r="M270" s="11"/>
+      <c r="K270" s="15"/>
+      <c r="L270" s="11">
+        <v>934</v>
+      </c>
+      <c r="M270" s="11">
+        <v>904</v>
+      </c>
     </row>
     <row r="271" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A271" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B271" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="C271" s="12">
         <v>5.2</v>
       </c>
       <c r="D271" s="12">
         <v>4</v>
       </c>
       <c r="E271" s="12">
         <v>3.4</v>
       </c>
       <c r="F271" s="12">
         <v>3.6</v>
       </c>
       <c r="G271" s="12">
         <v>3.4</v>
       </c>
       <c r="H271" s="12">
         <v>3.7</v>
       </c>
       <c r="I271" s="12">
         <v>3.5</v>
       </c>
       <c r="J271" s="12">
         <v>2.8</v>
       </c>
-      <c r="K271" s="12"/>
-[...3 lines deleted...]
-    <row r="272" spans="1:14" s="8" customFormat="1" ht="15.9" customHeight="1">
+      <c r="K271" s="16"/>
+      <c r="L271" s="12">
+        <v>3.5</v>
+      </c>
+      <c r="M271" s="12">
+        <v>3.4</v>
+      </c>
+    </row>
+    <row r="272" spans="1:14" s="8" customFormat="1" ht="15.95" customHeight="1">
       <c r="A272" s="9"/>
       <c r="B272" s="12"/>
       <c r="C272" s="12"/>
       <c r="D272" s="12"/>
       <c r="E272" s="12"/>
       <c r="F272" s="12"/>
       <c r="G272" s="12"/>
       <c r="H272" s="12"/>
       <c r="I272" s="12"/>
       <c r="J272" s="12"/>
-      <c r="K272" s="12"/>
+      <c r="K272" s="16"/>
       <c r="L272" s="12"/>
       <c r="M272" s="12"/>
       <c r="N272" s="12"/>
     </row>
     <row r="273" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A273" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B273" s="6">
         <v>45658</v>
       </c>
       <c r="C273" s="6">
         <v>45689</v>
       </c>
       <c r="D273" s="6">
         <v>45717</v>
       </c>
       <c r="E273" s="6">
         <v>45748</v>
       </c>
       <c r="F273" s="6">
         <v>45778</v>
       </c>
       <c r="G273" s="6">
         <v>45809</v>
       </c>
       <c r="H273" s="6">
         <v>45839</v>
       </c>
       <c r="I273" s="6">
         <v>45870</v>
       </c>
       <c r="J273" s="6">
         <v>45901</v>
       </c>
-      <c r="K273" s="6"/>
-[...1 lines deleted...]
-      <c r="M273" s="6"/>
+      <c r="K273" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L273" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M273" s="6">
+        <v>45992</v>
+      </c>
       <c r="N273" s="6"/>
     </row>
     <row r="274" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A274" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B274" s="11">
         <v>95948</v>
       </c>
       <c r="C274" s="11">
         <v>95616</v>
       </c>
       <c r="D274" s="11">
         <v>94887</v>
       </c>
       <c r="E274" s="11">
         <v>95005</v>
       </c>
       <c r="F274" s="11">
         <v>95684</v>
       </c>
       <c r="G274" s="11">
         <v>96243</v>
       </c>
       <c r="H274" s="11">
         <v>96805</v>
       </c>
       <c r="I274" s="11">
         <v>96534</v>
       </c>
       <c r="J274" s="11">
         <v>97283</v>
       </c>
-      <c r="K274" s="11"/>
-[...1 lines deleted...]
-      <c r="M274" s="11"/>
+      <c r="K274" s="15"/>
+      <c r="L274" s="11">
+        <v>96549</v>
+      </c>
+      <c r="M274" s="11">
+        <v>95280</v>
+      </c>
     </row>
     <row r="275" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A275" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B275" s="11">
         <v>91245</v>
       </c>
       <c r="C275" s="11">
         <v>90260</v>
       </c>
       <c r="D275" s="11">
         <v>90504</v>
       </c>
       <c r="E275" s="11">
         <v>91271</v>
       </c>
       <c r="F275" s="11">
         <v>91830</v>
       </c>
       <c r="G275" s="11">
         <v>92565</v>
       </c>
       <c r="H275" s="11">
         <v>92736</v>
       </c>
       <c r="I275" s="11">
         <v>92574</v>
       </c>
       <c r="J275" s="11">
         <v>94028</v>
       </c>
-      <c r="K275" s="11"/>
-[...1 lines deleted...]
-      <c r="M275" s="11"/>
+      <c r="K275" s="15"/>
+      <c r="L275" s="11">
+        <v>92829</v>
+      </c>
+      <c r="M275" s="11">
+        <v>91608</v>
+      </c>
     </row>
     <row r="276" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A276" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B276" s="11">
         <v>4703</v>
       </c>
       <c r="C276" s="11">
         <v>5356</v>
       </c>
       <c r="D276" s="11">
         <v>4383</v>
       </c>
       <c r="E276" s="11">
         <v>3734</v>
       </c>
       <c r="F276" s="11">
         <v>3854</v>
       </c>
       <c r="G276" s="11">
         <v>3678</v>
       </c>
       <c r="H276" s="11">
         <v>4069</v>
       </c>
       <c r="I276" s="11">
         <v>3960</v>
       </c>
       <c r="J276" s="11">
         <v>3255</v>
       </c>
-      <c r="K276" s="11"/>
-[...1 lines deleted...]
-      <c r="M276" s="11"/>
+      <c r="K276" s="15"/>
+      <c r="L276" s="11">
+        <v>3720</v>
+      </c>
+      <c r="M276" s="11">
+        <v>3672</v>
+      </c>
     </row>
     <row r="277" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A277" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B277" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="C277" s="12">
         <v>5.6</v>
       </c>
       <c r="D277" s="12">
         <v>4.5999999999999996</v>
       </c>
       <c r="E277" s="12">
         <v>3.9</v>
       </c>
       <c r="F277" s="12">
         <v>4</v>
       </c>
       <c r="G277" s="12">
         <v>3.8</v>
       </c>
       <c r="H277" s="12">
         <v>4.2</v>
       </c>
       <c r="I277" s="12">
         <v>4.0999999999999996</v>
       </c>
       <c r="J277" s="12">
         <v>3.3</v>
       </c>
-      <c r="K277" s="12"/>
-[...3 lines deleted...]
-    <row r="278" spans="1:14" s="8" customFormat="1" ht="11.4">
+      <c r="K277" s="16"/>
+      <c r="L277" s="12">
+        <v>3.9</v>
+      </c>
+      <c r="M277" s="12">
+        <v>3.9</v>
+      </c>
+    </row>
+    <row r="278" spans="1:14" s="8" customFormat="1" ht="12">
       <c r="A278" s="9"/>
       <c r="B278" s="12"/>
       <c r="C278" s="12"/>
       <c r="D278" s="12"/>
       <c r="E278" s="12"/>
       <c r="F278" s="12"/>
       <c r="G278" s="12"/>
       <c r="H278" s="12"/>
       <c r="I278" s="12"/>
       <c r="J278" s="12"/>
-      <c r="K278" s="12"/>
+      <c r="K278" s="16"/>
       <c r="L278" s="12"/>
       <c r="M278" s="12"/>
       <c r="N278" s="12"/>
     </row>
     <row r="279" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A279" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B279" s="6">
         <v>45658</v>
       </c>
       <c r="C279" s="6">
         <v>45689</v>
       </c>
       <c r="D279" s="6">
         <v>45717</v>
       </c>
       <c r="E279" s="6">
         <v>45748</v>
       </c>
       <c r="F279" s="6">
         <v>45778</v>
       </c>
       <c r="G279" s="6">
         <v>45809</v>
       </c>
       <c r="H279" s="6">
         <v>45839</v>
       </c>
       <c r="I279" s="6">
         <v>45870</v>
       </c>
       <c r="J279" s="6">
         <v>45901</v>
       </c>
-      <c r="K279" s="6"/>
-[...1 lines deleted...]
-      <c r="M279" s="6"/>
+      <c r="K279" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L279" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M279" s="6">
+        <v>45992</v>
+      </c>
       <c r="N279" s="6"/>
     </row>
     <row r="280" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A280" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B280" s="11">
         <v>43422</v>
       </c>
       <c r="C280" s="11">
         <v>43258</v>
       </c>
       <c r="D280" s="11">
         <v>42951</v>
       </c>
       <c r="E280" s="11">
         <v>42942</v>
       </c>
       <c r="F280" s="11">
         <v>43190</v>
       </c>
       <c r="G280" s="11">
         <v>43354</v>
       </c>
       <c r="H280" s="11">
         <v>43394</v>
       </c>
       <c r="I280" s="11">
         <v>43332</v>
       </c>
       <c r="J280" s="11">
         <v>43617</v>
       </c>
-      <c r="K280" s="11"/>
-[...1 lines deleted...]
-      <c r="M280" s="11"/>
+      <c r="K280" s="15"/>
+      <c r="L280" s="11">
+        <v>42970</v>
+      </c>
+      <c r="M280" s="11">
+        <v>42697</v>
+      </c>
     </row>
     <row r="281" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A281" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B281" s="11">
         <v>41078</v>
       </c>
       <c r="C281" s="11">
         <v>40615</v>
       </c>
       <c r="D281" s="11">
         <v>40871</v>
       </c>
       <c r="E281" s="11">
         <v>41252</v>
       </c>
       <c r="F281" s="11">
         <v>41491</v>
       </c>
       <c r="G281" s="11">
         <v>41809</v>
       </c>
       <c r="H281" s="11">
         <v>41779</v>
       </c>
       <c r="I281" s="11">
         <v>41830</v>
       </c>
       <c r="J281" s="11">
         <v>42353</v>
       </c>
-      <c r="K281" s="11"/>
-[...1 lines deleted...]
-      <c r="M281" s="11"/>
+      <c r="K281" s="15"/>
+      <c r="L281" s="11">
+        <v>41352</v>
+      </c>
+      <c r="M281" s="11">
+        <v>41059</v>
+      </c>
     </row>
     <row r="282" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A282" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B282" s="11">
         <v>2344</v>
       </c>
       <c r="C282" s="11">
         <v>2643</v>
       </c>
       <c r="D282" s="11">
         <v>2080</v>
       </c>
       <c r="E282" s="11">
         <v>1690</v>
       </c>
       <c r="F282" s="11">
         <v>1699</v>
       </c>
       <c r="G282" s="11">
         <v>1545</v>
       </c>
       <c r="H282" s="11">
         <v>1615</v>
       </c>
       <c r="I282" s="11">
         <v>1502</v>
       </c>
       <c r="J282" s="11">
         <v>1264</v>
       </c>
-      <c r="K282" s="11"/>
-[...1 lines deleted...]
-      <c r="M282" s="11"/>
+      <c r="K282" s="15"/>
+      <c r="L282" s="11">
+        <v>1618</v>
+      </c>
+      <c r="M282" s="11">
+        <v>1638</v>
+      </c>
     </row>
     <row r="283" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A283" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B283" s="12">
         <v>5.4</v>
       </c>
       <c r="C283" s="12">
         <v>6.1</v>
       </c>
       <c r="D283" s="12">
         <v>4.8</v>
       </c>
       <c r="E283" s="12">
         <v>3.9</v>
       </c>
       <c r="F283" s="12">
         <v>3.9</v>
       </c>
       <c r="G283" s="12">
         <v>3.6</v>
       </c>
       <c r="H283" s="12">
         <v>3.7</v>
       </c>
       <c r="I283" s="12">
         <v>3.5</v>
       </c>
       <c r="J283" s="12">
         <v>2.9</v>
       </c>
-      <c r="K283" s="12"/>
-[...1 lines deleted...]
-      <c r="M283" s="12"/>
+      <c r="K283" s="16"/>
+      <c r="L283" s="12">
+        <v>3.8</v>
+      </c>
+      <c r="M283" s="12">
+        <v>3.8</v>
+      </c>
     </row>
     <row r="284" spans="1:14" s="8" customFormat="1" ht="17.100000000000001" customHeight="1">
       <c r="A284" s="9"/>
       <c r="B284" s="12"/>
       <c r="C284" s="12"/>
       <c r="D284" s="12"/>
       <c r="E284" s="12"/>
       <c r="F284" s="12"/>
       <c r="G284" s="12"/>
       <c r="H284" s="12"/>
       <c r="I284" s="12"/>
       <c r="J284" s="12"/>
-      <c r="K284" s="12"/>
+      <c r="K284" s="16"/>
       <c r="L284" s="12"/>
       <c r="M284" s="12"/>
       <c r="N284" s="12"/>
     </row>
     <row r="285" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A285" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B285" s="6">
         <v>45658</v>
       </c>
       <c r="C285" s="6">
         <v>45689</v>
       </c>
       <c r="D285" s="6">
         <v>45717</v>
       </c>
       <c r="E285" s="6">
         <v>45748</v>
       </c>
       <c r="F285" s="6">
         <v>45778</v>
       </c>
       <c r="G285" s="6">
         <v>45809</v>
       </c>
       <c r="H285" s="6">
         <v>45839</v>
       </c>
       <c r="I285" s="6">
         <v>45870</v>
       </c>
       <c r="J285" s="6">
         <v>45901</v>
       </c>
-      <c r="K285" s="6"/>
-[...1 lines deleted...]
-      <c r="M285" s="6"/>
+      <c r="K285" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L285" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M285" s="6">
+        <v>45992</v>
+      </c>
       <c r="N285" s="6"/>
     </row>
     <row r="286" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A286" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B286" s="11">
         <v>352039</v>
       </c>
       <c r="C286" s="11">
         <v>351821</v>
       </c>
       <c r="D286" s="11">
         <v>348648</v>
       </c>
       <c r="E286" s="11">
         <v>348706</v>
       </c>
       <c r="F286" s="11">
         <v>351388</v>
       </c>
       <c r="G286" s="11">
         <v>353661</v>
       </c>
       <c r="H286" s="11">
         <v>355972</v>
       </c>
       <c r="I286" s="11">
         <v>354699</v>
       </c>
       <c r="J286" s="11">
         <v>356623</v>
       </c>
-      <c r="K286" s="11"/>
-[...1 lines deleted...]
-      <c r="M286" s="11"/>
+      <c r="K286" s="15"/>
+      <c r="L286" s="11">
+        <v>354489</v>
+      </c>
+      <c r="M286" s="11">
+        <v>350154</v>
+      </c>
     </row>
     <row r="287" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A287" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B287" s="11">
         <v>331895</v>
       </c>
       <c r="C287" s="11">
         <v>328320</v>
       </c>
       <c r="D287" s="11">
         <v>329120</v>
       </c>
       <c r="E287" s="11">
         <v>331916</v>
       </c>
       <c r="F287" s="11">
         <v>334025</v>
       </c>
       <c r="G287" s="11">
         <v>336703</v>
       </c>
       <c r="H287" s="11">
         <v>337403</v>
       </c>
       <c r="I287" s="11">
         <v>336724</v>
       </c>
       <c r="J287" s="11">
         <v>341992</v>
       </c>
-      <c r="K287" s="11"/>
-[...1 lines deleted...]
-      <c r="M287" s="11"/>
+      <c r="K287" s="15"/>
+      <c r="L287" s="11">
+        <v>337789</v>
+      </c>
+      <c r="M287" s="11">
+        <v>333287</v>
+      </c>
     </row>
     <row r="288" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A288" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B288" s="11">
         <v>20144</v>
       </c>
       <c r="C288" s="11">
         <v>23501</v>
       </c>
       <c r="D288" s="11">
         <v>19528</v>
       </c>
       <c r="E288" s="11">
         <v>16790</v>
       </c>
       <c r="F288" s="11">
         <v>17363</v>
       </c>
       <c r="G288" s="11">
         <v>16958</v>
       </c>
       <c r="H288" s="11">
         <v>18569</v>
       </c>
       <c r="I288" s="11">
         <v>17975</v>
       </c>
       <c r="J288" s="11">
         <v>14631</v>
       </c>
-      <c r="K288" s="11"/>
-[...1 lines deleted...]
-      <c r="M288" s="11"/>
+      <c r="K288" s="15"/>
+      <c r="L288" s="11">
+        <v>16700</v>
+      </c>
+      <c r="M288" s="11">
+        <v>16867</v>
+      </c>
     </row>
     <row r="289" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A289" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B289" s="12">
         <v>5.7</v>
       </c>
       <c r="C289" s="12">
         <v>6.7</v>
       </c>
       <c r="D289" s="12">
         <v>5.6</v>
       </c>
       <c r="E289" s="12">
         <v>4.8</v>
       </c>
       <c r="F289" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="G289" s="12">
         <v>4.8</v>
       </c>
       <c r="H289" s="12">
         <v>5.2</v>
       </c>
       <c r="I289" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="J289" s="12">
         <v>4.0999999999999996</v>
       </c>
-      <c r="K289" s="12"/>
-[...1 lines deleted...]
-      <c r="M289" s="12"/>
+      <c r="K289" s="16"/>
+      <c r="L289" s="12">
+        <v>4.7</v>
+      </c>
+      <c r="M289" s="12">
+        <v>4.8</v>
+      </c>
     </row>
     <row r="290" spans="1:14" s="8" customFormat="1" ht="17.100000000000001" customHeight="1">
       <c r="A290" s="9"/>
       <c r="B290" s="12"/>
       <c r="C290" s="12"/>
       <c r="D290" s="12"/>
       <c r="E290" s="12"/>
       <c r="F290" s="12"/>
       <c r="G290" s="12"/>
       <c r="H290" s="12"/>
       <c r="I290" s="12"/>
       <c r="J290" s="12"/>
-      <c r="K290" s="12"/>
+      <c r="K290" s="16"/>
       <c r="L290" s="12"/>
       <c r="M290" s="12"/>
       <c r="N290" s="12"/>
     </row>
     <row r="291" spans="1:14" s="4" customFormat="1" ht="14.1" customHeight="1">
       <c r="A291" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B291" s="6">
         <v>45658</v>
       </c>
       <c r="C291" s="6">
         <v>45689</v>
       </c>
       <c r="D291" s="6">
         <v>45717</v>
       </c>
       <c r="E291" s="6">
         <v>45748</v>
       </c>
       <c r="F291" s="6">
         <v>45778</v>
       </c>
       <c r="G291" s="6">
         <v>45809</v>
       </c>
       <c r="H291" s="6">
         <v>45839</v>
       </c>
       <c r="I291" s="6">
         <v>45870</v>
       </c>
       <c r="J291" s="6">
         <v>45901</v>
       </c>
-      <c r="K291" s="6"/>
-[...1 lines deleted...]
-      <c r="M291" s="6"/>
+      <c r="K291" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L291" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M291" s="6">
+        <v>45992</v>
+      </c>
       <c r="N291" s="6"/>
     </row>
     <row r="292" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A292" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B292" s="11">
         <v>69749</v>
       </c>
       <c r="C292" s="11">
         <v>69510</v>
       </c>
       <c r="D292" s="11">
         <v>69055</v>
       </c>
       <c r="E292" s="11">
         <v>69117</v>
       </c>
       <c r="F292" s="11">
         <v>69567</v>
       </c>
       <c r="G292" s="11">
         <v>69992</v>
       </c>
       <c r="H292" s="11">
         <v>70052</v>
       </c>
       <c r="I292" s="11">
         <v>69978</v>
       </c>
       <c r="J292" s="11">
         <v>70447</v>
       </c>
-      <c r="K292" s="11"/>
-[...1 lines deleted...]
-      <c r="M292" s="11"/>
+      <c r="K292" s="15"/>
+      <c r="L292" s="11">
+        <v>69613</v>
+      </c>
+      <c r="M292" s="11">
+        <v>68912</v>
+      </c>
     </row>
     <row r="293" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A293" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B293" s="11">
         <v>66485</v>
       </c>
       <c r="C293" s="11">
         <v>65742</v>
       </c>
       <c r="D293" s="11">
         <v>66120</v>
       </c>
       <c r="E293" s="11">
         <v>66708</v>
       </c>
       <c r="F293" s="11">
         <v>67051</v>
       </c>
       <c r="G293" s="11">
         <v>67577</v>
       </c>
       <c r="H293" s="11">
         <v>67538</v>
       </c>
       <c r="I293" s="11">
         <v>67606</v>
       </c>
       <c r="J293" s="11">
         <v>68547</v>
       </c>
-      <c r="K293" s="11"/>
-[...1 lines deleted...]
-      <c r="M293" s="11"/>
+      <c r="K293" s="15"/>
+      <c r="L293" s="11">
+        <v>67120</v>
+      </c>
+      <c r="M293" s="11">
+        <v>66522</v>
+      </c>
     </row>
     <row r="294" spans="1:14" s="3" customFormat="1" ht="14.1" customHeight="1">
       <c r="A294" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B294" s="11">
         <v>3264</v>
       </c>
       <c r="C294" s="11">
         <v>3768</v>
       </c>
       <c r="D294" s="11">
         <v>2935</v>
       </c>
       <c r="E294" s="11">
         <v>2409</v>
       </c>
       <c r="F294" s="11">
         <v>2516</v>
       </c>
       <c r="G294" s="11">
         <v>2415</v>
       </c>
       <c r="H294" s="11">
         <v>2514</v>
       </c>
       <c r="I294" s="11">
         <v>2372</v>
       </c>
       <c r="J294" s="11">
         <v>1900</v>
       </c>
-      <c r="K294" s="11"/>
-[...1 lines deleted...]
-      <c r="M294" s="11"/>
+      <c r="K294" s="15"/>
+      <c r="L294" s="11">
+        <v>2493</v>
+      </c>
+      <c r="M294" s="11">
+        <v>2390</v>
+      </c>
     </row>
     <row r="295" spans="1:14" s="8" customFormat="1" ht="14.1" customHeight="1">
       <c r="A295" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B295" s="12">
         <v>4.7</v>
       </c>
       <c r="C295" s="12">
         <v>5.4</v>
       </c>
       <c r="D295" s="12">
         <v>4.3</v>
       </c>
       <c r="E295" s="12">
         <v>3.5</v>
       </c>
       <c r="F295" s="12">
         <v>3.6</v>
       </c>
       <c r="G295" s="12">
         <v>3.5</v>
       </c>
       <c r="H295" s="12">
         <v>3.6</v>
       </c>
       <c r="I295" s="12">
         <v>3.4</v>
       </c>
       <c r="J295" s="12">
         <v>2.7</v>
       </c>
-      <c r="K295" s="12"/>
-[...1 lines deleted...]
-      <c r="M295" s="12"/>
+      <c r="K295" s="16"/>
+      <c r="L295" s="12">
+        <v>3.6</v>
+      </c>
+      <c r="M295" s="12">
+        <v>3.5</v>
+      </c>
     </row>
     <row r="296" spans="1:14" s="8" customFormat="1" ht="13.5" customHeight="1">
       <c r="A296" s="9"/>
       <c r="B296" s="12"/>
       <c r="C296" s="12"/>
       <c r="D296" s="12"/>
       <c r="E296" s="12"/>
       <c r="F296" s="12"/>
       <c r="G296" s="12"/>
       <c r="H296" s="12"/>
       <c r="I296" s="12"/>
       <c r="J296" s="12"/>
-      <c r="K296" s="12"/>
+      <c r="K296" s="16"/>
       <c r="L296" s="12"/>
       <c r="M296" s="12"/>
       <c r="N296" s="12"/>
     </row>
-    <row r="297" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="297" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A297" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B297" s="6">
         <v>45658</v>
       </c>
       <c r="C297" s="6">
         <v>45689</v>
       </c>
       <c r="D297" s="6">
         <v>45717</v>
       </c>
       <c r="E297" s="6">
         <v>45748</v>
       </c>
       <c r="F297" s="6">
         <v>45778</v>
       </c>
       <c r="G297" s="6">
         <v>45809</v>
       </c>
       <c r="H297" s="6">
         <v>45839</v>
       </c>
       <c r="I297" s="6">
         <v>45870</v>
       </c>
       <c r="J297" s="6">
         <v>45901</v>
       </c>
-      <c r="K297" s="6"/>
-[...1 lines deleted...]
-      <c r="M297" s="6"/>
+      <c r="K297" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L297" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M297" s="6">
+        <v>45992</v>
+      </c>
       <c r="N297" s="6"/>
     </row>
-    <row r="298" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="298" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A298" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B298" s="11">
         <v>143751</v>
       </c>
       <c r="C298" s="11">
         <v>143846</v>
       </c>
       <c r="D298" s="11">
         <v>142470</v>
       </c>
       <c r="E298" s="11">
         <v>142383</v>
       </c>
       <c r="F298" s="11">
         <v>143522</v>
       </c>
       <c r="G298" s="11">
         <v>144546</v>
       </c>
       <c r="H298" s="11">
         <v>145406</v>
       </c>
       <c r="I298" s="11">
         <v>144942</v>
       </c>
       <c r="J298" s="11">
         <v>145624</v>
       </c>
-      <c r="K298" s="11"/>
-[...1 lines deleted...]
-      <c r="M298" s="11"/>
+      <c r="K298" s="15"/>
+      <c r="L298" s="11">
+        <v>144743</v>
+      </c>
+      <c r="M298" s="11">
+        <v>142827</v>
+      </c>
       <c r="N298" s="3"/>
     </row>
-    <row r="299" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="299" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A299" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B299" s="11">
         <v>135112</v>
       </c>
       <c r="C299" s="11">
         <v>133656</v>
       </c>
       <c r="D299" s="11">
         <v>133982</v>
       </c>
       <c r="E299" s="11">
         <v>135121</v>
       </c>
       <c r="F299" s="11">
         <v>135979</v>
       </c>
       <c r="G299" s="11">
         <v>137069</v>
       </c>
       <c r="H299" s="11">
         <v>137355</v>
       </c>
       <c r="I299" s="11">
         <v>137078</v>
       </c>
       <c r="J299" s="11">
         <v>139222</v>
       </c>
-      <c r="K299" s="11"/>
-[...1 lines deleted...]
-      <c r="M299" s="11"/>
+      <c r="K299" s="15"/>
+      <c r="L299" s="11">
+        <v>137511</v>
+      </c>
+      <c r="M299" s="11">
+        <v>135678</v>
+      </c>
       <c r="N299" s="3"/>
     </row>
-    <row r="300" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="300" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A300" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B300" s="11">
         <v>8639</v>
       </c>
       <c r="C300" s="11">
         <v>10190</v>
       </c>
       <c r="D300" s="11">
         <v>8488</v>
       </c>
       <c r="E300" s="11">
         <v>7262</v>
       </c>
       <c r="F300" s="11">
         <v>7543</v>
       </c>
       <c r="G300" s="11">
         <v>7477</v>
       </c>
       <c r="H300" s="11">
         <v>8051</v>
       </c>
       <c r="I300" s="11">
         <v>7864</v>
       </c>
       <c r="J300" s="11">
         <v>6402</v>
       </c>
-      <c r="K300" s="11"/>
-[...1 lines deleted...]
-      <c r="M300" s="11"/>
+      <c r="K300" s="15"/>
+      <c r="L300" s="11">
+        <v>7232</v>
+      </c>
+      <c r="M300" s="11">
+        <v>7149</v>
+      </c>
       <c r="N300" s="3"/>
     </row>
-    <row r="301" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="301" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A301" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B301" s="12">
         <v>6</v>
       </c>
       <c r="C301" s="12">
         <v>7.1</v>
       </c>
       <c r="D301" s="12">
         <v>6</v>
       </c>
       <c r="E301" s="12">
         <v>5.0999999999999996</v>
       </c>
       <c r="F301" s="12">
         <v>5.3</v>
       </c>
       <c r="G301" s="12">
         <v>5.2</v>
       </c>
       <c r="H301" s="12">
         <v>5.5</v>
       </c>
       <c r="I301" s="12">
         <v>5.4</v>
       </c>
       <c r="J301" s="12">
         <v>4.4000000000000004</v>
       </c>
-      <c r="K301" s="12"/>
-[...1 lines deleted...]
-      <c r="M301" s="12"/>
+      <c r="K301" s="16"/>
+      <c r="L301" s="12">
+        <v>5</v>
+      </c>
+      <c r="M301" s="12">
+        <v>5</v>
+      </c>
       <c r="N301" s="8"/>
     </row>
-    <row r="302" spans="1:14" s="4" customFormat="1" ht="11.4"/>
-    <row r="303" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="302" spans="1:14" s="4" customFormat="1" ht="12">
+      <c r="K302" s="18"/>
+    </row>
+    <row r="303" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A303" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B303" s="6">
         <v>45658</v>
       </c>
       <c r="C303" s="6">
         <v>45689</v>
       </c>
       <c r="D303" s="6">
         <v>45717</v>
       </c>
       <c r="E303" s="6">
         <v>45748</v>
       </c>
       <c r="F303" s="6">
         <v>45778</v>
       </c>
       <c r="G303" s="6">
         <v>45809</v>
       </c>
       <c r="H303" s="6">
         <v>45839</v>
       </c>
       <c r="I303" s="6">
         <v>45870</v>
       </c>
       <c r="J303" s="6">
         <v>45901</v>
       </c>
-      <c r="K303" s="6"/>
-[...1 lines deleted...]
-      <c r="M303" s="6"/>
+      <c r="K303" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L303" s="6">
+        <v>45962</v>
+      </c>
+      <c r="M303" s="6">
+        <v>45992</v>
+      </c>
       <c r="N303" s="6"/>
     </row>
-    <row r="304" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="304" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A304" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B304" s="11">
         <v>444458</v>
       </c>
       <c r="C304" s="11">
         <v>443296</v>
       </c>
       <c r="D304" s="11">
         <v>439740</v>
       </c>
       <c r="E304" s="11">
         <v>440150</v>
       </c>
       <c r="F304" s="11">
         <v>443360</v>
       </c>
       <c r="G304" s="11">
         <v>445918</v>
       </c>
       <c r="H304" s="11">
         <v>448184</v>
       </c>
       <c r="I304" s="11">
         <v>446830</v>
       </c>
       <c r="J304" s="11">
         <v>449718</v>
       </c>
-      <c r="K304" s="11"/>
-[...1 lines deleted...]
-      <c r="M304" s="11"/>
+      <c r="K304" s="15"/>
+      <c r="L304" s="11">
+        <v>445951</v>
+      </c>
+      <c r="M304" s="11">
+        <v>441006</v>
+      </c>
       <c r="N304" s="3"/>
     </row>
-    <row r="305" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="305" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A305" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B305" s="11">
         <v>421409</v>
       </c>
       <c r="C305" s="11">
         <v>416821</v>
       </c>
       <c r="D305" s="11">
         <v>418233</v>
       </c>
       <c r="E305" s="11">
         <v>421872</v>
       </c>
       <c r="F305" s="11">
         <v>424497</v>
       </c>
       <c r="G305" s="11">
         <v>427862</v>
       </c>
       <c r="H305" s="11">
         <v>428453</v>
       </c>
       <c r="I305" s="11">
         <v>427939</v>
       </c>
       <c r="J305" s="11">
         <v>434294</v>
       </c>
-      <c r="K305" s="11"/>
-[...1 lines deleted...]
-      <c r="M305" s="11"/>
+      <c r="K305" s="15"/>
+      <c r="L305" s="11">
+        <v>427718</v>
+      </c>
+      <c r="M305" s="11">
+        <v>422685</v>
+      </c>
       <c r="N305" s="3"/>
     </row>
-    <row r="306" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="306" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A306" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B306" s="11">
         <v>23049</v>
       </c>
       <c r="C306" s="11">
         <v>26475</v>
       </c>
       <c r="D306" s="11">
         <v>21507</v>
       </c>
       <c r="E306" s="11">
         <v>18278</v>
       </c>
       <c r="F306" s="11">
         <v>18863</v>
       </c>
       <c r="G306" s="11">
         <v>18056</v>
       </c>
       <c r="H306" s="11">
         <v>19731</v>
       </c>
       <c r="I306" s="11">
         <v>18891</v>
       </c>
       <c r="J306" s="11">
         <v>15424</v>
       </c>
-      <c r="K306" s="11"/>
-[...1 lines deleted...]
-      <c r="M306" s="11"/>
+      <c r="K306" s="15"/>
+      <c r="L306" s="11">
+        <v>18233</v>
+      </c>
+      <c r="M306" s="11">
+        <v>18321</v>
+      </c>
       <c r="N306" s="3"/>
     </row>
-    <row r="307" spans="1:14" s="4" customFormat="1" ht="11.4">
+    <row r="307" spans="1:14" s="4" customFormat="1" ht="12">
       <c r="A307" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B307" s="12">
         <v>5.2</v>
       </c>
       <c r="C307" s="12">
         <v>6</v>
       </c>
       <c r="D307" s="12">
         <v>4.9000000000000004</v>
       </c>
       <c r="E307" s="12">
         <v>4.2</v>
       </c>
       <c r="F307" s="12">
         <v>4.3</v>
       </c>
       <c r="G307" s="12">
         <v>4</v>
       </c>
       <c r="H307" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="I307" s="12">
         <v>4.2</v>
       </c>
       <c r="J307" s="12">
         <v>3.4</v>
       </c>
-      <c r="K307" s="12"/>
-[...1 lines deleted...]
-      <c r="M307" s="12"/>
+      <c r="K307" s="16"/>
+      <c r="L307" s="12">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="M307" s="12">
+        <v>4.2</v>
+      </c>
       <c r="N307" s="8"/>
+    </row>
+    <row r="309" spans="1:14">
+      <c r="A309" s="4" t="s">
+        <v>57</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0" right="0" top="1.25" bottom="1" header="0.35" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;C&amp;"Futura Bk BT,Regular"&amp;12 RHODE ISLAND
 LOCAL AREA UNEMPLOYMENT STATISTICS 
 Not Seasonally Adjusted 
-2025&amp;R12/2025
+2025&amp;R01/2026
 </oddHeader>
-    <oddFooter>&amp;R&amp;"Geometr231 BT,Roman"&amp;P</oddFooter>
+    <oddFooter>&amp;R&amp;"Geometr231 BT,Regular"&amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="8" manualBreakCount="8">
     <brk id="32" max="16383" man="1"/>
     <brk id="68" max="16383" man="1"/>
     <brk id="104" max="16383" man="1"/>
     <brk id="140" max="16383" man="1"/>
     <brk id="176" max="16383" man="1"/>
     <brk id="212" max="16383" man="1"/>
     <brk id="248" max="16383" man="1"/>
     <brk id="278" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>