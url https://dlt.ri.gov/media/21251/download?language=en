--- v0 (2025-11-06)
+++ v1 (2026-03-15)
@@ -1,84 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="278" documentId="13_ncr:1_{7ED098AE-DBF3-4C23-A5F6-0A701AE65E3D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BD6696E7-7529-4521-A6AF-C9AC5F15913D}"/>
+  <xr:revisionPtr revIDLastSave="329" documentId="13_ncr:1_{7ED098AE-DBF3-4C23-A5F6-0A701AE65E3D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{44CE755C-89B4-4E2D-BA24-CFC387CDD534}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$N$30</definedName>
     <definedName name="TABLE" localSheetId="0">Sheet1!$I$9:$I$23</definedName>
     <definedName name="TABLE_2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="TABLE_3" localSheetId="0">Sheet1!$J$9:$K$23</definedName>
     <definedName name="TABLE_4" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="TABLE_5" localSheetId="0">Sheet1!$B$9:$B$23</definedName>
     <definedName name="TABLE_6" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
+</file>
+
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="N10" i="1" l="1"/>
+  <c r="N11" i="1"/>
+  <c r="N12" i="1"/>
+  <c r="N13" i="1"/>
+  <c r="N14" i="1"/>
+  <c r="N17" i="1"/>
+  <c r="N20" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="N22" i="1"/>
+  <c r="N23" i="1"/>
+  <c r="N24" i="1"/>
+  <c r="N25" i="1"/>
+  <c r="N9" i="1"/>
+</calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
     <t>July</t>
   </si>
@@ -388,55 +406,51 @@
       <rgbColor rgb="00996666"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="003333CC"/>
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -866,672 +880,821 @@
       </c>
       <c r="C9" s="10">
         <v>5933</v>
       </c>
       <c r="D9" s="10">
         <v>3610</v>
       </c>
       <c r="E9" s="11">
         <v>5634</v>
       </c>
       <c r="F9" s="11">
         <v>3917</v>
       </c>
       <c r="G9" s="11">
         <v>6112</v>
       </c>
       <c r="H9" s="11">
         <v>4152</v>
       </c>
       <c r="I9" s="11">
         <v>3812</v>
       </c>
       <c r="J9" s="11">
         <v>3339</v>
       </c>
-      <c r="K9" s="11"/>
-[...2 lines deleted...]
-      <c r="N9" s="11"/>
+      <c r="K9" s="11">
+        <v>3378</v>
+      </c>
+      <c r="L9" s="11">
+        <v>4114</v>
+      </c>
+      <c r="M9" s="11">
+        <v>9200</v>
+      </c>
+      <c r="N9" s="11">
+        <f>SUM(B9:M9)</f>
+        <v>60220</v>
+      </c>
       <c r="O9" s="21"/>
     </row>
     <row r="10" spans="1:15" s="27" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="25" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="26">
         <v>6806</v>
       </c>
       <c r="C10" s="26">
         <v>5803</v>
       </c>
       <c r="D10" s="26">
         <v>3461</v>
       </c>
       <c r="E10" s="18">
         <v>5505</v>
       </c>
       <c r="F10" s="18">
         <v>3891</v>
       </c>
       <c r="G10" s="18">
         <v>6058</v>
       </c>
       <c r="H10" s="18">
         <v>4104</v>
       </c>
       <c r="I10" s="18">
         <v>3793</v>
       </c>
       <c r="J10" s="18">
         <v>3311</v>
       </c>
-      <c r="K10" s="18"/>
-[...2 lines deleted...]
-      <c r="N10" s="11"/>
+      <c r="K10" s="18">
+        <v>3304</v>
+      </c>
+      <c r="L10" s="18">
+        <v>3884</v>
+      </c>
+      <c r="M10" s="18">
+        <v>9055</v>
+      </c>
+      <c r="N10" s="11">
+        <f t="shared" ref="N10:N25" si="0">SUM(B10:M10)</f>
+        <v>58975</v>
+      </c>
       <c r="O10" s="28"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="10">
         <v>6000</v>
       </c>
       <c r="C11" s="10">
         <v>3737</v>
       </c>
       <c r="D11" s="10">
         <v>2739</v>
       </c>
       <c r="E11" s="11">
         <v>2700</v>
       </c>
       <c r="F11" s="11">
         <v>3028</v>
       </c>
       <c r="G11" s="11">
         <v>3577</v>
       </c>
       <c r="H11" s="11">
         <v>3176</v>
       </c>
       <c r="I11" s="18">
         <v>2804</v>
       </c>
       <c r="J11" s="11">
         <v>2381</v>
       </c>
-      <c r="K11" s="11"/>
-[...2 lines deleted...]
-      <c r="N11" s="11"/>
+      <c r="K11" s="11">
+        <v>2435</v>
+      </c>
+      <c r="L11" s="11">
+        <v>2903</v>
+      </c>
+      <c r="M11" s="11">
+        <v>5051</v>
+      </c>
+      <c r="N11" s="11">
+        <f t="shared" si="0"/>
+        <v>40531</v>
+      </c>
       <c r="O11" s="21"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="10">
         <v>425</v>
       </c>
       <c r="C12" s="10">
         <v>394</v>
       </c>
       <c r="D12" s="10">
         <v>252</v>
       </c>
       <c r="E12" s="11">
         <v>251</v>
       </c>
       <c r="F12" s="11">
         <v>256</v>
       </c>
       <c r="G12" s="11">
         <v>284</v>
       </c>
       <c r="H12" s="11">
         <v>236</v>
       </c>
       <c r="I12" s="18">
         <v>309</v>
       </c>
       <c r="J12" s="11">
         <v>291</v>
       </c>
-      <c r="K12" s="11"/>
-[...2 lines deleted...]
-      <c r="N12" s="11"/>
+      <c r="K12" s="11">
+        <v>261</v>
+      </c>
+      <c r="L12" s="11">
+        <v>346</v>
+      </c>
+      <c r="M12" s="11">
+        <v>384</v>
+      </c>
+      <c r="N12" s="11">
+        <f t="shared" si="0"/>
+        <v>3689</v>
+      </c>
       <c r="O12" s="21"/>
     </row>
     <row r="13" spans="1:15" s="27" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="25" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="26">
         <v>58487</v>
       </c>
       <c r="C13" s="26">
         <v>58217</v>
       </c>
       <c r="D13" s="26">
         <v>63067</v>
       </c>
       <c r="E13" s="18">
         <v>45729</v>
       </c>
       <c r="F13" s="18">
         <v>37668</v>
       </c>
       <c r="G13" s="18">
         <v>47862</v>
       </c>
       <c r="H13" s="18">
         <v>52964</v>
       </c>
       <c r="I13" s="18">
         <v>49738</v>
       </c>
       <c r="J13" s="18">
         <v>42895</v>
       </c>
-      <c r="K13" s="18"/>
-[...2 lines deleted...]
-      <c r="N13" s="11"/>
+      <c r="K13" s="18">
+        <v>33422</v>
+      </c>
+      <c r="L13" s="18">
+        <v>34367</v>
+      </c>
+      <c r="M13" s="18">
+        <v>53515</v>
+      </c>
+      <c r="N13" s="11">
+        <f t="shared" si="0"/>
+        <v>577931</v>
+      </c>
       <c r="O13" s="28"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="10">
         <v>49936</v>
       </c>
       <c r="C14" s="10">
         <v>52181</v>
       </c>
       <c r="D14" s="10">
         <v>57041</v>
       </c>
       <c r="E14" s="11">
         <v>40357</v>
       </c>
       <c r="F14" s="11">
         <v>32078</v>
       </c>
       <c r="G14" s="11">
         <v>38503</v>
       </c>
       <c r="H14" s="11">
         <v>44785</v>
       </c>
       <c r="I14" s="18">
         <v>44074</v>
       </c>
       <c r="J14" s="11">
         <v>35442</v>
       </c>
-      <c r="K14" s="11"/>
-[...2 lines deleted...]
-      <c r="N14" s="11"/>
+      <c r="K14" s="11">
+        <v>27117</v>
+      </c>
+      <c r="L14" s="11">
+        <v>28513</v>
+      </c>
+      <c r="M14" s="11">
+        <v>44048</v>
+      </c>
+      <c r="N14" s="11">
+        <f t="shared" si="0"/>
+        <v>494075</v>
+      </c>
       <c r="O14" s="21"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="12">
         <v>23.873000000000001</v>
       </c>
       <c r="C15" s="12">
         <v>25.2</v>
       </c>
       <c r="D15" s="12">
         <v>27.7</v>
       </c>
       <c r="E15" s="13">
         <v>19.100000000000001</v>
       </c>
       <c r="F15" s="13">
         <v>15.5</v>
       </c>
       <c r="G15" s="13">
         <v>18.100000000000001</v>
       </c>
       <c r="H15" s="13">
         <v>20.399999999999999</v>
       </c>
       <c r="I15" s="13">
         <v>20</v>
       </c>
       <c r="J15" s="13">
         <v>17.2</v>
       </c>
-      <c r="K15" s="13"/>
-[...2 lines deleted...]
-      <c r="N15" s="11"/>
+      <c r="K15" s="13">
+        <v>13.7</v>
+      </c>
+      <c r="L15" s="13">
+        <v>14.4</v>
+      </c>
+      <c r="M15" s="13">
+        <v>21.8</v>
+      </c>
+      <c r="N15" s="13">
+        <v>236.9</v>
+      </c>
       <c r="O15" s="22"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="14">
         <v>478.07225248317849</v>
       </c>
       <c r="C16" s="14">
         <v>484</v>
       </c>
       <c r="D16" s="14">
         <v>485.89358531582548</v>
       </c>
       <c r="E16" s="15">
         <v>474.19743786703668</v>
       </c>
       <c r="F16" s="15">
         <v>482.85466674979739</v>
       </c>
       <c r="G16" s="15">
         <v>470.9305508661663</v>
       </c>
       <c r="H16" s="15">
         <v>455.53542480741322</v>
       </c>
       <c r="I16" s="18">
         <v>452.87471071379952</v>
       </c>
       <c r="J16" s="15">
         <v>485</v>
       </c>
-      <c r="K16" s="15"/>
-[...2 lines deleted...]
-      <c r="N16" s="11"/>
+      <c r="K16" s="15">
+        <v>503</v>
+      </c>
+      <c r="L16" s="15">
+        <v>503.52933749517763</v>
+      </c>
+      <c r="M16" s="15">
+        <v>494</v>
+      </c>
+      <c r="N16" s="15">
+        <v>480</v>
+      </c>
       <c r="O16" s="23"/>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="10">
         <v>4068</v>
       </c>
       <c r="C17" s="10">
         <v>3276</v>
       </c>
       <c r="D17" s="10">
         <v>3928</v>
       </c>
       <c r="E17" s="11">
         <v>3423</v>
       </c>
       <c r="F17" s="11">
         <v>2524</v>
       </c>
       <c r="G17" s="11">
         <v>2968</v>
       </c>
       <c r="H17" s="11">
         <v>3494</v>
       </c>
       <c r="I17" s="18">
         <v>3265</v>
       </c>
       <c r="J17" s="11">
         <v>3338</v>
       </c>
-      <c r="K17" s="11"/>
-[...2 lines deleted...]
-      <c r="N17" s="11"/>
+      <c r="K17" s="11">
+        <v>2091</v>
+      </c>
+      <c r="L17" s="11">
+        <v>2212</v>
+      </c>
+      <c r="M17" s="11">
+        <v>3925</v>
+      </c>
+      <c r="N17" s="11">
+        <f t="shared" si="0"/>
+        <v>38512</v>
+      </c>
       <c r="O17" s="21"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="16">
         <v>15.155116494572413</v>
       </c>
       <c r="C18" s="16">
         <v>15.3</v>
       </c>
       <c r="D18" s="16">
         <v>15.428752313236583</v>
       </c>
       <c r="E18" s="17">
         <v>15.378327428738583</v>
       </c>
       <c r="F18" s="17">
         <v>15.431660256617434</v>
       </c>
       <c r="G18" s="17">
         <v>15.421692453425955</v>
       </c>
       <c r="H18" s="17">
         <v>15.673389301682267</v>
       </c>
       <c r="I18" s="18">
         <v>15.771358958740743</v>
       </c>
       <c r="J18" s="17">
         <v>15.9</v>
       </c>
-      <c r="K18" s="17"/>
-[...2 lines deleted...]
-      <c r="N18" s="11"/>
+      <c r="K18" s="17">
+        <v>16</v>
+      </c>
+      <c r="L18" s="17">
+        <v>15.975534080992857</v>
+      </c>
+      <c r="M18" s="17">
+        <v>16.2</v>
+      </c>
+      <c r="N18" s="17">
+        <v>16.2</v>
+      </c>
       <c r="O18" s="24"/>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="16">
         <v>31.08248493662996</v>
       </c>
       <c r="C19" s="16">
         <v>31.2</v>
       </c>
       <c r="D19" s="16">
         <v>31.974469837348156</v>
       </c>
       <c r="E19" s="17">
         <v>32.045415448133497</v>
       </c>
       <c r="F19" s="17">
         <v>32.413578754705256</v>
       </c>
       <c r="G19" s="17">
         <v>31.856462834126692</v>
       </c>
       <c r="H19" s="17">
         <v>31.493248610007939</v>
       </c>
       <c r="I19" s="18">
         <v>31.912788204637661</v>
       </c>
       <c r="J19" s="17">
         <v>32.1</v>
       </c>
-      <c r="K19" s="17"/>
-[...2 lines deleted...]
-      <c r="N19" s="11"/>
+      <c r="K19" s="17">
+        <v>32.4</v>
+      </c>
+      <c r="L19" s="17">
+        <v>32.309880094373163</v>
+      </c>
+      <c r="M19" s="17">
+        <v>31.7</v>
+      </c>
+      <c r="N19" s="17">
+        <v>31.7</v>
+      </c>
       <c r="O19" s="24"/>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="10">
         <v>5375</v>
       </c>
       <c r="C20" s="10">
         <v>3295</v>
       </c>
       <c r="D20" s="10">
         <v>2404</v>
       </c>
       <c r="E20" s="11">
         <v>1904</v>
       </c>
       <c r="F20" s="11">
         <v>1687</v>
       </c>
       <c r="G20" s="11">
         <v>2509</v>
       </c>
       <c r="H20" s="11">
         <v>3287</v>
       </c>
       <c r="I20" s="18">
         <v>2036</v>
       </c>
       <c r="J20" s="11">
         <v>1625</v>
       </c>
-      <c r="K20" s="11"/>
-[...2 lines deleted...]
-      <c r="N20" s="11"/>
+      <c r="K20" s="11">
+        <v>1395</v>
+      </c>
+      <c r="L20" s="11">
+        <v>1888</v>
+      </c>
+      <c r="M20" s="11">
+        <v>3159</v>
+      </c>
+      <c r="N20" s="11">
+        <f t="shared" si="0"/>
+        <v>30564</v>
+      </c>
       <c r="O20" s="21"/>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A21" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="10">
         <v>790</v>
       </c>
       <c r="C21" s="10">
         <v>687</v>
       </c>
       <c r="D21" s="10">
         <v>946</v>
       </c>
       <c r="E21" s="11">
         <v>900</v>
       </c>
       <c r="F21" s="11">
         <v>823</v>
       </c>
       <c r="G21" s="11">
         <v>884</v>
       </c>
       <c r="H21" s="11">
         <v>842</v>
       </c>
       <c r="I21" s="18">
         <v>776</v>
       </c>
       <c r="J21" s="11">
         <v>985</v>
       </c>
-      <c r="K21" s="11"/>
-[...2 lines deleted...]
-      <c r="N21" s="11"/>
+      <c r="K21" s="11">
+        <v>752</v>
+      </c>
+      <c r="L21" s="11">
+        <v>735</v>
+      </c>
+      <c r="M21" s="11">
+        <v>933</v>
+      </c>
+      <c r="N21" s="11">
+        <f t="shared" si="0"/>
+        <v>10053</v>
+      </c>
       <c r="O21" s="32"/>
       <c r="P21" s="32"/>
     </row>
     <row r="22" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A22" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="10">
         <v>93</v>
       </c>
       <c r="C22" s="10">
         <v>82</v>
       </c>
       <c r="D22" s="10">
         <v>272</v>
       </c>
       <c r="E22" s="18">
         <v>200</v>
       </c>
       <c r="F22" s="11">
         <v>82</v>
       </c>
       <c r="G22" s="11">
         <v>103</v>
       </c>
       <c r="H22" s="11">
         <v>101</v>
       </c>
       <c r="I22" s="18">
         <v>81</v>
       </c>
       <c r="J22" s="11">
         <v>78</v>
       </c>
-      <c r="K22" s="11"/>
-[...2 lines deleted...]
-      <c r="N22" s="11"/>
+      <c r="K22" s="11">
+        <v>35</v>
+      </c>
+      <c r="L22" s="11">
+        <v>67</v>
+      </c>
+      <c r="M22" s="11">
+        <v>40</v>
+      </c>
+      <c r="N22" s="11">
+        <f t="shared" si="0"/>
+        <v>1234</v>
+      </c>
       <c r="O22" s="30"/>
     </row>
     <row r="23" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="10">
         <v>23</v>
       </c>
       <c r="C23" s="10">
         <v>23</v>
       </c>
       <c r="D23" s="10">
         <v>66</v>
       </c>
       <c r="E23" s="18">
         <v>61</v>
       </c>
       <c r="F23" s="11">
         <v>19</v>
       </c>
       <c r="G23" s="11">
         <v>26</v>
       </c>
       <c r="H23" s="11">
         <v>25</v>
       </c>
       <c r="I23" s="18">
         <v>22</v>
       </c>
       <c r="J23" s="11">
         <v>28</v>
       </c>
-      <c r="K23" s="11"/>
-[...2 lines deleted...]
-      <c r="N23" s="11"/>
+      <c r="K23" s="11">
+        <v>9</v>
+      </c>
+      <c r="L23" s="11">
+        <v>26</v>
+      </c>
+      <c r="M23" s="11">
+        <v>12</v>
+      </c>
+      <c r="N23" s="11">
+        <f t="shared" si="0"/>
+        <v>340</v>
+      </c>
       <c r="O23" s="30"/>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A24" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="18">
         <v>1389</v>
       </c>
       <c r="C24" s="18">
         <v>1298</v>
       </c>
       <c r="D24" s="18">
         <v>1225</v>
       </c>
       <c r="E24" s="18">
         <v>2207</v>
       </c>
       <c r="F24" s="11">
         <v>2361</v>
       </c>
       <c r="G24" s="11">
         <v>3094</v>
       </c>
       <c r="H24" s="11">
         <v>1937</v>
       </c>
       <c r="I24" s="18">
         <v>1994</v>
       </c>
       <c r="J24" s="11">
         <v>1841</v>
       </c>
-      <c r="K24" s="11"/>
-[...2 lines deleted...]
-      <c r="N24" s="11"/>
+      <c r="K24" s="11">
+        <v>1635</v>
+      </c>
+      <c r="L24" s="11">
+        <v>1447</v>
+      </c>
+      <c r="M24" s="11">
+        <v>1362</v>
+      </c>
+      <c r="N24" s="11">
+        <f t="shared" si="0"/>
+        <v>21790</v>
+      </c>
       <c r="O24" s="21"/>
     </row>
     <row r="25" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A25" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="18">
         <v>357</v>
       </c>
       <c r="C25" s="18">
         <v>320</v>
       </c>
       <c r="D25" s="18">
         <v>315</v>
       </c>
       <c r="E25" s="18">
         <v>526</v>
       </c>
       <c r="F25" s="11">
         <v>584</v>
       </c>
       <c r="G25" s="11">
         <v>823</v>
       </c>
       <c r="H25" s="11">
         <v>526</v>
       </c>
       <c r="I25" s="18">
         <v>509</v>
       </c>
       <c r="J25" s="11">
         <v>479</v>
       </c>
-      <c r="K25" s="11"/>
-[...2 lines deleted...]
-      <c r="N25" s="11"/>
+      <c r="K25" s="11">
+        <v>410</v>
+      </c>
+      <c r="L25" s="11">
+        <v>376</v>
+      </c>
+      <c r="M25" s="11">
+        <v>387</v>
+      </c>
+      <c r="N25" s="11">
+        <f t="shared" si="0"/>
+        <v>5612</v>
+      </c>
       <c r="O25" s="21"/>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A26" s="9"/>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="N26" s="11"/>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A27" s="9" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A28" s="9" t="s">
         <v>33</v>
       </c>
       <c r="L28" s="20"/>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A30" s="29">
-        <v>45946</v>
+        <v>46044</v>
       </c>
       <c r="I30" s="7"/>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.2">
       <c r="I31" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="O21:P21"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.18" right="0.18" top="0" bottom="0" header="0.34" footer="1.1299999999999999"/>
   <pageSetup scale="85" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>