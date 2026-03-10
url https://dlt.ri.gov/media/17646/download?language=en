--- v0 (2025-11-09)
+++ v1 (2026-03-10)
@@ -1,585 +1,455 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\excel\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Publications/Occupational Employment by Gender/2024/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF9F7F09-1F38-449C-85DC-598EE5B85B03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="58" documentId="13_ncr:1_{CF9F7F09-1F38-449C-85DC-598EE5B85B03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4D46E820-65C0-4E20-B221-59CFB11101E6}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="22980" windowHeight="11355" xr2:uid="{CB1D88B1-D5CD-4CDD-8C30-4CB6091826D7}"/>
+    <workbookView xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{CB1D88B1-D5CD-4CDD-8C30-4CB6091826D7}"/>
   </bookViews>
   <sheets>
-    <sheet name="2023" sheetId="1" r:id="rId1"/>
+    <sheet name="2024" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2023'!$A$1:$E$35</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2024'!$A$1:$E$32</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="48">
   <si>
     <t>Male Dominated Occupations*</t>
   </si>
   <si>
     <t>SOC</t>
   </si>
   <si>
     <t>Percent</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Occupation</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
-    <t>Vehicle &amp; mobile equipment mechanics, installers, &amp; repairers</t>
-[...1 lines deleted...]
-  <si>
     <t>Law enforcement workers</t>
   </si>
   <si>
     <t xml:space="preserve">Data are based on a sample and are subject to sampling variability.  </t>
   </si>
   <si>
     <t>In addition to sampling variability, the ACS estimates are subject to nonsampling error.</t>
   </si>
   <si>
-    <t>Firefighting &amp; prevention workers</t>
-[...151 lines deleted...]
-  <si>
     <t>7010:7130,7300:7640</t>
   </si>
   <si>
     <t>6210:6220,6240:6250,6305:6330,6360:6400,6460:6540</t>
   </si>
   <si>
     <t>4251:4255</t>
   </si>
   <si>
-    <t xml:space="preserve"> 7905:8225</t>
-[...4 lines deleted...]
-  <si>
     <t>6441:6442</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1065:1106</t>
-[...10 lines deleted...]
-  <si>
     <t>1320:1530</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2100:2105</t>
-[...1 lines deleted...]
-  <si>
     <t>1010:1032</t>
   </si>
   <si>
     <t>9110,9141:9150</t>
   </si>
   <si>
-    <t>1305:1310</t>
+    <t>Rhode Island - 2024 American Community Survey</t>
+  </si>
+  <si>
+    <t>* Only occupations with a minimum labor force of 1,000 and % male &gt; 75% in 2024 are included in the table.</t>
+  </si>
+  <si>
+    <t>Source: US Census Bureau, 2024 American Community Survey 1-Year Estimates, Table B24010</t>
+  </si>
+  <si>
+    <t>6115:6130</t>
+  </si>
+  <si>
+    <t>7140:7260</t>
+  </si>
+  <si>
+    <t>1065:1106</t>
+  </si>
+  <si>
+    <t>3801:3870</t>
+  </si>
+  <si>
+    <t>9510:9600,9650:9760</t>
+  </si>
+  <si>
+    <t>7905:8225</t>
+  </si>
+  <si>
+    <t>4800:4840</t>
+  </si>
+  <si>
+    <t>9121:9122</t>
+  </si>
+  <si>
+    <t>Fishing and hunting, and forest, conservation, and logging workers</t>
+  </si>
+  <si>
+    <t>Electricians</t>
+  </si>
+  <si>
+    <t>Pipelayers, plumbers, pipefitters, and steamfitters</t>
+  </si>
+  <si>
+    <t>Construction trades workers except carpenters, electricians, painters, plumbers, pipelayers and construction laborers</t>
+  </si>
+  <si>
+    <t>Construction laborers</t>
+  </si>
+  <si>
+    <t>Carpenters</t>
+  </si>
+  <si>
+    <t>Vehicle and mobile equipment mechanics, installers, and repairers</t>
+  </si>
+  <si>
+    <t>Other installation, maintenance, and repair occupations including electrical and electronic equipment mechanics, installers, and repairers</t>
+  </si>
+  <si>
+    <t>Database and systems administrators and network architects</t>
+  </si>
+  <si>
+    <t>Painters and paperhangers</t>
+  </si>
+  <si>
+    <t>Material moving workers except supervisors and laborers and material movers, hand</t>
+  </si>
+  <si>
+    <t>Grounds maintenance workers</t>
+  </si>
+  <si>
+    <t>Driver/sales workers and truck drivers</t>
+  </si>
+  <si>
+    <t>Engineers</t>
+  </si>
+  <si>
+    <t>Motor vehicle operators except bus and truck drivers</t>
+  </si>
+  <si>
+    <t>Metal workers, plastic workers and computer numerically controlled tool programmers and operators</t>
+  </si>
+  <si>
+    <t>Software developers and programmers</t>
+  </si>
+  <si>
+    <t>Sales representatives, services</t>
+  </si>
+  <si>
+    <t>Sales representatives, wholesale and manufacturing</t>
+  </si>
+  <si>
+    <t>Bus drivers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...13 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -641,51 +511,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -783,78 +653,78 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67D1BEB9-9573-4206-9B99-C9FE65E99C9A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G63"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.7109375" style="18" customWidth="1"/>
+    <col min="1" max="1" width="22.7109375" style="12" customWidth="1"/>
     <col min="2" max="2" width="94.42578125" style="1" customWidth="1"/>
-    <col min="3" max="3" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.5703125" style="1" customWidth="1"/>
-    <col min="5" max="5" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="254" width="9.140625" style="1"/>
     <col min="255" max="255" width="9.42578125" style="1" customWidth="1"/>
     <col min="256" max="256" width="81.42578125" style="1" customWidth="1"/>
     <col min="257" max="257" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="258" max="258" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="259" max="259" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="260" max="510" width="9.140625" style="1"/>
     <col min="511" max="511" width="9.42578125" style="1" customWidth="1"/>
     <col min="512" max="512" width="81.42578125" style="1" customWidth="1"/>
     <col min="513" max="513" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="514" max="514" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="515" max="515" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="516" max="766" width="9.140625" style="1"/>
     <col min="767" max="767" width="9.42578125" style="1" customWidth="1"/>
     <col min="768" max="768" width="81.42578125" style="1" customWidth="1"/>
     <col min="769" max="769" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="770" max="770" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="771" max="771" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="772" max="1022" width="9.140625" style="1"/>
     <col min="1023" max="1023" width="9.42578125" style="1" customWidth="1"/>
     <col min="1024" max="1024" width="81.42578125" style="1" customWidth="1"/>
     <col min="1025" max="1025" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="1026" max="1026" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="1027" max="1027" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="1028" max="1278" width="9.140625" style="1"/>
@@ -1193,731 +1063,655 @@
     <col min="15361" max="15361" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="15362" max="15362" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="15363" max="15363" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15364" max="15614" width="9.140625" style="1"/>
     <col min="15615" max="15615" width="9.42578125" style="1" customWidth="1"/>
     <col min="15616" max="15616" width="81.42578125" style="1" customWidth="1"/>
     <col min="15617" max="15617" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="15618" max="15618" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="15619" max="15619" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15620" max="15870" width="9.140625" style="1"/>
     <col min="15871" max="15871" width="9.42578125" style="1" customWidth="1"/>
     <col min="15872" max="15872" width="81.42578125" style="1" customWidth="1"/>
     <col min="15873" max="15873" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="15875" max="15875" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15876" max="16126" width="9.140625" style="1"/>
     <col min="16127" max="16127" width="9.42578125" style="1" customWidth="1"/>
     <col min="16128" max="16128" width="81.42578125" style="1" customWidth="1"/>
     <col min="16129" max="16129" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="16131" max="16131" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="16132" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A1" s="29" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="29"/>
-[...2 lines deleted...]
-      <c r="E1" s="29"/>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A2" s="30" t="s">
+      <c r="A2" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A3" s="20"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="4"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="6"/>
+      <c r="E4" s="7" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A5" s="23" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="25" t="s">
+        <v>5</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" s="27">
+        <v>1230</v>
+      </c>
+      <c r="D6" s="27">
+        <v>1230</v>
+      </c>
+      <c r="E6" s="28">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="13">
+        <v>6355</v>
+      </c>
+      <c r="B7" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="27">
+        <v>2277</v>
+      </c>
+      <c r="D7" s="27">
+        <v>2277</v>
+      </c>
+      <c r="E7" s="28">
+        <v>1</v>
+      </c>
+      <c r="G7" s="1"/>
+    </row>
+    <row r="8" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="30"/>
-[...12 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="B8" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="27">
+        <v>2440</v>
+      </c>
+      <c r="D8" s="27">
+        <v>2440</v>
+      </c>
+      <c r="E8" s="28">
         <v>1</v>
       </c>
-      <c r="B4" s="5"/>
-[...27 lines deleted...]
-      <c r="B6" s="20" t="s">
+      <c r="G8" s="1"/>
+    </row>
+    <row r="9" spans="1:7" s="8" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="25">
-[...2 lines deleted...]
-      <c r="D6" s="25" t="s">
+      <c r="B9" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="27">
+        <v>2758</v>
+      </c>
+      <c r="D9" s="27">
+        <v>2758</v>
+      </c>
+      <c r="E9" s="28">
+        <v>1</v>
+      </c>
+      <c r="G9" s="1"/>
+    </row>
+    <row r="10" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="13">
+        <v>6260</v>
+      </c>
+      <c r="B10" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="27">
+        <v>6907</v>
+      </c>
+      <c r="D10" s="27">
+        <v>6907</v>
+      </c>
+      <c r="E10" s="28">
+        <v>1</v>
+      </c>
+      <c r="G10" s="1"/>
+    </row>
+    <row r="11" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="13">
+        <v>6230</v>
+      </c>
+      <c r="B11" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" s="27">
+        <v>3562</v>
+      </c>
+      <c r="D11" s="27">
+        <v>3529</v>
+      </c>
+      <c r="E11" s="28">
+        <v>0.99073554183043233</v>
+      </c>
+      <c r="G11" s="1"/>
+    </row>
+    <row r="12" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="26" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" s="27">
+        <v>6018</v>
+      </c>
+      <c r="D12" s="27">
+        <v>5921</v>
+      </c>
+      <c r="E12" s="28">
+        <v>0.98388168826852773</v>
+      </c>
+      <c r="G12" s="19"/>
+    </row>
+    <row r="13" spans="1:7" s="8" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="26" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="27">
+        <v>12301</v>
+      </c>
+      <c r="D13" s="27">
+        <v>11643</v>
+      </c>
+      <c r="E13" s="28">
+        <v>0.94650841395008534</v>
+      </c>
+      <c r="G13" s="1"/>
+    </row>
+    <row r="14" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="27">
+        <v>1077</v>
+      </c>
+      <c r="D14" s="27">
+        <v>1019</v>
+      </c>
+      <c r="E14" s="28">
+        <v>0.94614670380687094</v>
+      </c>
+      <c r="G14" s="1"/>
+    </row>
+    <row r="15" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="27">
+        <v>2734</v>
+      </c>
+      <c r="D15" s="27">
+        <v>2586</v>
+      </c>
+      <c r="E15" s="28">
+        <v>0.94586686174103873</v>
+      </c>
+      <c r="G15" s="1"/>
+    </row>
+    <row r="16" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="13">
+        <v>6410</v>
+      </c>
+      <c r="B16" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="27">
+        <v>2356</v>
+      </c>
+      <c r="D16" s="27">
+        <v>2215</v>
+      </c>
+      <c r="E16" s="28">
+        <v>0.94015280135823431</v>
+      </c>
+      <c r="G16" s="1"/>
+    </row>
+    <row r="17" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" s="27">
+        <v>1449</v>
+      </c>
+      <c r="D17" s="27">
+        <v>1343</v>
+      </c>
+      <c r="E17" s="28">
+        <v>0.9268461007591442</v>
+      </c>
+      <c r="G17" s="1"/>
+    </row>
+    <row r="18" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="27">
+        <v>8102</v>
+      </c>
+      <c r="D18" s="27">
+        <v>7446</v>
+      </c>
+      <c r="E18" s="28">
+        <v>0.91903233769439641</v>
+      </c>
+      <c r="G18" s="1"/>
+    </row>
+    <row r="19" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="13">
+        <v>9130</v>
+      </c>
+      <c r="B19" s="26" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" s="27">
+        <v>14332</v>
+      </c>
+      <c r="D19" s="27">
+        <v>12802</v>
+      </c>
+      <c r="E19" s="28">
+        <v>0.89324588333798494</v>
+      </c>
+      <c r="G19" s="1"/>
+    </row>
+    <row r="20" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B20" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="27">
+        <v>12214</v>
+      </c>
+      <c r="D20" s="27">
+        <v>10542</v>
+      </c>
+      <c r="E20" s="28">
+        <v>0.86310790895693468</v>
+      </c>
+      <c r="G20" s="1"/>
+    </row>
+    <row r="21" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="26">
-[...33 lines deleted...]
-      <c r="D8" s="21" t="s">
+      <c r="B21" s="26" t="s">
+        <v>42</v>
+      </c>
+      <c r="C21" s="27">
+        <v>3138</v>
+      </c>
+      <c r="D21" s="27">
+        <v>2631</v>
+      </c>
+      <c r="E21" s="28">
+        <v>0.83843212237093689</v>
+      </c>
+      <c r="G21" s="1"/>
+    </row>
+    <row r="22" spans="1:7" s="8" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A22" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="26" t="s">
+        <v>43</v>
+      </c>
+      <c r="C22" s="27">
+        <v>4116</v>
+      </c>
+      <c r="D22" s="27">
+        <v>3406</v>
+      </c>
+      <c r="E22" s="28">
+        <v>0.82750242954324582</v>
+      </c>
+      <c r="G22" s="1"/>
+    </row>
+    <row r="23" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" s="26" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="27">
+        <v>8271</v>
+      </c>
+      <c r="D23" s="27">
+        <v>6669</v>
+      </c>
+      <c r="E23" s="28">
+        <v>0.80631120783460286</v>
+      </c>
+      <c r="G23" s="1"/>
+    </row>
+    <row r="24" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="26" t="s">
+        <v>45</v>
+      </c>
+      <c r="C24" s="27">
+        <v>2496</v>
+      </c>
+      <c r="D24" s="27">
+        <v>2011</v>
+      </c>
+      <c r="E24" s="28">
+        <v>0.80568910256410253</v>
+      </c>
+      <c r="G24" s="1"/>
+    </row>
+    <row r="25" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="13">
+        <v>4850</v>
+      </c>
+      <c r="B25" s="26" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" s="27">
+        <v>5703</v>
+      </c>
+      <c r="D25" s="27">
+        <v>4562</v>
+      </c>
+      <c r="E25" s="28">
+        <v>0.79992986147641587</v>
+      </c>
+      <c r="G25" s="1"/>
+    </row>
+    <row r="26" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="26" t="s">
+        <v>47</v>
+      </c>
+      <c r="C26" s="27">
+        <v>3205</v>
+      </c>
+      <c r="D26" s="27">
+        <v>2409</v>
+      </c>
+      <c r="E26" s="28">
+        <v>0.75163806552262091</v>
+      </c>
+      <c r="G26" s="1"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A29" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="E8" s="26">
-[...15 lines deleted...]
-      <c r="D9" s="22" t="s">
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A30" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="E9" s="31">
-[...275 lines deleted...]
-      <c r="B24" s="20" t="s">
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A31" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="C24" s="21">
-[...102 lines deleted...]
-      </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A32" s="16" t="s">
-[...9 lines deleted...]
-      <c r="A34" s="17" t="s">
+      <c r="A32" s="11" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A36" s="1"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="18"/>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A37" s="1"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="14"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A38" s="1"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="14"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" s="1"/>
-      <c r="C39" s="25"/>
-      <c r="D39" s="25"/>
+      <c r="C39" s="16"/>
+      <c r="D39" s="16"/>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" s="1"/>
-      <c r="C40" s="21"/>
-      <c r="D40" s="21"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="14"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" s="1"/>
-      <c r="C41" s="21"/>
-      <c r="D41" s="21"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="15"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
-      <c r="C42" s="23"/>
-      <c r="D42" s="23"/>
+      <c r="C42" s="15"/>
+      <c r="D42" s="15"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
-      <c r="C43" s="21"/>
-      <c r="D43" s="21"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="14"/>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
-      <c r="C44" s="22"/>
-      <c r="D44" s="22"/>
+      <c r="C44" s="15"/>
+      <c r="D44" s="15"/>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" s="1"/>
-      <c r="C45" s="22"/>
-      <c r="D45" s="22"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="14"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" s="1"/>
-      <c r="C46" s="21"/>
-      <c r="D46" s="21"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="14"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" s="1"/>
-      <c r="C47" s="22"/>
-      <c r="D47" s="22"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="14"/>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" s="1"/>
-      <c r="C48" s="21"/>
-      <c r="D48" s="21"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="14"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" s="1"/>
-      <c r="C49" s="21"/>
-      <c r="D49" s="21"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="14"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" s="1"/>
-      <c r="C50" s="21"/>
-      <c r="D50" s="21"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" s="1"/>
-      <c r="C51" s="21"/>
-      <c r="D51" s="21"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" s="1"/>
-      <c r="C52" s="21"/>
-      <c r="D52" s="21"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" s="1"/>
-      <c r="C53" s="21"/>
-      <c r="D53" s="21"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" s="1"/>
-      <c r="C54" s="21"/>
-      <c r="D54" s="21"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="14"/>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" s="1"/>
-      <c r="C55" s="21"/>
-      <c r="D55" s="21"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="14"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" s="1"/>
-      <c r="C56" s="21"/>
-      <c r="D56" s="21"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="14"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" s="1"/>
-      <c r="C57" s="21"/>
-      <c r="D57" s="21"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="14"/>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" s="1"/>
-      <c r="C58" s="21"/>
-      <c r="D58" s="21"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="14"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" s="1"/>
-      <c r="C59" s="21"/>
-      <c r="D59" s="21"/>
+      <c r="C59" s="15"/>
+      <c r="D59" s="15"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" s="1"/>
-      <c r="C60" s="21"/>
-[...15 lines deleted...]
-      <c r="D63" s="21"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.34" bottom="0.23" header="0.5" footer="0.23"/>
-  <pageSetup scale="96" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="94" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>2023</vt:lpstr>
-      <vt:lpstr>'2023'!Print_Area</vt:lpstr>
+      <vt:lpstr>2024</vt:lpstr>
+      <vt:lpstr>'2024'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dutilly, Lisa (DLT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>