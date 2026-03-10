--- v0 (2025-11-09)
+++ v1 (2026-03-10)
@@ -1,294 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\excel\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Publications/Occupational Employment by Gender/2024/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE5EE8DA-ECDB-4A26-8CE5-A98E41F9CC13}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="50" documentId="13_ncr:1_{CE5EE8DA-ECDB-4A26-8CE5-A98E41F9CC13}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F1250CD7-1EEC-4709-A6D6-FEAB12FEB826}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="22980" windowHeight="11355" xr2:uid="{61965910-7CEB-44D4-81E8-BD5CAC4911C7}"/>
+    <workbookView xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{61965910-7CEB-44D4-81E8-BD5CAC4911C7}"/>
   </bookViews>
   <sheets>
-    <sheet name="2023" sheetId="1" r:id="rId1"/>
+    <sheet name="2024" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2023'!$A$1:$E$29</definedName>
-[...4 lines deleted...]
-    <definedName name="TABLE_5" localSheetId="0">'2023'!$A$26:$D$28</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2024'!$A$1:$E$24</definedName>
+    <definedName name="TABLE" localSheetId="0">'2024'!$A$1:$A$2</definedName>
+    <definedName name="TABLE_2" localSheetId="0">'2024'!$A$1:$A$2</definedName>
+    <definedName name="TABLE_3" localSheetId="0">'2024'!$A$21:$D$23</definedName>
+    <definedName name="TABLE_4" localSheetId="0">'2024'!$A$21:$D$23</definedName>
+    <definedName name="TABLE_5" localSheetId="0">'2024'!$A$21:$D$23</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="32">
   <si>
     <t>Female Dominated Occupations*</t>
   </si>
   <si>
     <t>SOC</t>
   </si>
   <si>
     <t>Percent</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Occupation</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t xml:space="preserve">Data are based on a sample and are subject to sampling variability.  </t>
   </si>
   <si>
     <t>In addition to sampling variability, the ACS estimates are subject to nonsampling error.</t>
   </si>
   <si>
-    <t>* Only occupations with a minimum labor force of 1,000 and % female &gt;75% in 2023 are included in the table.</t>
-[...115 lines deleted...]
-  <si>
     <t>5710:5740</t>
   </si>
   <si>
-    <t>4500:4525</t>
-[...4 lines deleted...]
-  <si>
     <t>3256:3258</t>
   </si>
   <si>
     <t>3630:3655</t>
   </si>
   <si>
-    <t xml:space="preserve"> 5810:5940</t>
-[...16 lines deleted...]
-  <si>
     <t>5200:5230,5250:5420</t>
+  </si>
+  <si>
+    <t>Rhode Island  2024 American Community Survey</t>
+  </si>
+  <si>
+    <t>* Only occupations with a minimum labor force of 1,000 and % female &gt;75% in 2024 are included in the table.</t>
+  </si>
+  <si>
+    <t>Source: US Census Bureau, 2024 American Community Survey 1Year Estimates, Table B24010</t>
+  </si>
+  <si>
+    <t>3300:3545</t>
+  </si>
+  <si>
+    <t>2400:2440</t>
+  </si>
+  <si>
+    <t>7800:7855</t>
+  </si>
+  <si>
+    <t>Child care workers</t>
+  </si>
+  <si>
+    <t>Preschool and kindergarten teachers</t>
+  </si>
+  <si>
+    <t>Registered nurses</t>
+  </si>
+  <si>
+    <t>Secretaries and administrative assistants</t>
+  </si>
+  <si>
+    <t>Information and record clerks except customer service representatives</t>
+  </si>
+  <si>
+    <t>Bookkeeping, accounting, and auditing clerks</t>
+  </si>
+  <si>
+    <t>Health technologists and technicians</t>
+  </si>
+  <si>
+    <t>Librarians, curators, and archivists</t>
+  </si>
+  <si>
+    <t>Nurses, all other</t>
+  </si>
+  <si>
+    <t>Other healthcare support occupations</t>
+  </si>
+  <si>
+    <t>Cashiers</t>
+  </si>
+  <si>
+    <t>Food processing workers</t>
+  </si>
+  <si>
+    <t>Elementary and middle school teachers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
@@ -309,292 +202,204 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.14996795556505021"/>
-[...51 lines deleted...]
-        <color rgb="FFD0D7E5"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -656,51 +461,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -798,75 +603,74 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F335C499-1729-4180-971A-779EA8650F77}">
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.85546875" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="9.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="22.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="70.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="9.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10" style="10" bestFit="1" customWidth="1"/>
     <col min="6" max="256" width="9.140625" style="1"/>
     <col min="257" max="257" width="10.7109375" style="1" customWidth="1"/>
     <col min="258" max="258" width="73.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="259" max="259" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="261" max="261" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="262" max="512" width="9.140625" style="1"/>
     <col min="513" max="513" width="10.7109375" style="1" customWidth="1"/>
     <col min="514" max="514" width="73.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="515" max="515" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="516" max="516" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="517" max="517" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="518" max="768" width="9.140625" style="1"/>
     <col min="769" max="769" width="10.7109375" style="1" customWidth="1"/>
     <col min="770" max="770" width="73.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="771" max="771" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="772" max="772" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="773" max="773" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="774" max="1024" width="9.140625" style="1"/>
     <col min="1025" max="1025" width="10.7109375" style="1" customWidth="1"/>
     <col min="1026" max="1026" width="73.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="1027" max="1027" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="1028" max="1028" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="1029" max="1029" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="1030" max="1280" width="9.140625" style="1"/>
@@ -1205,625 +1009,413 @@
     <col min="15363" max="15363" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="15364" max="15364" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="15365" max="15365" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15366" max="15616" width="9.140625" style="1"/>
     <col min="15617" max="15617" width="10.7109375" style="1" customWidth="1"/>
     <col min="15618" max="15618" width="73.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15619" max="15619" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="15620" max="15620" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="15621" max="15621" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15622" max="15872" width="9.140625" style="1"/>
     <col min="15873" max="15873" width="10.7109375" style="1" customWidth="1"/>
     <col min="15874" max="15874" width="73.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15875" max="15875" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="15876" max="15876" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="15877" max="15877" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15878" max="16128" width="9.140625" style="1"/>
     <col min="16129" max="16129" width="10.7109375" style="1" customWidth="1"/>
     <col min="16130" max="16130" width="73.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="16131" max="16131" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="16132" max="16132" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="16133" max="16133" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="16134" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A1" s="32" t="s">
+      <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="32"/>
-[...2 lines deleted...]
-      <c r="E1" s="32"/>
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
     </row>
     <row r="2" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2" s="33" t="s">
-[...6 lines deleted...]
-      <c r="H2" s="15"/>
+      <c r="A2" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="H2" s="11"/>
     </row>
     <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
-      <c r="H3" s="15"/>
+      <c r="H3" s="11"/>
     </row>
     <row r="4" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="3"/>
       <c r="D4" s="5"/>
       <c r="E4" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="H4" s="15"/>
+      <c r="H4" s="11"/>
     </row>
     <row r="5" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="7" t="s">
+      <c r="A5" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="8" t="s">
+      <c r="B5" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="C5" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="9" t="s">
+      <c r="D5" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="10" t="s">
+      <c r="E5" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H5" s="15"/>
+      <c r="H5" s="11"/>
     </row>
     <row r="6" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="31">
-[...2 lines deleted...]
-      <c r="B6" s="16" t="s">
+      <c r="A6" s="16">
+        <v>4600</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="23">
+        <v>1346</v>
+      </c>
+      <c r="D6" s="23">
+        <v>1346</v>
+      </c>
+      <c r="E6" s="24">
+        <v>1</v>
+      </c>
+      <c r="H6" s="11"/>
+    </row>
+    <row r="7" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="16">
+        <v>2300</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="23">
+        <v>1707</v>
+      </c>
+      <c r="D7" s="23">
+        <v>1707</v>
+      </c>
+      <c r="E7" s="24">
+        <v>1</v>
+      </c>
+      <c r="H7" s="11"/>
+    </row>
+    <row r="8" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="16">
+        <v>3255</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="23">
+        <v>10357</v>
+      </c>
+      <c r="D8" s="23">
+        <v>9829</v>
+      </c>
+      <c r="E8" s="24">
+        <v>0.94901998648257213</v>
+      </c>
+      <c r="H8" s="11"/>
+    </row>
+    <row r="9" spans="1:8" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A9" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="23">
+        <v>9654</v>
+      </c>
+      <c r="D9" s="23">
+        <v>8809</v>
+      </c>
+      <c r="E9" s="24">
+        <v>0.91247151439817697</v>
+      </c>
+      <c r="H9" s="13"/>
+    </row>
+    <row r="10" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="23">
+        <v>6327</v>
+      </c>
+      <c r="D10" s="23">
+        <v>5500</v>
+      </c>
+      <c r="E10" s="24">
+        <v>0.86929034297455354</v>
+      </c>
+      <c r="H10" s="11"/>
+    </row>
+    <row r="11" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="16">
+        <v>5120</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="23">
+        <v>4444</v>
+      </c>
+      <c r="D11" s="23">
+        <v>3814</v>
+      </c>
+      <c r="E11" s="24">
+        <v>0.85823582358235828</v>
+      </c>
+      <c r="G11" s="17"/>
+      <c r="H11" s="11"/>
+    </row>
+    <row r="12" spans="1:8" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="23">
+        <v>8116</v>
+      </c>
+      <c r="D12" s="23">
+        <v>6934</v>
+      </c>
+      <c r="E12" s="24">
+        <v>0.85436175455889596</v>
+      </c>
+      <c r="G12" s="18"/>
+      <c r="H12" s="13"/>
+    </row>
+    <row r="13" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="23">
+        <v>1291</v>
+      </c>
+      <c r="D13" s="23">
+        <v>1093</v>
+      </c>
+      <c r="E13" s="24">
+        <v>0.84663051897753683</v>
+      </c>
+      <c r="G13" s="19"/>
+      <c r="H13" s="11"/>
+    </row>
+    <row r="14" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="23">
+        <v>1409</v>
+      </c>
+      <c r="D14" s="23">
+        <v>1175</v>
+      </c>
+      <c r="E14" s="24">
+        <v>0.83392476933995741</v>
+      </c>
+      <c r="G14" s="19"/>
+      <c r="H14" s="11"/>
+    </row>
+    <row r="15" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="17">
-[...15 lines deleted...]
-      <c r="B7" s="16" t="s">
+      <c r="C15" s="23">
+        <v>5295</v>
+      </c>
+      <c r="D15" s="23">
+        <v>4327</v>
+      </c>
+      <c r="E15" s="24">
+        <v>0.81718602455146361</v>
+      </c>
+      <c r="G15" s="19"/>
+      <c r="H15" s="11"/>
+    </row>
+    <row r="16" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="16">
+        <v>4720</v>
+      </c>
+      <c r="B16" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="C7" s="19">
-[...15 lines deleted...]
-      <c r="B8" s="16" t="s">
+      <c r="C16" s="23">
+        <v>9589</v>
+      </c>
+      <c r="D16" s="23">
+        <v>7573</v>
+      </c>
+      <c r="E16" s="24">
+        <v>0.78975909896756702</v>
+      </c>
+      <c r="G16" s="19"/>
+      <c r="H16" s="11"/>
+    </row>
+    <row r="17" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="22" t="s">
         <v>30</v>
       </c>
-      <c r="C8" s="19">
-[...15 lines deleted...]
-      <c r="B9" s="26" t="s">
+      <c r="C17" s="23">
+        <v>2593</v>
+      </c>
+      <c r="D17" s="23">
+        <v>2007</v>
+      </c>
+      <c r="E17" s="24">
+        <v>0.77400694176629392</v>
+      </c>
+      <c r="G17" s="17"/>
+      <c r="H17" s="11"/>
+    </row>
+    <row r="18" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="16">
+        <v>2310</v>
+      </c>
+      <c r="B18" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="C9" s="27">
-[...21 lines deleted...]
-      <c r="D10" s="19" t="s">
+      <c r="C18" s="23">
+        <v>13280</v>
+      </c>
+      <c r="D18" s="23">
+        <v>10100</v>
+      </c>
+      <c r="E18" s="24">
+        <v>0.76054216867469882</v>
+      </c>
+      <c r="G18" s="17"/>
+      <c r="H18" s="11"/>
+    </row>
+    <row r="19" spans="1:8" s="7" customFormat="1" ht="10.5" x14ac:dyDescent="0.15">
+      <c r="E19" s="8"/>
+    </row>
+    <row r="20" spans="1:8" s="7" customFormat="1" ht="10.5" x14ac:dyDescent="0.15">
+      <c r="E20" s="8"/>
+    </row>
+    <row r="21" spans="1:8" s="7" customFormat="1" ht="10.5" x14ac:dyDescent="0.15">
+      <c r="A21" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="E10" s="18">
-[...15 lines deleted...]
-      <c r="D11" s="17" t="s">
+    </row>
+    <row r="22" spans="1:8" s="7" customFormat="1" ht="10.5" x14ac:dyDescent="0.15">
+      <c r="A22" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="E11" s="18">
-[...254 lines deleted...]
-      <c r="A28" s="13" t="s">
+    </row>
+    <row r="23" spans="1:8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="9" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A29" s="13" t="s">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A24" s="9" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-[...106 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:WVM21">
-    <sortCondition descending="1" ref="E6:E21"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:WVM18">
+    <sortCondition descending="1" ref="E6:E18"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
-      <vt:lpstr>2023</vt:lpstr>
-[...5 lines deleted...]
-      <vt:lpstr>'2023'!TABLE_5</vt:lpstr>
+      <vt:lpstr>2024</vt:lpstr>
+      <vt:lpstr>'2024'!Print_Area</vt:lpstr>
+      <vt:lpstr>'2024'!TABLE</vt:lpstr>
+      <vt:lpstr>'2024'!TABLE_2</vt:lpstr>
+      <vt:lpstr>'2024'!TABLE_3</vt:lpstr>
+      <vt:lpstr>'2024'!TABLE_4</vt:lpstr>
+      <vt:lpstr>'2024'!TABLE_5</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dutilly, Lisa (DLT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>