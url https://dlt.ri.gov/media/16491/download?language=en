--- v0 (2025-10-14)
+++ v1 (2026-03-10)
@@ -2,99 +2,99 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr hidePivotFieldList="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lisa.dutilly\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\B4SMBIVQ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/maria_lane_dlt_ri_gov/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D6C32EC8-B519-449D-AF93-5B425D45A9A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="8_{D045AE2E-F16F-4E31-BA9A-CA006DD4F6CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CB115C28-F26D-4292-8D0D-F8BADC286E86}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{BC3EAFFE-D99F-4288-AF82-78060913213D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{BC3EAFFE-D99F-4288-AF82-78060913213D}"/>
   </bookViews>
   <sheets>
     <sheet name="New England 2024" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'New England 2024'!$C$7:$I$569</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'New England 2024'!$A$8:$I$538</definedName>
     <definedName name="alldata" localSheetId="0">#REF!</definedName>
     <definedName name="alldata">#REF!</definedName>
     <definedName name="alled" localSheetId="0">#REF!</definedName>
     <definedName name="alled">#REF!</definedName>
     <definedName name="allstem" localSheetId="0">#REF!</definedName>
     <definedName name="allstem">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'New England 2024'!$A$1:$I$572</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'New England 2024'!$A$1:$I$541</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'New England 2024'!$1:$7</definedName>
     <definedName name="sheet1" localSheetId="0">#REF!</definedName>
     <definedName name="sheet1">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1388" uniqueCount="1081">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1316" uniqueCount="1081">
   <si>
     <t>Rhode Island Department of Labor &amp; Training</t>
   </si>
   <si>
     <t>Labor Market Information Division</t>
   </si>
   <si>
     <t>Average Wages for New England State</t>
   </si>
   <si>
     <t>Occupational Employment and Wage Statistics - May 2024</t>
   </si>
   <si>
     <t>All Industries Statewide</t>
   </si>
   <si>
     <t>SOC Code</t>
   </si>
   <si>
     <t>Occupation</t>
   </si>
   <si>
     <t>RI HOURLY MEDIAN</t>
   </si>
   <si>
@@ -3292,51 +3292,51 @@
   <si>
     <t>53-7064</t>
   </si>
   <si>
     <t>Packers and Packagers, Hand</t>
   </si>
   <si>
     <t>53-7065</t>
   </si>
   <si>
     <t>Stockers and Order Fillers</t>
   </si>
   <si>
     <t>53-7081</t>
   </si>
   <si>
     <t>Refuse and Recyclable Material Collectors</t>
   </si>
   <si>
     <t>indicates that a wage estimate is not available</t>
   </si>
   <si>
     <t xml:space="preserve">indicates a wage equal to or greater than $115.00 per hour or $239,200 per year </t>
   </si>
   <si>
-    <t>published April 2025</t>
+    <t>published October 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -3376,63 +3376,63 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="8" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3734,126 +3734,126 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD9F215D-0439-4F1F-82BC-5E31870AA03A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I572"/>
+  <dimension ref="A1:I541"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+      <selection activeCell="A8" sqref="A8:I538"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="11"/>
+    <col min="1" max="1" width="9.140625" style="10"/>
     <col min="2" max="2" width="102.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A1" s="13" t="s">
+      <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13"/>
-[...6 lines deleted...]
-      <c r="I1" s="13"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A2" s="14" t="s">
+      <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="14"/>
-[...6 lines deleted...]
-      <c r="I2" s="14"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A3" s="13" t="s">
+      <c r="A3" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="13"/>
-[...6 lines deleted...]
-      <c r="I3" s="13"/>
+      <c r="B3" s="12"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="12"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="13" t="s">
+      <c r="A4" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="13"/>
-[...6 lines deleted...]
-      <c r="I4" s="13"/>
+      <c r="B4" s="12"/>
+      <c r="C4" s="12"/>
+      <c r="D4" s="12"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="12"/>
+      <c r="G4" s="12"/>
+      <c r="H4" s="12"/>
+      <c r="I4" s="12"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="13" t="s">
+      <c r="A5" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="13"/>
-[...6 lines deleted...]
-      <c r="I5" s="13"/>
+      <c r="B5" s="12"/>
+      <c r="C5" s="12"/>
+      <c r="D5" s="12"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
     </row>
     <row r="7" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>8</v>
       </c>
@@ -18555,51 +18555,51 @@
         <v>1029</v>
       </c>
       <c r="C514" s="7">
         <v>18.36</v>
       </c>
       <c r="D514" s="7">
         <v>18.66</v>
       </c>
       <c r="E514" s="7">
         <v>19.64</v>
       </c>
       <c r="F514" s="7">
         <v>21.44</v>
       </c>
       <c r="G514" s="7">
         <v>22.34</v>
       </c>
       <c r="H514" s="7">
         <v>22.44</v>
       </c>
       <c r="I514" s="7">
         <v>21.24</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A515" s="1" t="s">
+      <c r="A515" s="14" t="s">
         <v>1030</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="C515" s="7">
         <v>20</v>
       </c>
       <c r="D515" s="7">
         <v>20.55</v>
       </c>
       <c r="E515" s="7">
         <v>20.059999999999999</v>
       </c>
       <c r="F515" s="7">
         <v>21.63</v>
       </c>
       <c r="G515" s="7">
         <v>19.309999999999999</v>
       </c>
       <c r="H515" s="7">
         <v>21.42</v>
       </c>
       <c r="I515" s="7">
         <v>21.31</v>
@@ -19251,982 +19251,83 @@
         <v>1077</v>
       </c>
       <c r="C538" s="7">
         <v>24.74</v>
       </c>
       <c r="D538" s="7">
         <v>23.24</v>
       </c>
       <c r="E538" s="7">
         <v>22</v>
       </c>
       <c r="F538" s="7">
         <v>28.63</v>
       </c>
       <c r="G538" s="7">
         <v>20.52</v>
       </c>
       <c r="H538" s="7">
         <v>23.66</v>
       </c>
       <c r="I538" s="7">
         <v>20.78</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A539" s="1" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A539" s="1"/>
+      <c r="B539" s="2"/>
+      <c r="C539" s="2"/>
+      <c r="D539" s="2"/>
+      <c r="E539" s="3"/>
+      <c r="F539" s="3"/>
+      <c r="G539" s="3"/>
+      <c r="H539" s="3"/>
+      <c r="I539" s="3"/>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A540" s="1" t="s">
-[...20 lines deleted...]
-      <c r="H540" s="3" t="s">
+      <c r="A540" s="8" t="s">
         <v>25</v>
       </c>
-      <c r="I540" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B540" s="9" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C540" s="9"/>
+      <c r="D540" s="9"/>
+      <c r="E540" s="9"/>
+      <c r="F540" s="9"/>
+      <c r="G540" s="9"/>
+      <c r="H540" s="9"/>
+      <c r="I540" s="9"/>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A541" s="1" t="s">
-[...866 lines deleted...]
-      <c r="A572" s="11" t="s">
+      <c r="A541" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="B572" t="s">
+      <c r="B541" t="s">
         <v>1079</v>
       </c>
-      <c r="I572" s="12" t="s">
+      <c r="I541" s="11" t="s">
         <v>1080</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
   </mergeCells>
   <pageMargins left="0.2" right="0.2" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="76" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>