--- v0 (2025-10-08)
+++ v1 (2026-03-13)
@@ -1,91 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/nmwilsonri/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nathaniel.m.wilson\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B340412C-7D11-4C82-A075-E77A0F350CF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BCB15270-1542-4A50-A931-4B910B345B98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="28800" windowHeight="15840" xr2:uid="{3D1EFEF8-FCA9-F542-BC18-3671B549873E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3D1EFEF8-FCA9-F542-BC18-3671B549873E}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="3" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Previous Years" sheetId="2" r:id="rId3"/>
+    <sheet name="2026" sheetId="5" r:id="rId1"/>
+    <sheet name="2025" sheetId="3" r:id="rId2"/>
+    <sheet name="2024" sheetId="1" r:id="rId3"/>
+    <sheet name="Previous Years" sheetId="2" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="561" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="574" uniqueCount="200">
   <si>
     <t>Rhode Island WARN Report</t>
   </si>
   <si>
     <t>WARN Date</t>
   </si>
   <si>
     <t>Date Received</t>
   </si>
   <si>
     <t xml:space="preserve">Company Name </t>
   </si>
   <si>
     <t>Location of Layoffs</t>
   </si>
   <si>
     <t>Number Affected</t>
   </si>
   <si>
     <t>Effective Date</t>
   </si>
   <si>
     <t>Closing Yes/No</t>
   </si>
   <si>
@@ -205,50 +207,53 @@
   <si>
     <t>16 (additional)</t>
   </si>
   <si>
     <t>Volta Inc</t>
   </si>
   <si>
     <t>Woonsocket</t>
   </si>
   <si>
     <t>Lakeside Book Company</t>
   </si>
   <si>
     <t>Cumberland</t>
   </si>
   <si>
     <t>UPS</t>
   </si>
   <si>
     <t>Teamsters Local 251, 121 Brightridge Avenue, East Providence, RI 02914</t>
   </si>
   <si>
     <t>Los Angeles Times Communications LLC</t>
   </si>
   <si>
+    <t>East Greenwich, RI</t>
+  </si>
+  <si>
     <t>Company Name (* Denotes Covid 19 Related WARN)</t>
   </si>
   <si>
     <t>Newport  Harbor Island Resort</t>
   </si>
   <si>
     <t>CVS Health</t>
   </si>
   <si>
     <t>Cumberland/Woonsocket</t>
   </si>
   <si>
     <t>309 *updated 10/26/23</t>
   </si>
   <si>
     <t>10/21/23 &amp; 12/30/23</t>
   </si>
   <si>
     <t>TPI Composites Inc</t>
   </si>
   <si>
     <t>Warren</t>
   </si>
   <si>
     <t>Aramark Facility Services, LLC</t>
@@ -635,50 +640,53 @@
     <t>Victoria &amp; Company</t>
   </si>
   <si>
     <t>HGA Quest</t>
   </si>
   <si>
     <t>Nationwide - RI</t>
   </si>
   <si>
     <t>Providence Public Library</t>
   </si>
   <si>
     <t>United Service &amp; Allied Workers of RI 90 Printery St. Providence, RI 02904</t>
   </si>
   <si>
     <t>Burrillville</t>
   </si>
   <si>
     <t>APC by Schneider Electric</t>
   </si>
   <si>
     <t>Colibri Group, Inc.</t>
   </si>
   <si>
     <t>East Providence and Providence</t>
+  </si>
+  <si>
+    <t>EaglePicher</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Helvetica"/>
       <family val="2"/>
@@ -781,51 +789,51 @@
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFD4D4D4"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFD4D4D4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="79">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -923,166 +931,167 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="16" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1144,51 +1153,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1286,438 +1295,573 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30DB6BE4-14C6-46BC-86D3-937A969D3B17}">
-[...3 lines deleted...]
-  <dimension ref="A1:S9"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0CB0631-2A55-452F-AC55-B4E9E0391533}">
+  <dimension ref="A1:S5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E5" sqref="E5"/>
+      <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75"/>
+  <sheetFormatPr defaultRowHeight="15.6"/>
   <cols>
-    <col min="1" max="1" width="14.5" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="18.25" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.09765625" customWidth="1"/>
+    <col min="2" max="2" width="17" customWidth="1"/>
+    <col min="3" max="3" width="18.3984375" customWidth="1"/>
+    <col min="4" max="4" width="21.59765625" customWidth="1"/>
+    <col min="5" max="5" width="16.19921875" customWidth="1"/>
+    <col min="6" max="6" width="15.59765625" customWidth="1"/>
+    <col min="7" max="7" width="20.19921875" customWidth="1"/>
+    <col min="8" max="8" width="16.8984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="78" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="77"/>
-[...6 lines deleted...]
-      <c r="I1" s="77"/>
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+      <c r="E1" s="78"/>
+      <c r="F1" s="78"/>
+      <c r="G1" s="78"/>
+      <c r="H1" s="78"/>
+      <c r="I1" s="78"/>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="77"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:19" ht="31.5">
+      <c r="A2" s="78"/>
+      <c r="B2" s="78"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="78"/>
+    </row>
+    <row r="3" spans="1:19" ht="31.2">
       <c r="A3" s="76"/>
       <c r="B3" s="76"/>
       <c r="C3" s="52"/>
       <c r="D3" s="76"/>
       <c r="E3" s="25"/>
       <c r="F3" s="41"/>
       <c r="G3" s="76"/>
       <c r="H3" s="76"/>
       <c r="I3" s="76"/>
     </row>
-    <row r="4" spans="1:19" s="60" customFormat="1" ht="75.75" customHeight="1">
-      <c r="A4" s="71" t="s">
+    <row r="4" spans="1:19" s="59" customFormat="1" ht="22.2" customHeight="1">
+      <c r="A4" s="70" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="71" t="s">
+      <c r="B4" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="72" t="s">
+      <c r="C4" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="73" t="s">
+      <c r="D4" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="73" t="s">
+      <c r="E4" s="72" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="71" t="s">
+      <c r="F4" s="70" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="73" t="s">
+      <c r="G4" s="72" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="74" t="s">
+      <c r="H4" s="73" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="75" t="s">
+      <c r="I4" s="74" t="s">
         <v>9</v>
       </c>
       <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
     </row>
-    <row r="5" spans="1:19" s="60" customFormat="1" ht="36" customHeight="1">
-      <c r="A5" s="69">
+    <row r="5" spans="1:19">
+      <c r="A5" s="77">
+        <v>46035</v>
+      </c>
+      <c r="B5" s="77">
+        <v>46035</v>
+      </c>
+      <c r="C5" t="s">
+        <v>199</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5">
+        <v>38</v>
+      </c>
+      <c r="F5" s="77">
+        <v>46096</v>
+      </c>
+      <c r="G5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:I2"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30DB6BE4-14C6-46BC-86D3-937A969D3B17}">
+  <sheetPr>
+    <tabColor rgb="FF00B0F0"/>
+  </sheetPr>
+  <dimension ref="A1:S9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B17" sqref="B17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.6"/>
+  <cols>
+    <col min="1" max="1" width="14.5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.19921875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.5" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.69921875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.69921875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="18.19921875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:19" ht="19.8" customHeight="1">
+      <c r="A1" s="78" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+      <c r="E1" s="78"/>
+      <c r="F1" s="78"/>
+      <c r="G1" s="78"/>
+      <c r="H1" s="78"/>
+      <c r="I1" s="78"/>
+    </row>
+    <row r="2" spans="1:19" ht="19.8" customHeight="1">
+      <c r="A2" s="78"/>
+      <c r="B2" s="78"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="78"/>
+    </row>
+    <row r="3" spans="1:19" ht="19.8" customHeight="1">
+      <c r="A3" s="75"/>
+      <c r="B3" s="75"/>
+      <c r="C3" s="52"/>
+      <c r="D3" s="75"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="75"/>
+      <c r="H3" s="75"/>
+      <c r="I3" s="75"/>
+    </row>
+    <row r="4" spans="1:19" s="59" customFormat="1" ht="19.8" customHeight="1">
+      <c r="A4" s="70" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="70" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="71" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="72" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="72" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="70" t="s">
+        <v>6</v>
+      </c>
+      <c r="G4" s="72" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="73" t="s">
+        <v>8</v>
+      </c>
+      <c r="I4" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="J4"/>
+      <c r="K4"/>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4"/>
+      <c r="O4"/>
+      <c r="P4"/>
+      <c r="Q4"/>
+      <c r="R4"/>
+      <c r="S4"/>
+    </row>
+    <row r="5" spans="1:19" s="59" customFormat="1" ht="36" customHeight="1">
+      <c r="A5" s="68">
         <v>45910</v>
       </c>
-      <c r="B5" s="69">
+      <c r="B5" s="68">
         <v>45910</v>
       </c>
-      <c r="C5" s="69" t="s">
+      <c r="C5" s="68" t="s">
         <v>10</v>
       </c>
-      <c r="D5" s="69" t="s">
+      <c r="D5" s="68" t="s">
         <v>11</v>
       </c>
-      <c r="E5" s="68">
+      <c r="E5" s="67">
         <v>2</v>
       </c>
-      <c r="F5" s="69">
+      <c r="F5" s="68">
         <v>45975</v>
       </c>
-      <c r="G5" s="69" t="s">
-[...5 lines deleted...]
-      <c r="I5" s="69"/>
+      <c r="G5" s="68" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="68" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="68"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
     </row>
-    <row r="6" spans="1:19" s="60" customFormat="1">
-      <c r="A6" s="69">
+    <row r="6" spans="1:19" s="59" customFormat="1">
+      <c r="A6" s="68">
         <v>45898</v>
       </c>
-      <c r="B6" s="69">
+      <c r="B6" s="68">
         <v>45903</v>
       </c>
-      <c r="C6" s="67" t="s">
+      <c r="C6" s="66" t="s">
         <v>13</v>
       </c>
-      <c r="D6" s="67" t="s">
+      <c r="D6" s="66" t="s">
         <v>14</v>
       </c>
-      <c r="E6" s="68">
+      <c r="E6" s="67">
         <v>105</v>
       </c>
-      <c r="F6" s="69">
+      <c r="F6" s="68">
         <v>45964</v>
       </c>
-      <c r="G6" s="67" t="s">
-[...5 lines deleted...]
-      <c r="I6" s="67" t="s">
+      <c r="G6" s="66" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="66" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" s="66" t="s">
         <v>15</v>
       </c>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
     </row>
-    <row r="7" spans="1:19" s="60" customFormat="1" ht="32.25">
-      <c r="A7" s="69">
+    <row r="7" spans="1:19" s="59" customFormat="1" ht="31.2">
+      <c r="A7" s="68">
         <v>45814</v>
       </c>
-      <c r="B7" s="69">
+      <c r="B7" s="68">
         <v>45816</v>
       </c>
-      <c r="C7" s="70" t="s">
+      <c r="C7" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="68" t="s">
+      <c r="D7" s="67" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="68">
+      <c r="E7" s="67">
         <v>125</v>
       </c>
-      <c r="F7" s="69">
+      <c r="F7" s="68">
         <v>45874</v>
       </c>
-      <c r="G7" s="68" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="67" t="s">
+      <c r="G7" s="67" t="s">
+        <v>12</v>
+      </c>
+      <c r="H7" s="66" t="s">
         <v>12</v>
       </c>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
     </row>
-    <row r="8" spans="1:19" s="60" customFormat="1">
-      <c r="A8" s="69">
+    <row r="8" spans="1:19" s="59" customFormat="1">
+      <c r="A8" s="68">
         <v>45736</v>
       </c>
-      <c r="B8" s="69">
+      <c r="B8" s="68">
         <v>45736</v>
       </c>
-      <c r="C8" s="67" t="s">
+      <c r="C8" s="66" t="s">
         <v>10</v>
       </c>
-      <c r="D8" s="67" t="s">
+      <c r="D8" s="66" t="s">
         <v>18</v>
       </c>
-      <c r="E8" s="68">
+      <c r="E8" s="67">
         <v>20</v>
       </c>
-      <c r="F8" s="69">
+      <c r="F8" s="68">
         <v>45800</v>
       </c>
-      <c r="G8" s="67" t="s">
-[...2 lines deleted...]
-      <c r="H8" s="67" t="s">
+      <c r="G8" s="66" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="66" t="s">
         <v>12</v>
       </c>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
     </row>
-    <row r="9" spans="1:19" s="66" customFormat="1" ht="33.75" customHeight="1">
-      <c r="A9" s="69">
+    <row r="9" spans="1:19" s="65" customFormat="1" ht="33.75" customHeight="1">
+      <c r="A9" s="68">
         <v>45692</v>
       </c>
-      <c r="B9" s="69">
+      <c r="B9" s="68">
         <v>45694</v>
       </c>
-      <c r="C9" s="69" t="s">
+      <c r="C9" s="68" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="69" t="s">
+      <c r="D9" s="68" t="s">
         <v>21</v>
       </c>
-      <c r="E9" s="69"/>
-      <c r="F9" s="69">
+      <c r="E9" s="68"/>
+      <c r="F9" s="68">
         <v>45815</v>
       </c>
-      <c r="G9" s="69" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="69" t="s">
+      <c r="G9" s="68" t="s">
+        <v>12</v>
+      </c>
+      <c r="H9" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I9" s="38"/>
       <c r="J9" s="38"/>
       <c r="K9" s="38"/>
       <c r="L9" s="38"/>
       <c r="M9" s="38"/>
       <c r="N9" s="38"/>
       <c r="O9" s="38"/>
       <c r="P9" s="38"/>
       <c r="Q9" s="38"/>
       <c r="R9" s="38"/>
       <c r="S9" s="38"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3738B5CD-B8C2-F94D-89AB-E4F2B5C04FF4}">
   <sheetPr>
     <tabColor theme="4" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:S131"/>
+  <dimension ref="A1:S123"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.125" defaultRowHeight="15.95"/>
+  <sheetFormatPr defaultColWidth="11.09765625" defaultRowHeight="15.6"/>
   <cols>
-    <col min="1" max="1" width="16.125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="16.625" customWidth="1"/>
+    <col min="1" max="1" width="16.09765625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.59765625" customWidth="1"/>
     <col min="3" max="3" width="49.5" style="58" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="26.125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="18.125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.09765625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.3984375" style="28" customWidth="1"/>
+    <col min="6" max="6" width="28.3984375" style="51" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.09765625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="71.625" customWidth="1"/>
+    <col min="9" max="9" width="71.59765625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="78" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="77"/>
-[...6 lines deleted...]
-      <c r="I1" s="77"/>
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+      <c r="E1" s="78"/>
+      <c r="F1" s="78"/>
+      <c r="G1" s="78"/>
+      <c r="H1" s="78"/>
+      <c r="I1" s="78"/>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="77"/>
-[...11 lines deleted...]
-      <c r="B3" s="76"/>
+      <c r="A2" s="78"/>
+      <c r="B2" s="78"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="78"/>
+    </row>
+    <row r="3" spans="1:19" ht="31.2">
+      <c r="A3" s="75"/>
+      <c r="B3" s="75"/>
       <c r="C3" s="52"/>
-      <c r="D3" s="76"/>
+      <c r="D3" s="75"/>
       <c r="E3" s="25"/>
       <c r="F3" s="41"/>
-      <c r="G3" s="76"/>
-[...4 lines deleted...]
-      <c r="A4" s="59" t="s">
+      <c r="G3" s="75"/>
+      <c r="H3" s="75"/>
+      <c r="I3" s="75"/>
+    </row>
+    <row r="4" spans="1:19" s="59" customFormat="1" ht="19.8" customHeight="1">
+      <c r="A4" s="70" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="59" t="s">
+      <c r="B4" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="59" t="s">
+      <c r="C4" s="71" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="59" t="s">
+      <c r="D4" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="59" t="s">
+      <c r="E4" s="72" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="59" t="s">
+      <c r="F4" s="70" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="59" t="s">
+      <c r="G4" s="72" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="59" t="s">
+      <c r="H4" s="73" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="59" t="s">
+      <c r="I4" s="74" t="s">
         <v>9</v>
       </c>
+      <c r="J4"/>
+      <c r="K4"/>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4"/>
+      <c r="O4"/>
+      <c r="P4"/>
+      <c r="Q4"/>
+      <c r="R4"/>
+      <c r="S4"/>
     </row>
     <row r="5" spans="1:19" s="37" customFormat="1" ht="15" customHeight="1">
       <c r="A5" s="40">
         <v>45621</v>
       </c>
       <c r="B5" s="40">
         <v>45621</v>
       </c>
       <c r="C5" s="42" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="38" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="38">
         <v>796</v>
       </c>
       <c r="F5" s="40">
         <v>45682</v>
       </c>
       <c r="G5" s="38" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="38" t="s">
         <v>12</v>
@@ -2726,4446 +2870,4450 @@
       <c r="F75" s="47"/>
       <c r="G75" s="9"/>
       <c r="H75" s="9"/>
       <c r="I75" s="9"/>
     </row>
     <row r="76" spans="1:9" s="4" customFormat="1" ht="15">
       <c r="A76" s="7"/>
       <c r="B76" s="7"/>
       <c r="C76" s="56"/>
       <c r="D76" s="9"/>
       <c r="E76" s="26"/>
       <c r="F76" s="48"/>
       <c r="G76" s="9"/>
       <c r="H76" s="9"/>
     </row>
     <row r="77" spans="1:9" s="4" customFormat="1" ht="15">
       <c r="A77" s="7"/>
       <c r="B77" s="7"/>
       <c r="C77" s="56"/>
       <c r="D77" s="9"/>
       <c r="E77" s="26"/>
       <c r="F77" s="47"/>
       <c r="G77" s="9"/>
       <c r="H77" s="9"/>
     </row>
-    <row r="78" spans="1:9" ht="15.75">
+    <row r="78" spans="1:9">
       <c r="A78" s="7"/>
       <c r="B78" s="3"/>
       <c r="C78" s="57"/>
       <c r="D78" s="1"/>
       <c r="E78" s="27"/>
       <c r="F78" s="49"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="2"/>
     </row>
-    <row r="79" spans="1:9" ht="15.75">
+    <row r="79" spans="1:9">
       <c r="A79" s="7"/>
       <c r="B79" s="3"/>
       <c r="C79" s="57"/>
       <c r="D79" s="1"/>
       <c r="E79" s="27"/>
       <c r="F79" s="49"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
     </row>
-    <row r="80" spans="1:9" ht="15.75">
+    <row r="80" spans="1:9">
       <c r="A80" s="7"/>
       <c r="B80" s="3"/>
       <c r="C80" s="57"/>
       <c r="D80" s="1"/>
       <c r="E80" s="27"/>
       <c r="F80" s="49"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="2"/>
     </row>
-    <row r="81" spans="1:9" ht="15.75">
+    <row r="81" spans="1:9">
       <c r="A81" s="7"/>
       <c r="B81" s="3"/>
       <c r="C81" s="57"/>
       <c r="D81" s="1"/>
       <c r="E81" s="27"/>
       <c r="F81" s="49"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="2"/>
     </row>
-    <row r="82" spans="1:9" ht="15.75">
+    <row r="82" spans="1:9">
       <c r="A82" s="7"/>
       <c r="B82" s="3"/>
       <c r="C82" s="57"/>
       <c r="D82" s="1"/>
       <c r="E82" s="27"/>
       <c r="F82" s="49"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="2"/>
     </row>
-    <row r="83" spans="1:9" ht="15.75">
+    <row r="83" spans="1:9">
       <c r="A83" s="7"/>
       <c r="B83" s="3"/>
       <c r="C83" s="57"/>
       <c r="D83" s="1"/>
       <c r="E83" s="27"/>
       <c r="F83" s="49"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="2"/>
     </row>
-    <row r="84" spans="1:9" ht="15.75">
+    <row r="84" spans="1:9">
       <c r="A84" s="3"/>
       <c r="B84" s="3"/>
       <c r="C84" s="57"/>
       <c r="D84" s="1"/>
       <c r="E84" s="27"/>
       <c r="F84" s="49"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="2"/>
     </row>
-    <row r="85" spans="1:9" ht="15.75">
+    <row r="85" spans="1:9">
       <c r="A85" s="3"/>
       <c r="B85" s="3"/>
       <c r="C85" s="57"/>
       <c r="D85" s="1"/>
       <c r="E85" s="27"/>
       <c r="F85" s="49"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="2"/>
     </row>
-    <row r="86" spans="1:9" ht="15.75">
+    <row r="86" spans="1:9">
       <c r="A86" s="3"/>
       <c r="B86" s="3"/>
       <c r="C86" s="57"/>
       <c r="D86" s="1"/>
       <c r="E86" s="27"/>
       <c r="F86" s="49"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="2"/>
     </row>
-    <row r="87" spans="1:9" ht="15.75">
+    <row r="87" spans="1:9">
       <c r="A87" s="3"/>
       <c r="B87" s="3"/>
       <c r="C87" s="57"/>
       <c r="D87" s="1"/>
       <c r="E87" s="27"/>
       <c r="F87" s="49"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
     </row>
-    <row r="88" spans="1:9" ht="15.75">
+    <row r="88" spans="1:9">
       <c r="A88" s="3"/>
       <c r="B88" s="3"/>
       <c r="C88" s="57"/>
       <c r="D88" s="1"/>
       <c r="E88" s="27"/>
       <c r="F88" s="49"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
     </row>
-    <row r="89" spans="1:9" ht="15.75">
+    <row r="89" spans="1:9">
       <c r="A89" s="3"/>
       <c r="B89" s="3"/>
       <c r="C89" s="57"/>
       <c r="D89" s="1"/>
       <c r="E89" s="27"/>
       <c r="F89" s="49"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
     </row>
-    <row r="90" spans="1:9" ht="15.75">
+    <row r="90" spans="1:9">
       <c r="A90" s="3"/>
       <c r="B90" s="3"/>
       <c r="C90" s="57"/>
       <c r="D90" s="1"/>
       <c r="E90" s="27"/>
       <c r="F90" s="49"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
     </row>
-    <row r="91" spans="1:9" ht="15.75">
+    <row r="91" spans="1:9">
       <c r="A91" s="3"/>
       <c r="B91" s="3"/>
       <c r="C91" s="57"/>
       <c r="D91" s="1"/>
       <c r="E91" s="27"/>
       <c r="F91" s="49"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
     </row>
-    <row r="92" spans="1:9" ht="15.75">
+    <row r="92" spans="1:9">
       <c r="A92" s="3"/>
       <c r="B92" s="3"/>
       <c r="C92" s="57"/>
       <c r="D92" s="1"/>
       <c r="E92" s="27"/>
       <c r="F92" s="50"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
     </row>
-    <row r="93" spans="1:9" ht="15.75">
+    <row r="93" spans="1:9">
       <c r="A93" s="3"/>
       <c r="B93" s="3"/>
       <c r="C93" s="57"/>
       <c r="D93" s="1"/>
       <c r="E93" s="27"/>
       <c r="F93" s="50"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
     </row>
-    <row r="94" spans="1:9" ht="15.75">
+    <row r="94" spans="1:9">
       <c r="A94" s="3"/>
       <c r="B94" s="3"/>
       <c r="C94" s="57"/>
       <c r="D94" s="1"/>
       <c r="E94" s="27"/>
       <c r="F94" s="50"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
     </row>
-    <row r="95" spans="1:9" ht="15.75">
+    <row r="95" spans="1:9">
       <c r="A95" s="3"/>
       <c r="B95" s="3"/>
       <c r="C95" s="57"/>
       <c r="D95" s="1"/>
       <c r="E95" s="27"/>
       <c r="F95" s="49"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
     </row>
-    <row r="96" spans="1:9" ht="15.75">
+    <row r="96" spans="1:9">
       <c r="A96" s="3"/>
       <c r="B96" s="3"/>
       <c r="C96" s="57"/>
       <c r="D96" s="1"/>
       <c r="E96" s="27"/>
       <c r="F96" s="49"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
     </row>
-    <row r="97" spans="1:9" ht="15.75">
+    <row r="97" spans="1:9">
       <c r="A97" s="3"/>
       <c r="B97" s="3"/>
       <c r="C97" s="57"/>
       <c r="D97" s="1"/>
       <c r="E97" s="27"/>
       <c r="F97" s="49"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
     </row>
-    <row r="98" spans="1:9" ht="15.75">
+    <row r="98" spans="1:9">
       <c r="A98" s="3"/>
       <c r="B98" s="3"/>
       <c r="C98" s="57"/>
       <c r="D98" s="1"/>
       <c r="E98" s="27"/>
       <c r="F98" s="50"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
     </row>
-    <row r="99" spans="1:9" ht="15.75">
+    <row r="99" spans="1:9">
       <c r="A99" s="3"/>
       <c r="B99" s="3"/>
       <c r="C99" s="57"/>
       <c r="D99" s="1"/>
       <c r="E99" s="27"/>
       <c r="F99" s="49"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
     </row>
-    <row r="100" spans="1:9" ht="15.75">
+    <row r="100" spans="1:9">
       <c r="A100" s="3"/>
       <c r="B100" s="3"/>
       <c r="C100" s="57"/>
       <c r="D100" s="1"/>
       <c r="E100" s="27"/>
       <c r="F100" s="49"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
     </row>
-    <row r="101" spans="1:9" ht="15.75">
+    <row r="101" spans="1:9">
       <c r="A101" s="3"/>
       <c r="B101" s="3"/>
       <c r="C101" s="57"/>
       <c r="D101" s="1"/>
       <c r="E101" s="27"/>
       <c r="F101" s="50"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
     </row>
-    <row r="102" spans="1:9" ht="15.75">
+    <row r="102" spans="1:9">
       <c r="A102" s="3"/>
       <c r="B102" s="3"/>
       <c r="C102" s="57"/>
       <c r="D102" s="1"/>
       <c r="E102" s="27"/>
       <c r="F102" s="50"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
     </row>
-    <row r="103" spans="1:9" ht="15.75">
+    <row r="103" spans="1:9">
       <c r="A103" s="3"/>
       <c r="B103" s="3"/>
       <c r="C103" s="57"/>
       <c r="D103" s="1"/>
       <c r="E103" s="27"/>
       <c r="F103" s="49"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="2"/>
     </row>
-    <row r="104" spans="1:9" ht="15.75">
+    <row r="104" spans="1:9">
       <c r="A104" s="3"/>
       <c r="B104" s="3"/>
       <c r="C104" s="57"/>
       <c r="D104" s="1"/>
       <c r="E104" s="27"/>
       <c r="F104" s="49"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="2"/>
     </row>
-    <row r="105" spans="1:9" ht="15.75">
+    <row r="105" spans="1:9">
       <c r="A105" s="3"/>
       <c r="B105" s="3"/>
       <c r="C105" s="57"/>
       <c r="D105" s="1"/>
       <c r="E105" s="27"/>
       <c r="F105" s="49"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="2"/>
     </row>
-    <row r="106" spans="1:9" ht="15.75">
+    <row r="106" spans="1:9">
       <c r="A106" s="3"/>
       <c r="B106" s="3"/>
       <c r="C106" s="57"/>
       <c r="D106" s="1"/>
       <c r="E106" s="27"/>
       <c r="F106" s="49"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="2"/>
     </row>
-    <row r="107" spans="1:9" ht="15.75">
+    <row r="107" spans="1:9">
       <c r="A107" s="3"/>
       <c r="B107" s="3"/>
       <c r="C107" s="57"/>
       <c r="D107" s="1"/>
       <c r="E107" s="27"/>
       <c r="F107" s="49"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="2"/>
     </row>
-    <row r="108" spans="1:9" ht="15.75">
+    <row r="108" spans="1:9">
       <c r="A108" s="3"/>
       <c r="B108" s="3"/>
       <c r="C108" s="57"/>
       <c r="D108" s="1"/>
       <c r="E108" s="27"/>
       <c r="F108" s="49"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="2"/>
     </row>
-    <row r="109" spans="1:9" ht="15.75">
+    <row r="109" spans="1:9">
       <c r="A109" s="3"/>
       <c r="B109" s="3"/>
       <c r="C109" s="57"/>
       <c r="D109" s="1"/>
       <c r="E109" s="27"/>
       <c r="F109" s="49"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="2"/>
     </row>
-    <row r="110" spans="1:9" ht="15.75">
+    <row r="110" spans="1:9">
       <c r="A110" s="3"/>
       <c r="B110" s="3"/>
       <c r="C110" s="57"/>
       <c r="D110" s="1"/>
       <c r="E110" s="27"/>
       <c r="F110" s="49"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
     </row>
-    <row r="111" spans="1:9" ht="15.75">
+    <row r="111" spans="1:9">
       <c r="A111" s="3"/>
       <c r="B111" s="3"/>
       <c r="C111" s="57"/>
       <c r="D111" s="1"/>
       <c r="E111" s="27"/>
       <c r="F111" s="49"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="2"/>
     </row>
-    <row r="112" spans="1:9" ht="15.75">
+    <row r="112" spans="1:9">
       <c r="A112" s="3"/>
       <c r="B112" s="3"/>
       <c r="C112" s="57"/>
       <c r="D112" s="1"/>
       <c r="E112" s="27"/>
       <c r="F112" s="49"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="2"/>
     </row>
-    <row r="113" spans="1:9" ht="15.75">
+    <row r="113" spans="1:9">
       <c r="A113" s="3"/>
       <c r="B113" s="3"/>
       <c r="C113" s="57"/>
       <c r="D113" s="1"/>
       <c r="E113" s="27"/>
       <c r="F113" s="49"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="2"/>
     </row>
-    <row r="114" spans="1:9" ht="15.75">
+    <row r="114" spans="1:9">
       <c r="A114" s="3"/>
       <c r="B114" s="3"/>
       <c r="C114" s="57"/>
       <c r="D114" s="1"/>
       <c r="E114" s="27"/>
       <c r="F114" s="49"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="2"/>
     </row>
-    <row r="115" spans="1:9" ht="15.75">
+    <row r="115" spans="1:9">
       <c r="A115" s="3"/>
       <c r="B115" s="3"/>
       <c r="C115" s="57"/>
       <c r="D115" s="1"/>
       <c r="E115" s="27"/>
       <c r="F115" s="49"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="2"/>
     </row>
-    <row r="116" spans="1:9" ht="15.75">
+    <row r="116" spans="1:9">
       <c r="A116" s="3"/>
       <c r="B116" s="3"/>
       <c r="C116" s="57"/>
       <c r="D116" s="1"/>
       <c r="E116" s="27"/>
       <c r="F116" s="49"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="2"/>
     </row>
-    <row r="117" spans="1:9" ht="15.75">
+    <row r="117" spans="1:9">
       <c r="A117" s="3"/>
       <c r="B117" s="3"/>
       <c r="C117" s="57"/>
       <c r="D117" s="1"/>
       <c r="E117" s="27"/>
       <c r="F117" s="49"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
       <c r="I117" s="2"/>
     </row>
-    <row r="118" spans="1:9" ht="15.75">
+    <row r="118" spans="1:9">
       <c r="A118" s="3"/>
     </row>
-    <row r="119" spans="1:9" ht="15.75">
+    <row r="119" spans="1:9">
       <c r="A119" s="3"/>
     </row>
-    <row r="120" spans="1:9" ht="15.75">
+    <row r="120" spans="1:9">
       <c r="A120" s="3"/>
     </row>
-    <row r="121" spans="1:9" ht="15.75">
+    <row r="121" spans="1:9">
       <c r="A121" s="3"/>
     </row>
-    <row r="122" spans="1:9" ht="15.75">
+    <row r="122" spans="1:9">
       <c r="A122" s="3"/>
     </row>
-    <row r="123" spans="1:9" ht="15.75">
+    <row r="123" spans="1:9">
       <c r="A123" s="3"/>
     </row>
-    <row r="124" spans="1:9" ht="15.75"/>
-[...6 lines deleted...]
-    <row r="131" ht="15.75"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967293" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6ED57FF5-9A9F-4A5F-A140-7BEEA126C57B}">
   <sheetPr>
     <tabColor theme="9" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:N180"/>
+  <dimension ref="A1:N177"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15.95"/>
+  <sheetFormatPr defaultColWidth="8.8984375" defaultRowHeight="15.6"/>
   <cols>
-    <col min="1" max="1" width="12.375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.3984375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="52" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="46.875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="60.625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="46.8984375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="41.09765625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="60.59765625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="14.25" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="103.375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="14.19921875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="103.3984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" customHeight="1">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="78" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="77"/>
-[...6 lines deleted...]
-      <c r="I1" s="77"/>
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+      <c r="E1" s="78"/>
+      <c r="F1" s="78"/>
+      <c r="G1" s="78"/>
+      <c r="H1" s="78"/>
+      <c r="I1" s="78"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" customHeight="1">
-      <c r="A2" s="77"/>
-[...20 lines deleted...]
-    <row r="4" spans="1:9" s="4" customFormat="1" ht="15.75">
+      <c r="A2" s="78"/>
+      <c r="B2" s="78"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="78"/>
+    </row>
+    <row r="3" spans="1:9" ht="31.2">
+      <c r="A3" s="75"/>
+      <c r="B3" s="75"/>
+      <c r="C3" s="75"/>
+      <c r="D3" s="75"/>
+      <c r="E3" s="75"/>
+      <c r="F3" s="75"/>
+      <c r="G3" s="75"/>
+      <c r="H3" s="75"/>
+      <c r="I3" s="75"/>
+    </row>
+    <row r="4" spans="1:9" s="4" customFormat="1">
       <c r="A4" s="35" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="35" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="35" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D4" s="35" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="35" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="35" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="35" t="s">
         <v>7</v>
       </c>
       <c r="H4" s="35" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="35" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:9" s="5" customFormat="1" ht="15">
-      <c r="A5" s="61">
+    <row r="5" spans="1:9" s="5" customFormat="1" ht="13.8">
+      <c r="A5" s="60">
         <v>45191</v>
       </c>
-      <c r="B5" s="61">
+      <c r="B5" s="60">
         <v>45191</v>
       </c>
-      <c r="C5" s="62" t="s">
-        <v>55</v>
+      <c r="C5" s="61" t="s">
+        <v>56</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="6">
         <v>136</v>
       </c>
-      <c r="F5" s="61">
+      <c r="F5" s="60">
         <v>45252</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>19</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="17"/>
     </row>
-    <row r="6" spans="1:9" s="5" customFormat="1" ht="15">
-      <c r="A6" s="61">
+    <row r="6" spans="1:9" s="5" customFormat="1" ht="13.8">
+      <c r="A6" s="60">
         <v>45156</v>
       </c>
-      <c r="B6" s="61">
+      <c r="B6" s="60">
         <v>45156</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E6" s="38" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F6" s="40" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="I6" s="17"/>
     </row>
-    <row r="7" spans="1:9" s="5" customFormat="1" ht="14.25">
-      <c r="A7" s="61">
+    <row r="7" spans="1:9" s="5" customFormat="1" ht="13.8">
+      <c r="A7" s="60">
         <v>45191</v>
       </c>
-      <c r="B7" s="61">
+      <c r="B7" s="60">
         <v>45153</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E7" s="38">
         <v>52</v>
       </c>
       <c r="F7" s="40">
         <v>45153</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:9" s="5" customFormat="1" ht="14.25">
-      <c r="A8" s="61">
+    <row r="8" spans="1:9" s="5" customFormat="1" ht="13.8">
+      <c r="A8" s="60">
         <v>45156</v>
       </c>
-      <c r="B8" s="61">
+      <c r="B8" s="60">
         <v>45112</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E8" s="6">
         <v>211</v>
       </c>
-      <c r="F8" s="61">
+      <c r="F8" s="60">
         <v>45138</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A9" s="40">
         <v>45153</v>
       </c>
-      <c r="B9" s="61">
+      <c r="B9" s="60">
         <v>45111</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E9" s="6">
         <v>249</v>
       </c>
-      <c r="F9" s="61">
+      <c r="F9" s="60">
         <v>45138</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      <c r="A10" s="61">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="5" customFormat="1" ht="13.8">
+      <c r="A10" s="60">
         <v>45112</v>
       </c>
-      <c r="B10" s="61">
+      <c r="B10" s="60">
         <v>42522</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E10" s="6">
         <v>169</v>
       </c>
-      <c r="F10" s="61">
+      <c r="F10" s="60">
         <v>45086</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>19</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I10" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="5" customFormat="1" ht="13.8">
+      <c r="A11" s="60">
+        <v>45107</v>
+      </c>
+      <c r="B11" s="60">
+        <v>44950</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>68</v>
-      </c>
-[...12 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E11" s="6">
         <v>75</v>
       </c>
-      <c r="F11" s="61">
+      <c r="F11" s="60">
         <v>45010</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      <c r="A12" s="61">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="5" customFormat="1" ht="13.8">
+      <c r="A12" s="60">
         <v>45063</v>
       </c>
       <c r="B12" s="40">
         <v>44937</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E12" s="38">
         <v>81</v>
       </c>
       <c r="F12" s="40">
         <v>44990</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I12" s="17"/>
     </row>
-    <row r="13" spans="1:9" s="5" customFormat="1" ht="14.25">
-      <c r="A13" s="63">
+    <row r="13" spans="1:9" s="5" customFormat="1" ht="13.8">
+      <c r="A13" s="62">
         <v>44949</v>
       </c>
       <c r="B13" s="22">
         <v>44831</v>
       </c>
       <c r="C13" s="21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D13" s="21" t="s">
         <v>37</v>
       </c>
-      <c r="E13" s="64">
+      <c r="E13" s="63">
         <v>1</v>
       </c>
       <c r="F13" s="22">
         <v>44890</v>
       </c>
       <c r="G13" s="21" t="s">
         <v>12</v>
       </c>
       <c r="H13" s="21" t="s">
         <v>12</v>
       </c>
       <c r="I13" s="8"/>
     </row>
-    <row r="14" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="14" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A14" s="40">
         <v>44930</v>
       </c>
       <c r="B14" s="22">
         <v>44817</v>
       </c>
       <c r="C14" s="22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" s="22" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E14" s="64">
+        <v>68</v>
+      </c>
+      <c r="E14" s="63">
         <v>77</v>
       </c>
       <c r="F14" s="22">
         <v>44880</v>
       </c>
       <c r="G14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="H14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="22"/>
     </row>
-    <row r="15" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="15" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A15" s="22">
         <v>44827</v>
       </c>
       <c r="B15" s="22">
         <v>44594</v>
       </c>
       <c r="C15" s="24" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D15" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="E15" s="65">
+      <c r="E15" s="64">
         <v>198</v>
       </c>
       <c r="F15" s="22">
         <v>44659</v>
       </c>
       <c r="G15" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H15" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="16" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="16" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A16" s="22">
         <v>44817</v>
       </c>
       <c r="B16" s="22">
         <v>44336</v>
       </c>
       <c r="C16" s="24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D16" s="24" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E16" s="65">
+        <v>78</v>
+      </c>
+      <c r="E16" s="64">
         <v>94</v>
       </c>
       <c r="F16" s="22">
         <v>44394</v>
       </c>
       <c r="G16" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H16" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I16" s="24" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A17" s="22">
         <v>44595</v>
       </c>
       <c r="B17" s="22">
         <v>44342</v>
       </c>
       <c r="C17" s="24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D17" s="24" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E17" s="65">
+        <v>68</v>
+      </c>
+      <c r="E17" s="64">
         <v>464</v>
       </c>
       <c r="F17" s="22">
         <v>44403</v>
       </c>
       <c r="G17" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H17" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="18" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="18" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A18" s="22">
         <v>44334</v>
       </c>
       <c r="B18" s="22">
         <v>44104</v>
       </c>
       <c r="C18" s="24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="E18" s="65">
+      <c r="E18" s="64">
         <v>13</v>
       </c>
       <c r="F18" s="22">
         <v>44104</v>
       </c>
       <c r="G18" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H18" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="19" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="19" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A19" s="22">
         <v>44342</v>
       </c>
       <c r="B19" s="22">
         <v>44068</v>
       </c>
       <c r="C19" s="24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D19" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="E19" s="65">
+      <c r="E19" s="64">
         <v>40</v>
       </c>
       <c r="F19" s="22">
         <v>44061</v>
       </c>
       <c r="G19" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H19" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="20" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="20" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A20" s="22">
         <v>44105</v>
       </c>
       <c r="B20" s="22">
         <v>44060</v>
       </c>
       <c r="C20" s="24" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D20" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E20" s="65">
+      <c r="E20" s="64">
         <v>106</v>
       </c>
       <c r="F20" s="22">
         <v>44057</v>
       </c>
       <c r="G20" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H20" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="21" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="21" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A21" s="22">
         <v>44064</v>
       </c>
       <c r="B21" s="22">
         <v>44056</v>
       </c>
       <c r="C21" s="24" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D21" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E21" s="65">
+      <c r="E21" s="64">
         <v>272</v>
       </c>
       <c r="F21" s="22">
         <v>43914</v>
       </c>
       <c r="G21" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H21" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I21" s="24" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A22" s="22">
         <v>44057</v>
       </c>
       <c r="B22" s="22">
         <v>44040</v>
       </c>
       <c r="C22" s="24" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D22" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E22" s="65">
+      <c r="E22" s="64">
         <v>1043</v>
       </c>
       <c r="F22" s="22">
         <v>44104</v>
       </c>
       <c r="G22" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H22" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I22" s="24" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A23" s="22">
         <v>44049</v>
       </c>
       <c r="B23" s="22">
         <v>44040</v>
       </c>
       <c r="C23" s="24" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D23" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E23" s="65">
+      <c r="E23" s="64">
         <v>296</v>
       </c>
       <c r="F23" s="22">
         <v>44104</v>
       </c>
       <c r="G23" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H23" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I23" s="24" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A24" s="22">
         <v>44054</v>
       </c>
       <c r="B24" s="22">
         <v>44042</v>
       </c>
       <c r="C24" s="24" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D24" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E24" s="65">
+      <c r="E24" s="64">
         <v>73</v>
       </c>
       <c r="F24" s="22">
         <v>44075</v>
       </c>
       <c r="G24" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H24" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="25" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="25" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A25" s="22">
         <v>44054</v>
       </c>
       <c r="B25" s="22">
         <v>44022</v>
       </c>
       <c r="C25" s="24" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D25" s="24" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="E25" s="65">
+        <v>90</v>
+      </c>
+      <c r="E25" s="64">
         <v>127</v>
       </c>
       <c r="F25" s="22">
         <v>44044</v>
       </c>
       <c r="G25" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H25" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I25" s="24" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A26" s="22">
         <v>44046</v>
       </c>
       <c r="B26" s="22">
         <v>44004</v>
       </c>
       <c r="C26" s="24" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D26" s="24" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="E26" s="65">
+        <v>92</v>
+      </c>
+      <c r="E26" s="64">
         <v>71</v>
       </c>
       <c r="F26" s="22">
         <v>43973</v>
       </c>
       <c r="G26" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H26" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="27" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="27" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A27" s="22">
         <v>44027</v>
       </c>
       <c r="B27" s="22">
         <v>44012</v>
       </c>
       <c r="C27" s="24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D27" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E27" s="65">
+      <c r="E27" s="64">
         <v>65</v>
       </c>
       <c r="F27" s="22">
         <v>44012</v>
       </c>
       <c r="G27" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H27" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="28" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="28" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A28" s="22">
         <v>44004</v>
       </c>
       <c r="B28" s="22">
         <v>43985</v>
       </c>
       <c r="C28" s="24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D28" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E28" s="65">
+      <c r="E28" s="64">
         <v>65</v>
       </c>
       <c r="F28" s="22">
         <v>43904</v>
       </c>
       <c r="G28" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H28" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="29" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="29" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A29" s="22">
         <v>44012</v>
       </c>
       <c r="B29" s="22">
         <v>43980</v>
       </c>
       <c r="C29" s="24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D29" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="E29" s="65">
+      <c r="E29" s="64">
         <v>231</v>
       </c>
       <c r="F29" s="22">
         <v>43980</v>
       </c>
       <c r="G29" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H29" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="30" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="30" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A30" s="22">
         <v>43985</v>
       </c>
       <c r="B30" s="40">
         <v>44068</v>
       </c>
       <c r="C30" s="24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D30" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="E30" s="65">
+      <c r="E30" s="64">
         <v>72</v>
       </c>
       <c r="F30" s="22">
         <v>43958</v>
       </c>
       <c r="G30" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H30" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="31" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="31" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A31" s="22">
         <v>43980</v>
       </c>
       <c r="B31" s="22">
         <v>43948</v>
       </c>
       <c r="C31" s="24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D31" s="24" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="E31" s="65">
+        <v>97</v>
+      </c>
+      <c r="E31" s="64">
         <v>136</v>
       </c>
       <c r="F31" s="22">
         <v>43906</v>
       </c>
       <c r="G31" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H31" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="32" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="32" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A32" s="40">
         <v>44063</v>
       </c>
       <c r="B32" s="22">
         <v>43942</v>
       </c>
       <c r="C32" s="24" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D32" s="24" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="E32" s="65">
+        <v>99</v>
+      </c>
+      <c r="E32" s="64">
         <v>5</v>
       </c>
       <c r="F32" s="22">
         <v>43942</v>
       </c>
       <c r="G32" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H32" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="33" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="33" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A33" s="40">
         <v>43948</v>
       </c>
       <c r="B33" s="22">
         <v>43944</v>
       </c>
       <c r="C33" s="24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D33" s="24" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="E33" s="65">
+        <v>101</v>
+      </c>
+      <c r="E33" s="64">
         <v>1</v>
       </c>
       <c r="F33" s="22">
         <v>43941</v>
       </c>
       <c r="G33" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H33" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="34" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="34" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A34" s="40">
         <v>43942</v>
       </c>
       <c r="B34" s="22">
         <v>43938</v>
       </c>
       <c r="C34" s="24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D34" s="24" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E34" s="65">
+        <v>68</v>
+      </c>
+      <c r="E34" s="64">
         <v>13</v>
       </c>
       <c r="F34" s="22">
         <v>43938</v>
       </c>
       <c r="G34" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H34" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="35" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="35" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A35" s="22">
         <v>43941</v>
       </c>
       <c r="B35" s="22">
         <v>43935</v>
       </c>
       <c r="C35" s="24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" s="24" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="E35" s="65">
+        <v>90</v>
+      </c>
+      <c r="E35" s="64">
         <v>51</v>
       </c>
       <c r="F35" s="22">
         <v>43906</v>
       </c>
       <c r="G35" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H35" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="36" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="36" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A36" s="22">
         <v>43907</v>
       </c>
       <c r="B36" s="22">
         <v>43925</v>
       </c>
       <c r="C36" s="24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D36" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E36" s="65">
+      <c r="E36" s="64">
         <v>110</v>
       </c>
       <c r="F36" s="22">
         <v>43927</v>
       </c>
       <c r="G36" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H36" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="37" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="37" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A37" s="22">
         <v>43927</v>
       </c>
       <c r="B37" s="22">
         <v>43917</v>
       </c>
       <c r="C37" s="24" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D37" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="E37" s="65">
+      <c r="E37" s="64">
         <v>37</v>
       </c>
       <c r="F37" s="22">
         <v>43916</v>
       </c>
       <c r="G37" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H37" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="38" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="38" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A38" s="22">
         <v>43925</v>
       </c>
       <c r="B38" s="22">
         <v>43913</v>
       </c>
       <c r="C38" s="24" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D38" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E38" s="65">
+      <c r="E38" s="64">
         <v>146</v>
       </c>
       <c r="F38" s="22">
         <v>43898</v>
       </c>
       <c r="G38" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H38" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I38" s="24" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A39" s="22">
         <v>43916</v>
       </c>
       <c r="B39" s="22">
         <v>43910</v>
       </c>
       <c r="C39" s="24" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D39" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E39" s="65">
+      <c r="E39" s="64">
         <v>87</v>
       </c>
       <c r="F39" s="22">
         <v>43910</v>
       </c>
       <c r="G39" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H39" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="40" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="40" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A40" s="22">
         <v>43916</v>
       </c>
       <c r="B40" s="22">
         <v>43913</v>
       </c>
       <c r="C40" s="24" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D40" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E40" s="65">
+      <c r="E40" s="64">
         <v>110</v>
       </c>
       <c r="F40" s="22">
         <v>43906</v>
       </c>
       <c r="G40" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H40" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="41" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="41" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A41" s="22">
         <v>43910</v>
       </c>
       <c r="B41" s="22">
         <v>43510</v>
       </c>
       <c r="C41" s="24" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D41" s="24" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="E41" s="65">
+        <v>111</v>
+      </c>
+      <c r="E41" s="64">
         <v>1</v>
       </c>
       <c r="F41" s="22">
         <v>43567</v>
       </c>
       <c r="G41" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H41" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="42" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="42" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A42" s="22">
         <v>43909</v>
       </c>
       <c r="B42" s="22">
         <v>43486</v>
       </c>
       <c r="C42" s="24" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D42" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E42" s="65">
+      <c r="E42" s="64">
         <v>59</v>
       </c>
-      <c r="F42" s="65" t="s">
-        <v>112</v>
+      <c r="F42" s="64" t="s">
+        <v>113</v>
       </c>
       <c r="G42" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H42" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="43" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="43" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A43" s="22">
         <v>43509</v>
       </c>
       <c r="B43" s="22">
         <v>43479</v>
       </c>
       <c r="C43" s="24" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D43" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E43" s="65">
+      <c r="E43" s="64">
         <v>62</v>
       </c>
       <c r="F43" s="22">
         <v>43542</v>
       </c>
       <c r="G43" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H43" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="44" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="44" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A44" s="22">
         <v>43486</v>
       </c>
       <c r="B44" s="22">
         <v>43413</v>
       </c>
       <c r="C44" s="24" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D44" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E44" s="65">
+      <c r="E44" s="64">
         <v>51</v>
       </c>
       <c r="F44" s="22">
         <v>43131</v>
       </c>
       <c r="G44" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H44" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="45" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="45" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A45" s="22">
         <v>43479</v>
       </c>
       <c r="B45" s="22">
         <v>43405</v>
       </c>
       <c r="C45" s="24" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D45" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E45" s="65">
+      <c r="E45" s="64">
         <v>92</v>
       </c>
       <c r="F45" s="22">
         <v>43465</v>
       </c>
       <c r="G45" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H45" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="46" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="46" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A46" s="22">
         <v>43405</v>
       </c>
       <c r="B46" s="22">
         <v>43405</v>
       </c>
       <c r="C46" s="24" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D46" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E46" s="65">
+      <c r="E46" s="64">
         <v>181</v>
       </c>
       <c r="F46" s="22">
         <v>43469</v>
       </c>
       <c r="G46" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H46" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="47" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="47" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A47" s="22">
         <v>76277</v>
       </c>
       <c r="B47" s="22">
         <v>43382</v>
       </c>
       <c r="C47" s="24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D47" s="24" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E47" s="65">
+        <v>78</v>
+      </c>
+      <c r="E47" s="64">
         <v>180</v>
       </c>
       <c r="F47" s="22">
         <v>43382</v>
       </c>
       <c r="G47" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H47" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="48" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="48" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A48" s="22">
         <v>76268</v>
       </c>
       <c r="B48" s="22">
         <v>43363</v>
       </c>
       <c r="C48" s="24" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D48" s="24" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="E48" s="65">
+        <v>120</v>
+      </c>
+      <c r="E48" s="64">
         <v>83</v>
       </c>
       <c r="F48" s="22">
         <v>43434</v>
       </c>
       <c r="G48" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H48" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="49" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="49" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A49" s="22">
         <v>43382</v>
       </c>
       <c r="B49" s="22">
         <v>43276</v>
       </c>
       <c r="C49" s="24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D49" s="24" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E49" s="65">
+        <v>78</v>
+      </c>
+      <c r="E49" s="64">
         <v>64</v>
       </c>
       <c r="F49" s="22">
         <v>43339</v>
       </c>
       <c r="G49" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H49" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I49" s="24" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A50" s="22">
         <v>43362</v>
       </c>
       <c r="B50" s="22">
         <v>43252</v>
       </c>
       <c r="C50" s="24" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D50" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="E50" s="65">
+      <c r="E50" s="64">
         <v>149</v>
       </c>
       <c r="F50" s="22">
         <v>43312</v>
       </c>
       <c r="G50" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H50" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="51" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="51" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A51" s="22">
         <v>43273</v>
       </c>
       <c r="B51" s="22">
         <v>43042</v>
       </c>
       <c r="C51" s="24" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D51" s="24" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E51" s="65">
+        <v>78</v>
+      </c>
+      <c r="E51" s="64">
         <v>477</v>
       </c>
       <c r="F51" s="22">
         <v>43112</v>
       </c>
       <c r="G51" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H51" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I51" s="24" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A52" s="22">
         <v>43252</v>
       </c>
       <c r="B52" s="22">
         <v>42990</v>
       </c>
       <c r="C52" s="24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D52" s="24" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E52" s="65">
+        <v>68</v>
+      </c>
+      <c r="E52" s="64">
         <v>171</v>
       </c>
-      <c r="F52" s="65" t="s">
-        <v>126</v>
+      <c r="F52" s="64" t="s">
+        <v>127</v>
       </c>
       <c r="G52" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H52" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="53" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="53" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A53" s="22">
         <v>43042</v>
       </c>
       <c r="B53" s="22">
         <v>42496</v>
       </c>
       <c r="C53" s="24" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D53" s="24" t="s">
         <v>50</v>
       </c>
-      <c r="E53" s="65">
+      <c r="E53" s="64">
         <v>187</v>
       </c>
       <c r="F53" s="22">
         <v>42492</v>
       </c>
       <c r="G53" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H53" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="54" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="54" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A54" s="22">
         <v>42986</v>
       </c>
       <c r="B54" s="22">
         <v>42495</v>
       </c>
       <c r="C54" s="24" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D54" s="24" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="E54" s="65">
+        <v>130</v>
+      </c>
+      <c r="E54" s="64">
         <v>20</v>
       </c>
       <c r="F54" s="22">
         <v>42551</v>
       </c>
       <c r="G54" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H54" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I54" s="24" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A55" s="22">
         <v>42495</v>
       </c>
       <c r="B55" s="22">
         <v>42468</v>
       </c>
       <c r="C55" s="24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D55" s="24" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E55" s="65">
+        <v>68</v>
+      </c>
+      <c r="E55" s="64">
         <v>154</v>
       </c>
       <c r="F55" s="22">
         <v>42528</v>
       </c>
       <c r="G55" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H55" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="56" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="56" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A56" s="22">
         <v>42494</v>
       </c>
       <c r="B56" s="22">
         <v>42401</v>
       </c>
       <c r="C56" s="24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D56" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E56" s="65">
+      <c r="E56" s="64">
         <v>60</v>
       </c>
-      <c r="F56" s="65" t="s">
-        <v>133</v>
+      <c r="F56" s="64" t="s">
+        <v>134</v>
       </c>
       <c r="G56" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H56" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="57" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="57" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A57" s="22">
         <v>42468</v>
       </c>
       <c r="B57" s="22">
         <v>42384</v>
       </c>
       <c r="C57" s="24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D57" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E57" s="65">
+      <c r="E57" s="64">
         <v>131</v>
       </c>
       <c r="F57" s="22">
         <v>42405</v>
       </c>
       <c r="G57" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H57" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="58" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="58" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A58" s="22">
         <v>42401</v>
       </c>
       <c r="B58" s="22">
         <v>42326</v>
       </c>
       <c r="C58" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D58" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E58" s="65">
+      <c r="E58" s="64">
         <v>241</v>
       </c>
-      <c r="F58" s="65" t="s">
-        <v>136</v>
+      <c r="F58" s="64" t="s">
+        <v>137</v>
       </c>
       <c r="G58" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H58" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="59" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="59" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A59" s="22">
         <v>42384</v>
       </c>
       <c r="B59" s="22">
         <v>42320</v>
       </c>
       <c r="C59" s="24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D59" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="E59" s="65" t="s">
-[...2 lines deleted...]
-      <c r="F59" s="65" t="s">
+      <c r="E59" s="64" t="s">
         <v>139</v>
       </c>
+      <c r="F59" s="64" t="s">
+        <v>140</v>
+      </c>
       <c r="G59" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H59" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="60" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="60" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A60" s="22">
         <v>42326</v>
       </c>
       <c r="B60" s="22">
         <v>42180</v>
       </c>
       <c r="C60" s="24" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D60" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E60" s="65">
+      <c r="E60" s="64">
         <v>70</v>
       </c>
       <c r="F60" s="22">
         <v>42240</v>
       </c>
       <c r="G60" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H60" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="61" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="61" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A61" s="22">
         <v>42318</v>
       </c>
       <c r="B61" s="22">
         <v>42074</v>
       </c>
       <c r="C61" s="24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D61" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E61" s="65" t="s">
-        <v>142</v>
+      <c r="E61" s="64" t="s">
+        <v>143</v>
       </c>
       <c r="F61" s="22">
         <v>42141</v>
       </c>
       <c r="G61" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H61" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I61" s="24" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A62" s="22">
         <v>42178</v>
       </c>
       <c r="B62" s="22">
         <v>42065</v>
       </c>
       <c r="C62" s="24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D62" s="24" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="F62" s="65" t="s">
+        <v>90</v>
+      </c>
+      <c r="E62" s="64" t="s">
         <v>145</v>
       </c>
+      <c r="F62" s="64" t="s">
+        <v>146</v>
+      </c>
       <c r="G62" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H62" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="63" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="63" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A63" s="22">
         <v>42069</v>
       </c>
       <c r="B63" s="22">
         <v>41850</v>
       </c>
       <c r="C63" s="24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D63" s="24" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="E63" s="65">
+        <v>148</v>
+      </c>
+      <c r="E63" s="64">
         <v>5</v>
       </c>
       <c r="F63" s="22">
         <v>41912</v>
       </c>
       <c r="G63" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H63" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="64" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="64" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A64" s="22">
         <v>42062</v>
       </c>
       <c r="B64" s="22">
         <v>41821</v>
       </c>
       <c r="C64" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D64" s="24" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="E64" s="65">
+        <v>101</v>
+      </c>
+      <c r="E64" s="64">
         <v>142</v>
       </c>
       <c r="F64" s="22">
         <v>41882</v>
       </c>
       <c r="G64" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H64" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="65" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="65" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A65" s="22">
         <v>41850</v>
       </c>
       <c r="B65" s="22">
         <v>41729</v>
       </c>
       <c r="C65" s="24" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D65" s="24" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E65" s="65">
+        <v>68</v>
+      </c>
+      <c r="E65" s="64">
         <v>115</v>
       </c>
       <c r="F65" s="22">
         <v>41774</v>
       </c>
       <c r="G65" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H65" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I65" s="24" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A66" s="22">
         <v>41820</v>
       </c>
       <c r="B66" s="22">
         <v>41596</v>
       </c>
       <c r="C66" s="24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D66" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E66" s="65">
+      <c r="E66" s="64">
         <v>49</v>
       </c>
       <c r="F66" s="22">
         <v>41654</v>
       </c>
       <c r="G66" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H66" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="67" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="67" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A67" s="22">
         <v>41724</v>
       </c>
       <c r="B67" s="22">
         <v>41547</v>
       </c>
       <c r="C67" s="24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D67" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E67" s="65">
+      <c r="E67" s="64">
         <v>1</v>
       </c>
       <c r="F67" s="22">
         <v>41608</v>
       </c>
       <c r="G67" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H67" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="68" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="68" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A68" s="22">
         <v>41593</v>
       </c>
       <c r="B68" s="22">
         <v>41502</v>
       </c>
       <c r="C68" s="24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D68" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E68" s="65">
+      <c r="E68" s="64">
         <v>66</v>
       </c>
       <c r="F68" s="22">
         <v>41555</v>
       </c>
       <c r="G68" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H68" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="69" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="69" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A69" s="22">
         <v>41547</v>
       </c>
       <c r="B69" s="22">
         <v>41438</v>
       </c>
       <c r="C69" s="24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D69" s="24" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="E69" s="65">
+        <v>90</v>
+      </c>
+      <c r="E69" s="64">
         <v>3</v>
       </c>
       <c r="F69" s="22">
         <v>41425</v>
       </c>
       <c r="G69" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H69" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="70" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="70" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A70" s="22">
         <v>41495</v>
       </c>
       <c r="B70" s="22">
         <v>41417</v>
       </c>
       <c r="C70" s="24" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D70" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E70" s="65">
+      <c r="E70" s="64">
         <v>62</v>
       </c>
       <c r="F70" s="22">
         <v>41485</v>
       </c>
       <c r="G70" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H70" s="24" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="71" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="71" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A71" s="22">
         <v>41425</v>
       </c>
       <c r="B71" s="22">
         <v>41285</v>
       </c>
       <c r="C71" s="24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D71" s="24" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>158</v>
+      </c>
+      <c r="E71" s="64" t="s">
+        <v>139</v>
       </c>
       <c r="F71" s="22">
         <v>41347</v>
       </c>
       <c r="G71" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H71" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="72" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="72" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A72" s="22">
         <v>41416</v>
       </c>
       <c r="B72" s="22">
         <v>41087</v>
       </c>
       <c r="C72" s="24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D72" s="24" t="s">
         <v>50</v>
       </c>
-      <c r="E72" s="65">
+      <c r="E72" s="64">
         <v>51</v>
       </c>
       <c r="F72" s="22">
         <v>41148</v>
       </c>
       <c r="G72" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H72" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="73" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="73" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A73" s="22">
         <v>41285</v>
       </c>
       <c r="B73" s="22">
         <v>41011</v>
       </c>
       <c r="C73" s="24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D73" s="24" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="E73" s="65">
+        <v>90</v>
+      </c>
+      <c r="E73" s="64">
         <v>150</v>
       </c>
       <c r="F73" s="22">
         <v>41071</v>
       </c>
       <c r="G73" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H73" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I73" s="24" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A74" s="22">
         <v>41087</v>
       </c>
       <c r="B74" s="22">
         <v>40939</v>
       </c>
       <c r="C74" s="24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D74" s="24" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="E74" s="65">
+        <v>90</v>
+      </c>
+      <c r="E74" s="64">
         <v>70</v>
       </c>
       <c r="F74" s="22">
         <v>41000</v>
       </c>
       <c r="G74" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H74" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I74" s="24" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A75" s="22">
         <v>41011</v>
       </c>
       <c r="B75" s="22">
         <v>40833</v>
       </c>
       <c r="C75" s="24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D75" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="E75" s="65">
+      <c r="E75" s="64">
         <v>110</v>
       </c>
       <c r="F75" s="22">
         <v>40833</v>
       </c>
       <c r="G75" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H75" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I75" s="24"/>
     </row>
-    <row r="76" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="76" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A76" s="22">
         <v>40938</v>
       </c>
       <c r="B76" s="22">
         <v>40788</v>
       </c>
       <c r="C76" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D76" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="E76" s="65">
+      <c r="E76" s="64">
         <v>16</v>
       </c>
       <c r="F76" s="22">
         <v>40846</v>
       </c>
       <c r="G76" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H76" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I76" s="24"/>
     </row>
-    <row r="77" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="77" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A77" s="22">
         <v>40833</v>
       </c>
       <c r="B77" s="22">
         <v>40758</v>
       </c>
       <c r="C77" s="24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D77" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="E77" s="65">
+      <c r="E77" s="64">
         <v>9</v>
       </c>
       <c r="F77" s="22">
         <v>40816</v>
       </c>
       <c r="G77" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H77" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I77" s="24"/>
     </row>
-    <row r="78" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="78" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A78" s="22">
         <v>40785</v>
       </c>
       <c r="B78" s="22">
         <v>40756</v>
       </c>
       <c r="C78" s="24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D78" s="24" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E78" s="65">
+        <v>78</v>
+      </c>
+      <c r="E78" s="64">
         <v>98</v>
       </c>
-      <c r="F78" s="65" t="s">
-        <v>167</v>
+      <c r="F78" s="64" t="s">
+        <v>168</v>
       </c>
       <c r="G78" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H78" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I78" s="24"/>
     </row>
-    <row r="79" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="79" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A79" s="22">
         <v>40752</v>
       </c>
       <c r="B79" s="22">
         <v>40690</v>
       </c>
       <c r="C79" s="24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D79" s="24" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="E79" s="65">
+        <v>170</v>
+      </c>
+      <c r="E79" s="64">
         <v>21</v>
       </c>
-      <c r="F79" s="65" t="s">
-        <v>170</v>
+      <c r="F79" s="64" t="s">
+        <v>171</v>
       </c>
       <c r="G79" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H79" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I79" s="24"/>
     </row>
-    <row r="80" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="80" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A80" s="22">
         <v>40753</v>
       </c>
       <c r="B80" s="22">
         <v>40634</v>
       </c>
       <c r="C80" s="24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D80" s="24" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E80" s="65">
+        <v>78</v>
+      </c>
+      <c r="E80" s="64">
         <v>98</v>
       </c>
-      <c r="F80" s="65" t="s">
-        <v>172</v>
+      <c r="F80" s="64" t="s">
+        <v>173</v>
       </c>
       <c r="G80" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H80" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I80" s="24"/>
     </row>
-    <row r="81" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="81" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A81" s="22">
         <v>40688</v>
       </c>
       <c r="B81" s="22">
         <v>40589</v>
       </c>
       <c r="C81" s="24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D81" s="24" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="E81" s="65">
+        <v>175</v>
+      </c>
+      <c r="E81" s="64">
         <v>5</v>
       </c>
       <c r="F81" s="22">
         <v>40644</v>
       </c>
       <c r="G81" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H81" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I81" s="24"/>
     </row>
-    <row r="82" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="82" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A82" s="22">
         <v>40634</v>
       </c>
       <c r="B82" s="22">
         <v>40568</v>
       </c>
       <c r="C82" s="24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D82" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E82" s="65">
+      <c r="E82" s="64">
         <v>122</v>
       </c>
       <c r="F82" s="22">
         <v>40592</v>
       </c>
       <c r="G82" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H82" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I82" s="24"/>
     </row>
-    <row r="83" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="83" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A83" s="22">
         <v>40589</v>
       </c>
       <c r="B83" s="22">
         <v>40413</v>
       </c>
       <c r="C83" s="24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D83" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E83" s="65">
+      <c r="E83" s="64">
         <v>89</v>
       </c>
       <c r="F83" s="22">
         <v>40452</v>
       </c>
       <c r="G83" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H83" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I83" s="24"/>
     </row>
-    <row r="84" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="84" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A84" s="22">
         <v>40565</v>
       </c>
       <c r="B84" s="22">
         <v>40217</v>
       </c>
       <c r="C84" s="24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D84" s="24" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="E84" s="65">
+        <v>175</v>
+      </c>
+      <c r="E84" s="64">
         <v>26</v>
       </c>
-      <c r="F84" s="65" t="s">
-        <v>178</v>
+      <c r="F84" s="64" t="s">
+        <v>179</v>
       </c>
       <c r="G84" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H84" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I84" s="24"/>
     </row>
-    <row r="85" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="85" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A85" s="22">
         <v>40410</v>
       </c>
       <c r="B85" s="22">
         <v>40217</v>
       </c>
       <c r="C85" s="24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D85" s="24" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="E85" s="65">
+        <v>175</v>
+      </c>
+      <c r="E85" s="64">
         <v>165</v>
       </c>
       <c r="F85" s="22">
         <v>40217</v>
       </c>
       <c r="G85" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H85" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I85" s="24"/>
     </row>
-    <row r="86" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="86" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A86" s="22">
         <v>40392</v>
       </c>
       <c r="B86" s="22">
         <v>40182</v>
       </c>
       <c r="C86" s="24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D86" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E86" s="65">
+      <c r="E86" s="64">
         <v>8</v>
       </c>
       <c r="F86" s="22">
         <v>40210</v>
       </c>
       <c r="G86" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H86" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I86" s="24"/>
     </row>
-    <row r="87" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="87" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A87" s="22">
         <v>40214</v>
       </c>
       <c r="B87" s="22">
         <v>40141</v>
       </c>
       <c r="C87" s="24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D87" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E87" s="65">
+      <c r="E87" s="64">
         <v>66</v>
       </c>
-      <c r="F87" s="65" t="s">
-        <v>181</v>
+      <c r="F87" s="64" t="s">
+        <v>182</v>
       </c>
       <c r="G87" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H87" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I87" s="24"/>
     </row>
-    <row r="88" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="88" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A88" s="22">
         <v>40178</v>
       </c>
       <c r="B88" s="22">
         <v>40141</v>
       </c>
       <c r="C88" s="24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D88" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E88" s="65">
+      <c r="E88" s="64">
         <v>103</v>
       </c>
-      <c r="F88" s="65" t="s">
-        <v>183</v>
+      <c r="F88" s="64" t="s">
+        <v>184</v>
       </c>
       <c r="G88" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H88" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I88" s="24" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" s="5" customFormat="1" ht="14.25">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A89" s="22">
         <v>40137</v>
       </c>
       <c r="B89" s="22">
         <v>40094</v>
       </c>
       <c r="C89" s="24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D89" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E89" s="65" t="s">
-        <v>185</v>
+      <c r="E89" s="64" t="s">
+        <v>186</v>
       </c>
       <c r="F89" s="22">
         <v>40147</v>
       </c>
       <c r="G89" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H89" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="90" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="90" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A90" s="22">
         <v>40137</v>
       </c>
       <c r="B90" s="22">
         <v>40091</v>
       </c>
       <c r="C90" s="24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D90" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E90" s="65">
+      <c r="E90" s="64">
         <v>63</v>
       </c>
       <c r="F90" s="22">
         <v>40148</v>
       </c>
       <c r="G90" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H90" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="91" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="91" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A91" s="22">
         <v>40094</v>
       </c>
       <c r="B91" s="22">
         <v>40050</v>
       </c>
       <c r="C91" s="24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D91" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E91" s="65" t="s">
-        <v>187</v>
+      <c r="E91" s="64" t="s">
+        <v>188</v>
       </c>
       <c r="F91" s="22">
         <v>39895</v>
       </c>
       <c r="G91" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H91" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="92" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="92" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A92" s="22">
         <v>40091</v>
       </c>
       <c r="B92" s="22">
         <v>40008</v>
       </c>
       <c r="C92" s="24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D92" s="24" t="s">
         <v>48</v>
       </c>
-      <c r="E92" s="65">
+      <c r="E92" s="64">
         <v>130</v>
       </c>
       <c r="F92" s="22">
         <v>39895</v>
       </c>
       <c r="G92" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H92" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="93" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="93" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A93" s="22">
         <v>40046</v>
       </c>
       <c r="B93" s="22">
         <v>40008</v>
       </c>
       <c r="C93" s="24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D93" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="E93" s="65">
+      <c r="E93" s="64">
         <v>26</v>
       </c>
       <c r="F93" s="22">
         <v>40001</v>
       </c>
       <c r="G93" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H93" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="94" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="94" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A94" s="22">
         <v>40007</v>
       </c>
       <c r="B94" s="22">
         <v>39895</v>
       </c>
       <c r="C94" s="24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D94" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E94" s="65">
+      <c r="E94" s="64">
         <v>14</v>
       </c>
       <c r="F94" s="22">
         <v>39895</v>
       </c>
       <c r="G94" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H94" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="95" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="95" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A95" s="22">
         <v>40007</v>
       </c>
       <c r="B95" s="22">
         <v>39996</v>
       </c>
       <c r="C95" s="24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D95" s="24" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="E95" s="65">
+        <v>192</v>
+      </c>
+      <c r="E95" s="64">
         <v>10</v>
       </c>
       <c r="F95" s="22">
         <v>40041</v>
       </c>
       <c r="G95" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H95" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="96" spans="1:9" s="5" customFormat="1" ht="14.25">
+    <row r="96" spans="1:9" s="5" customFormat="1" ht="13.8">
       <c r="A96" s="22">
         <v>39995</v>
       </c>
       <c r="B96" s="22">
         <v>39932</v>
       </c>
       <c r="C96" s="24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D96" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="E96" s="65">
+      <c r="E96" s="64">
         <v>171</v>
       </c>
       <c r="F96" s="22">
         <v>39994</v>
       </c>
       <c r="G96" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H96" s="24" t="s">
         <v>19</v>
       </c>
       <c r="I96" s="24" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14" s="5" customFormat="1" ht="14.25">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="97" spans="1:14" s="5" customFormat="1" ht="13.8">
       <c r="A97" s="22">
         <v>39980</v>
       </c>
       <c r="B97" s="22">
         <v>39918</v>
       </c>
       <c r="C97" s="24" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D97" s="24" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="E97" s="65">
+        <v>195</v>
+      </c>
+      <c r="E97" s="64">
         <v>55</v>
       </c>
       <c r="F97" s="22">
         <v>39994</v>
       </c>
       <c r="G97" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H97" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="98" spans="1:14" s="5" customFormat="1" ht="14.25">
+    <row r="98" spans="1:14" s="5" customFormat="1" ht="13.8">
       <c r="A98" s="22">
         <v>39931</v>
       </c>
       <c r="B98" s="22">
         <v>39882</v>
       </c>
       <c r="C98" s="24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D98" s="24" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E98" s="65">
+        <v>78</v>
+      </c>
+      <c r="E98" s="64">
         <v>29</v>
       </c>
       <c r="F98" s="22">
         <v>39943</v>
       </c>
       <c r="G98" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H98" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="99" spans="1:14" s="5" customFormat="1" ht="14.25">
+    <row r="99" spans="1:14" s="5" customFormat="1" ht="13.8">
       <c r="A99" s="22">
         <v>39918</v>
       </c>
       <c r="B99" s="22">
         <v>39881</v>
       </c>
       <c r="C99" s="24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D99" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="E99" s="65">
+      <c r="E99" s="64">
         <v>71</v>
       </c>
       <c r="F99" s="22">
         <v>39941</v>
       </c>
       <c r="G99" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H99" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="100" spans="1:14" s="5" customFormat="1" ht="14.25">
+    <row r="100" spans="1:14" s="5" customFormat="1" ht="13.8">
       <c r="A100" s="22">
         <v>39883</v>
       </c>
       <c r="B100" s="22">
         <v>39878</v>
       </c>
       <c r="C100" s="24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D100" s="24" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="E100" s="65">
+        <v>101</v>
+      </c>
+      <c r="E100" s="64">
         <v>54</v>
       </c>
       <c r="F100" s="22">
         <v>39935</v>
       </c>
       <c r="G100" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H100" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="101" spans="1:14" s="5" customFormat="1" ht="14.25">
+    <row r="101" spans="1:14" s="5" customFormat="1" ht="13.8">
       <c r="A101" s="22">
         <v>39881</v>
       </c>
       <c r="B101" s="22">
         <v>39877</v>
       </c>
       <c r="C101" s="24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D101" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E101" s="65">
+      <c r="E101" s="64">
         <v>119</v>
       </c>
       <c r="F101" s="22">
         <v>39943</v>
       </c>
       <c r="G101" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H101" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="102" spans="1:14" s="5" customFormat="1" ht="14.25">
+    <row r="102" spans="1:14" s="5" customFormat="1" ht="13.8">
       <c r="A102" s="22">
         <v>39876</v>
       </c>
       <c r="B102" s="22">
         <v>39864</v>
       </c>
       <c r="C102" s="24" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D102" s="24" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="E102" s="65">
+        <v>198</v>
+      </c>
+      <c r="E102" s="64">
         <v>270</v>
       </c>
       <c r="F102" s="22">
         <v>39828</v>
       </c>
       <c r="G102" s="24" t="s">
         <v>19</v>
       </c>
       <c r="H102" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="103" spans="1:14" s="5" customFormat="1" ht="14.25">
+    <row r="103" spans="1:14" s="5" customFormat="1" ht="13.8">
       <c r="A103" s="22">
         <v>39877</v>
       </c>
       <c r="B103" s="22">
         <v>39825</v>
       </c>
       <c r="C103" s="24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D103" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="E103" s="65">
+      <c r="E103" s="64">
         <v>121</v>
       </c>
       <c r="F103" s="22">
         <v>39821</v>
       </c>
       <c r="G103" s="24" t="s">
         <v>12</v>
       </c>
       <c r="H103" s="24" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="104" spans="1:14" ht="15.75">
+    <row r="104" spans="1:14">
       <c r="A104" s="4"/>
       <c r="B104" s="4"/>
       <c r="C104" s="4"/>
       <c r="D104" s="4"/>
       <c r="E104" s="4"/>
       <c r="F104" s="4"/>
       <c r="G104" s="4"/>
       <c r="H104" s="4"/>
       <c r="I104" s="4"/>
       <c r="J104" s="4"/>
       <c r="K104" s="4"/>
       <c r="L104" s="4"/>
       <c r="M104" s="4"/>
       <c r="N104" s="4"/>
     </row>
-    <row r="105" spans="1:14" ht="15.75">
+    <row r="105" spans="1:14">
       <c r="A105" s="4"/>
       <c r="B105" s="4"/>
       <c r="C105" s="4"/>
       <c r="D105" s="4"/>
       <c r="E105" s="4"/>
       <c r="F105" s="4"/>
       <c r="G105" s="4"/>
       <c r="H105" s="4"/>
       <c r="I105" s="4"/>
       <c r="J105" s="4"/>
       <c r="K105" s="4"/>
       <c r="L105" s="4"/>
       <c r="M105" s="4"/>
       <c r="N105" s="4"/>
     </row>
-    <row r="106" spans="1:14" ht="15.75">
+    <row r="106" spans="1:14">
       <c r="A106" s="4"/>
       <c r="B106" s="4"/>
       <c r="C106" s="4"/>
       <c r="D106" s="4"/>
       <c r="E106" s="4"/>
       <c r="F106" s="4"/>
       <c r="G106" s="4"/>
       <c r="H106" s="4"/>
       <c r="I106" s="4"/>
       <c r="J106" s="4"/>
       <c r="K106" s="4"/>
       <c r="L106" s="4"/>
       <c r="M106" s="4"/>
       <c r="N106" s="4"/>
     </row>
-    <row r="107" spans="1:14" ht="15.75">
+    <row r="107" spans="1:14">
       <c r="A107" s="4"/>
       <c r="B107" s="4"/>
       <c r="C107" s="4"/>
       <c r="D107" s="4"/>
       <c r="E107" s="4"/>
       <c r="F107" s="4"/>
       <c r="G107" s="4"/>
       <c r="H107" s="4"/>
       <c r="I107" s="4"/>
       <c r="J107" s="4"/>
       <c r="K107" s="4"/>
       <c r="L107" s="4"/>
       <c r="M107" s="4"/>
       <c r="N107" s="4"/>
     </row>
-    <row r="108" spans="1:14" ht="15.75">
+    <row r="108" spans="1:14">
       <c r="A108" s="4"/>
       <c r="B108" s="4"/>
       <c r="C108" s="4"/>
       <c r="D108" s="4"/>
       <c r="E108" s="4"/>
       <c r="F108" s="4"/>
       <c r="G108" s="4"/>
       <c r="H108" s="4"/>
       <c r="I108" s="4"/>
       <c r="J108" s="4"/>
       <c r="K108" s="4"/>
       <c r="L108" s="4"/>
       <c r="M108" s="4"/>
       <c r="N108" s="4"/>
     </row>
-    <row r="109" spans="1:14" ht="15.75">
+    <row r="109" spans="1:14">
       <c r="A109" s="4"/>
       <c r="B109" s="4"/>
       <c r="C109" s="4"/>
       <c r="D109" s="4"/>
       <c r="E109" s="4"/>
       <c r="F109" s="4"/>
       <c r="G109" s="4"/>
       <c r="H109" s="4"/>
       <c r="I109" s="4"/>
       <c r="J109" s="4"/>
       <c r="K109" s="4"/>
       <c r="L109" s="4"/>
       <c r="M109" s="4"/>
       <c r="N109" s="4"/>
     </row>
-    <row r="110" spans="1:14" ht="15.75">
+    <row r="110" spans="1:14">
       <c r="A110" s="4"/>
       <c r="B110" s="4"/>
       <c r="C110" s="4"/>
       <c r="D110" s="4"/>
       <c r="E110" s="4"/>
       <c r="F110" s="4"/>
       <c r="G110" s="4"/>
       <c r="H110" s="4"/>
       <c r="I110" s="4"/>
       <c r="J110" s="4"/>
       <c r="K110" s="4"/>
       <c r="L110" s="4"/>
       <c r="M110" s="4"/>
       <c r="N110" s="4"/>
     </row>
-    <row r="111" spans="1:14" ht="15.75">
+    <row r="111" spans="1:14">
       <c r="A111" s="4"/>
       <c r="B111" s="4"/>
       <c r="C111" s="4"/>
       <c r="D111" s="4"/>
       <c r="E111" s="4"/>
       <c r="F111" s="4"/>
       <c r="G111" s="4"/>
       <c r="H111" s="4"/>
       <c r="I111" s="4"/>
       <c r="J111" s="4"/>
       <c r="K111" s="4"/>
       <c r="L111" s="4"/>
       <c r="M111" s="4"/>
       <c r="N111" s="4"/>
     </row>
-    <row r="112" spans="1:14" ht="15.75">
+    <row r="112" spans="1:14">
       <c r="A112" s="4"/>
       <c r="B112" s="4"/>
       <c r="C112" s="4"/>
       <c r="D112" s="4"/>
       <c r="E112" s="4"/>
       <c r="F112" s="4"/>
       <c r="G112" s="4"/>
       <c r="H112" s="4"/>
       <c r="I112" s="4"/>
       <c r="J112" s="4"/>
       <c r="K112" s="4"/>
       <c r="L112" s="4"/>
       <c r="M112" s="4"/>
       <c r="N112" s="4"/>
     </row>
-    <row r="113" spans="1:14" ht="15.75">
+    <row r="113" spans="1:14">
       <c r="A113" s="4"/>
       <c r="B113" s="4"/>
       <c r="C113" s="4"/>
       <c r="D113" s="4"/>
       <c r="E113" s="4"/>
       <c r="F113" s="4"/>
       <c r="G113" s="4"/>
       <c r="H113" s="4"/>
       <c r="I113" s="4"/>
       <c r="J113" s="4"/>
       <c r="K113" s="4"/>
       <c r="L113" s="4"/>
       <c r="M113" s="4"/>
       <c r="N113" s="4"/>
     </row>
-    <row r="114" spans="1:14" ht="15.75">
+    <row r="114" spans="1:14">
       <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="4"/>
       <c r="F114" s="4"/>
       <c r="G114" s="4"/>
       <c r="H114" s="4"/>
       <c r="I114" s="4"/>
       <c r="J114" s="4"/>
       <c r="K114" s="4"/>
       <c r="L114" s="4"/>
       <c r="M114" s="4"/>
       <c r="N114" s="4"/>
     </row>
-    <row r="115" spans="1:14" ht="15.75">
+    <row r="115" spans="1:14">
       <c r="A115" s="4"/>
       <c r="B115" s="4"/>
       <c r="C115" s="4"/>
       <c r="D115" s="4"/>
       <c r="E115" s="4"/>
       <c r="F115" s="4"/>
       <c r="G115" s="4"/>
       <c r="H115" s="4"/>
       <c r="I115" s="4"/>
       <c r="J115" s="4"/>
       <c r="K115" s="4"/>
       <c r="L115" s="4"/>
       <c r="M115" s="4"/>
       <c r="N115" s="4"/>
     </row>
-    <row r="116" spans="1:14" ht="15.75">
+    <row r="116" spans="1:14">
       <c r="A116" s="4"/>
       <c r="B116" s="4"/>
       <c r="C116" s="4"/>
       <c r="D116" s="4"/>
       <c r="E116" s="4"/>
       <c r="F116" s="4"/>
       <c r="G116" s="4"/>
       <c r="H116" s="4"/>
       <c r="I116" s="4"/>
       <c r="J116" s="4"/>
       <c r="K116" s="4"/>
       <c r="L116" s="4"/>
       <c r="M116" s="4"/>
       <c r="N116" s="4"/>
     </row>
-    <row r="117" spans="1:14" ht="15.75">
+    <row r="117" spans="1:14">
       <c r="A117" s="4"/>
       <c r="B117" s="4"/>
       <c r="C117" s="4"/>
       <c r="D117" s="4"/>
       <c r="E117" s="4"/>
       <c r="F117" s="4"/>
       <c r="G117" s="4"/>
       <c r="H117" s="4"/>
       <c r="I117" s="4"/>
       <c r="J117" s="4"/>
       <c r="K117" s="4"/>
       <c r="L117" s="4"/>
       <c r="M117" s="4"/>
       <c r="N117" s="4"/>
     </row>
-    <row r="118" spans="1:14" ht="15.75">
+    <row r="118" spans="1:14">
       <c r="A118" s="4"/>
       <c r="B118" s="4"/>
       <c r="C118" s="4"/>
       <c r="D118" s="4"/>
       <c r="E118" s="4"/>
       <c r="F118" s="4"/>
       <c r="G118" s="4"/>
       <c r="H118" s="4"/>
       <c r="I118" s="4"/>
       <c r="J118" s="4"/>
       <c r="K118" s="4"/>
       <c r="L118" s="4"/>
       <c r="M118" s="4"/>
       <c r="N118" s="4"/>
     </row>
-    <row r="119" spans="1:14" ht="15.75">
+    <row r="119" spans="1:14">
       <c r="A119" s="4"/>
       <c r="B119" s="4"/>
       <c r="C119" s="4"/>
       <c r="D119" s="4"/>
       <c r="E119" s="4"/>
       <c r="F119" s="4"/>
       <c r="G119" s="4"/>
       <c r="H119" s="4"/>
       <c r="I119" s="4"/>
       <c r="J119" s="4"/>
       <c r="K119" s="4"/>
       <c r="L119" s="4"/>
       <c r="M119" s="4"/>
       <c r="N119" s="4"/>
     </row>
-    <row r="120" spans="1:14" ht="15.75">
+    <row r="120" spans="1:14">
       <c r="A120" s="4"/>
       <c r="B120" s="4"/>
       <c r="C120" s="4"/>
       <c r="D120" s="4"/>
       <c r="E120" s="4"/>
       <c r="F120" s="4"/>
       <c r="G120" s="4"/>
       <c r="H120" s="4"/>
       <c r="I120" s="4"/>
       <c r="J120" s="4"/>
       <c r="K120" s="4"/>
       <c r="L120" s="4"/>
       <c r="M120" s="4"/>
       <c r="N120" s="4"/>
     </row>
-    <row r="121" spans="1:14" ht="15.75">
+    <row r="121" spans="1:14">
       <c r="A121" s="4"/>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
       <c r="D121" s="4"/>
       <c r="E121" s="4"/>
       <c r="F121" s="4"/>
       <c r="G121" s="4"/>
       <c r="H121" s="4"/>
       <c r="I121" s="4"/>
       <c r="J121" s="4"/>
       <c r="K121" s="4"/>
       <c r="L121" s="4"/>
       <c r="M121" s="4"/>
       <c r="N121" s="4"/>
     </row>
-    <row r="122" spans="1:14" ht="15.75">
+    <row r="122" spans="1:14">
       <c r="A122" s="4"/>
       <c r="B122" s="4"/>
       <c r="C122" s="4"/>
       <c r="D122" s="4"/>
       <c r="E122" s="4"/>
       <c r="F122" s="4"/>
       <c r="G122" s="4"/>
       <c r="H122" s="4"/>
       <c r="I122" s="4"/>
       <c r="J122" s="4"/>
       <c r="K122" s="4"/>
       <c r="L122" s="4"/>
       <c r="M122" s="4"/>
       <c r="N122" s="4"/>
     </row>
-    <row r="123" spans="1:14" ht="15.75">
+    <row r="123" spans="1:14">
       <c r="A123" s="4"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
       <c r="G123" s="4"/>
       <c r="H123" s="4"/>
       <c r="I123" s="4"/>
       <c r="J123" s="4"/>
       <c r="K123" s="4"/>
       <c r="L123" s="4"/>
       <c r="M123" s="4"/>
       <c r="N123" s="4"/>
     </row>
-    <row r="124" spans="1:14" ht="15.75">
+    <row r="124" spans="1:14">
       <c r="A124" s="4"/>
       <c r="B124" s="4"/>
       <c r="C124" s="4"/>
       <c r="D124" s="4"/>
       <c r="E124" s="4"/>
       <c r="F124" s="4"/>
       <c r="G124" s="4"/>
       <c r="H124" s="4"/>
       <c r="I124" s="4"/>
       <c r="J124" s="4"/>
       <c r="K124" s="4"/>
       <c r="L124" s="4"/>
       <c r="M124" s="4"/>
       <c r="N124" s="4"/>
     </row>
-    <row r="125" spans="1:14" ht="15.75">
+    <row r="125" spans="1:14">
       <c r="A125" s="4"/>
       <c r="B125" s="4"/>
       <c r="C125" s="4"/>
       <c r="D125" s="4"/>
       <c r="E125" s="4"/>
       <c r="F125" s="4"/>
       <c r="G125" s="4"/>
       <c r="H125" s="4"/>
       <c r="I125" s="4"/>
       <c r="J125" s="4"/>
       <c r="K125" s="4"/>
       <c r="L125" s="4"/>
       <c r="M125" s="4"/>
       <c r="N125" s="4"/>
     </row>
-    <row r="126" spans="1:14" ht="15.75">
+    <row r="126" spans="1:14">
       <c r="A126" s="4"/>
       <c r="B126" s="4"/>
       <c r="C126" s="4"/>
       <c r="D126" s="4"/>
       <c r="E126" s="4"/>
       <c r="F126" s="4"/>
       <c r="G126" s="4"/>
       <c r="H126" s="4"/>
       <c r="I126" s="4"/>
       <c r="J126" s="4"/>
       <c r="K126" s="4"/>
       <c r="L126" s="4"/>
       <c r="M126" s="4"/>
       <c r="N126" s="4"/>
     </row>
-    <row r="127" spans="1:14" ht="15.75">
+    <row r="127" spans="1:14">
       <c r="A127" s="4"/>
       <c r="B127" s="4"/>
       <c r="C127" s="4"/>
       <c r="D127" s="4"/>
       <c r="E127" s="4"/>
       <c r="F127" s="4"/>
       <c r="G127" s="4"/>
       <c r="H127" s="4"/>
       <c r="I127" s="4"/>
       <c r="J127" s="4"/>
       <c r="K127" s="4"/>
       <c r="L127" s="4"/>
       <c r="M127" s="4"/>
       <c r="N127" s="4"/>
     </row>
-    <row r="128" spans="1:14" ht="15.75">
+    <row r="128" spans="1:14">
       <c r="A128" s="4"/>
       <c r="B128" s="4"/>
       <c r="C128" s="4"/>
       <c r="D128" s="4"/>
       <c r="E128" s="4"/>
       <c r="F128" s="4"/>
       <c r="G128" s="4"/>
       <c r="H128" s="4"/>
       <c r="I128" s="4"/>
       <c r="J128" s="4"/>
       <c r="K128" s="4"/>
       <c r="L128" s="4"/>
       <c r="M128" s="4"/>
       <c r="N128" s="4"/>
     </row>
-    <row r="129" spans="1:14" ht="15.75">
+    <row r="129" spans="1:14">
       <c r="A129" s="4"/>
       <c r="B129" s="4"/>
       <c r="C129" s="4"/>
       <c r="D129" s="4"/>
       <c r="E129" s="4"/>
       <c r="F129" s="4"/>
       <c r="G129" s="4"/>
       <c r="H129" s="4"/>
       <c r="I129" s="4"/>
       <c r="J129" s="4"/>
       <c r="K129" s="4"/>
       <c r="L129" s="4"/>
       <c r="M129" s="4"/>
       <c r="N129" s="4"/>
     </row>
-    <row r="130" spans="1:14" ht="15.75">
+    <row r="130" spans="1:14">
       <c r="A130" s="4"/>
       <c r="B130" s="4"/>
       <c r="C130" s="4"/>
       <c r="D130" s="4"/>
       <c r="E130" s="4"/>
       <c r="F130" s="4"/>
       <c r="G130" s="4"/>
       <c r="H130" s="4"/>
       <c r="I130" s="4"/>
       <c r="J130" s="4"/>
       <c r="K130" s="4"/>
       <c r="L130" s="4"/>
       <c r="M130" s="4"/>
       <c r="N130" s="4"/>
     </row>
-    <row r="131" spans="1:14" ht="15.75">
+    <row r="131" spans="1:14">
       <c r="A131" s="4"/>
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
       <c r="D131" s="4"/>
       <c r="E131" s="4"/>
       <c r="F131" s="4"/>
       <c r="G131" s="4"/>
       <c r="H131" s="4"/>
       <c r="I131" s="4"/>
       <c r="J131" s="4"/>
       <c r="K131" s="4"/>
       <c r="L131" s="4"/>
       <c r="M131" s="4"/>
       <c r="N131" s="4"/>
     </row>
-    <row r="132" spans="1:14" ht="15.75">
+    <row r="132" spans="1:14">
       <c r="A132" s="4"/>
       <c r="B132" s="4"/>
       <c r="C132" s="4"/>
       <c r="D132" s="4"/>
       <c r="E132" s="4"/>
       <c r="F132" s="4"/>
       <c r="G132" s="4"/>
       <c r="H132" s="4"/>
       <c r="I132" s="4"/>
       <c r="J132" s="4"/>
       <c r="K132" s="4"/>
       <c r="L132" s="4"/>
       <c r="M132" s="4"/>
       <c r="N132" s="4"/>
     </row>
-    <row r="133" spans="1:14" ht="15.75">
+    <row r="133" spans="1:14">
       <c r="A133" s="4"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
       <c r="D133" s="4"/>
       <c r="E133" s="4"/>
       <c r="F133" s="4"/>
       <c r="G133" s="4"/>
       <c r="H133" s="4"/>
       <c r="I133" s="4"/>
       <c r="J133" s="4"/>
       <c r="K133" s="4"/>
       <c r="L133" s="4"/>
       <c r="M133" s="4"/>
       <c r="N133" s="4"/>
     </row>
-    <row r="134" spans="1:14" ht="15.75">
+    <row r="134" spans="1:14">
       <c r="A134" s="4"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="D134" s="4"/>
       <c r="E134" s="4"/>
       <c r="F134" s="4"/>
       <c r="G134" s="4"/>
       <c r="H134" s="4"/>
       <c r="I134" s="4"/>
       <c r="J134" s="4"/>
       <c r="K134" s="4"/>
       <c r="L134" s="4"/>
       <c r="M134" s="4"/>
       <c r="N134" s="4"/>
     </row>
-    <row r="135" spans="1:14" ht="15.75">
+    <row r="135" spans="1:14">
       <c r="A135" s="4"/>
       <c r="B135" s="4"/>
       <c r="C135" s="4"/>
       <c r="D135" s="4"/>
       <c r="E135" s="4"/>
       <c r="F135" s="4"/>
       <c r="G135" s="4"/>
       <c r="H135" s="4"/>
       <c r="I135" s="4"/>
       <c r="J135" s="4"/>
       <c r="K135" s="4"/>
       <c r="L135" s="4"/>
       <c r="M135" s="4"/>
       <c r="N135" s="4"/>
     </row>
-    <row r="136" spans="1:14" ht="15.75">
+    <row r="136" spans="1:14">
       <c r="A136" s="4"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="D136" s="4"/>
       <c r="E136" s="4"/>
       <c r="F136" s="4"/>
       <c r="G136" s="4"/>
       <c r="H136" s="4"/>
       <c r="I136" s="4"/>
       <c r="J136" s="4"/>
       <c r="K136" s="4"/>
       <c r="L136" s="4"/>
       <c r="M136" s="4"/>
       <c r="N136" s="4"/>
     </row>
-    <row r="137" spans="1:14" ht="15.75">
+    <row r="137" spans="1:14">
       <c r="A137" s="4"/>
       <c r="B137" s="4"/>
       <c r="C137" s="4"/>
       <c r="D137" s="4"/>
       <c r="E137" s="4"/>
       <c r="F137" s="4"/>
       <c r="G137" s="4"/>
       <c r="H137" s="4"/>
       <c r="I137" s="4"/>
       <c r="J137" s="4"/>
       <c r="K137" s="4"/>
       <c r="L137" s="4"/>
       <c r="M137" s="4"/>
       <c r="N137" s="4"/>
     </row>
-    <row r="138" spans="1:14" ht="15.75">
+    <row r="138" spans="1:14">
       <c r="A138" s="4"/>
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
       <c r="D138" s="4"/>
       <c r="E138" s="4"/>
       <c r="F138" s="4"/>
       <c r="G138" s="4"/>
       <c r="H138" s="4"/>
       <c r="I138" s="4"/>
       <c r="J138" s="4"/>
       <c r="K138" s="4"/>
       <c r="L138" s="4"/>
       <c r="M138" s="4"/>
       <c r="N138" s="4"/>
     </row>
-    <row r="139" spans="1:14" ht="15.75">
+    <row r="139" spans="1:14">
       <c r="A139" s="4"/>
       <c r="B139" s="4"/>
       <c r="C139" s="4"/>
       <c r="D139" s="4"/>
       <c r="E139" s="4"/>
       <c r="F139" s="4"/>
       <c r="G139" s="4"/>
       <c r="H139" s="4"/>
       <c r="I139" s="4"/>
       <c r="J139" s="4"/>
       <c r="K139" s="4"/>
       <c r="L139" s="4"/>
       <c r="M139" s="4"/>
       <c r="N139" s="4"/>
     </row>
-    <row r="140" spans="1:14" ht="15.75">
+    <row r="140" spans="1:14">
       <c r="A140" s="4"/>
       <c r="B140" s="4"/>
       <c r="C140" s="4"/>
       <c r="D140" s="4"/>
       <c r="E140" s="4"/>
       <c r="F140" s="4"/>
       <c r="G140" s="4"/>
       <c r="H140" s="4"/>
       <c r="I140" s="4"/>
       <c r="J140" s="4"/>
       <c r="K140" s="4"/>
       <c r="L140" s="4"/>
       <c r="M140" s="4"/>
       <c r="N140" s="4"/>
     </row>
-    <row r="141" spans="1:14" ht="15.75">
+    <row r="141" spans="1:14">
       <c r="A141" s="4"/>
       <c r="B141" s="4"/>
       <c r="C141" s="4"/>
       <c r="D141" s="4"/>
       <c r="E141" s="4"/>
       <c r="F141" s="4"/>
       <c r="G141" s="4"/>
       <c r="H141" s="4"/>
       <c r="I141" s="4"/>
       <c r="J141" s="4"/>
       <c r="K141" s="4"/>
       <c r="L141" s="4"/>
       <c r="M141" s="4"/>
       <c r="N141" s="4"/>
     </row>
-    <row r="142" spans="1:14" ht="15.75">
+    <row r="142" spans="1:14">
       <c r="A142" s="4"/>
       <c r="B142" s="4"/>
       <c r="C142" s="4"/>
       <c r="D142" s="4"/>
       <c r="E142" s="4"/>
       <c r="F142" s="4"/>
       <c r="G142" s="4"/>
       <c r="H142" s="4"/>
       <c r="I142" s="4"/>
       <c r="J142" s="4"/>
       <c r="K142" s="4"/>
       <c r="L142" s="4"/>
       <c r="M142" s="4"/>
       <c r="N142" s="4"/>
     </row>
-    <row r="143" spans="1:14" ht="15.75">
+    <row r="143" spans="1:14">
       <c r="A143" s="4"/>
       <c r="B143" s="4"/>
       <c r="C143" s="4"/>
       <c r="D143" s="4"/>
       <c r="E143" s="4"/>
       <c r="F143" s="4"/>
       <c r="G143" s="4"/>
       <c r="H143" s="4"/>
       <c r="I143" s="4"/>
       <c r="J143" s="4"/>
       <c r="K143" s="4"/>
       <c r="L143" s="4"/>
       <c r="M143" s="4"/>
       <c r="N143" s="4"/>
     </row>
-    <row r="144" spans="1:14" ht="15.75">
+    <row r="144" spans="1:14">
       <c r="A144" s="4"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
       <c r="D144" s="4"/>
       <c r="E144" s="4"/>
       <c r="F144" s="4"/>
       <c r="G144" s="4"/>
       <c r="H144" s="4"/>
       <c r="I144" s="4"/>
       <c r="J144" s="4"/>
       <c r="K144" s="4"/>
       <c r="L144" s="4"/>
       <c r="M144" s="4"/>
       <c r="N144" s="4"/>
     </row>
-    <row r="145" spans="1:14" ht="15.75">
+    <row r="145" spans="1:14">
       <c r="A145" s="4"/>
       <c r="B145" s="4"/>
       <c r="C145" s="4"/>
       <c r="D145" s="4"/>
       <c r="E145" s="4"/>
       <c r="F145" s="4"/>
       <c r="G145" s="4"/>
       <c r="H145" s="4"/>
       <c r="I145" s="4"/>
       <c r="J145" s="4"/>
       <c r="K145" s="4"/>
       <c r="L145" s="4"/>
       <c r="M145" s="4"/>
       <c r="N145" s="4"/>
     </row>
-    <row r="146" spans="1:14" ht="15.75">
+    <row r="146" spans="1:14">
       <c r="A146" s="4"/>
       <c r="B146" s="4"/>
       <c r="C146" s="4"/>
       <c r="D146" s="4"/>
       <c r="E146" s="4"/>
       <c r="F146" s="4"/>
       <c r="G146" s="4"/>
       <c r="H146" s="4"/>
       <c r="I146" s="4"/>
       <c r="J146" s="4"/>
       <c r="K146" s="4"/>
       <c r="L146" s="4"/>
       <c r="M146" s="4"/>
       <c r="N146" s="4"/>
     </row>
-    <row r="147" spans="1:14" ht="15.75">
+    <row r="147" spans="1:14">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
       <c r="G147" s="4"/>
       <c r="H147" s="4"/>
       <c r="I147" s="4"/>
       <c r="J147" s="4"/>
       <c r="K147" s="4"/>
       <c r="L147" s="4"/>
       <c r="M147" s="4"/>
       <c r="N147" s="4"/>
     </row>
-    <row r="148" spans="1:14" ht="15.75">
+    <row r="148" spans="1:14">
       <c r="A148" s="4"/>
       <c r="B148" s="4"/>
       <c r="C148" s="4"/>
       <c r="D148" s="4"/>
       <c r="E148" s="4"/>
       <c r="F148" s="4"/>
       <c r="G148" s="4"/>
       <c r="H148" s="4"/>
       <c r="I148" s="4"/>
       <c r="J148" s="4"/>
       <c r="K148" s="4"/>
       <c r="L148" s="4"/>
       <c r="M148" s="4"/>
       <c r="N148" s="4"/>
     </row>
-    <row r="149" spans="1:14" ht="15.75">
+    <row r="149" spans="1:14">
       <c r="A149" s="4"/>
       <c r="B149" s="4"/>
       <c r="C149" s="4"/>
       <c r="D149" s="4"/>
       <c r="E149" s="4"/>
       <c r="F149" s="4"/>
       <c r="G149" s="4"/>
       <c r="H149" s="4"/>
       <c r="I149" s="4"/>
       <c r="J149" s="4"/>
       <c r="K149" s="4"/>
       <c r="L149" s="4"/>
       <c r="M149" s="4"/>
       <c r="N149" s="4"/>
     </row>
-    <row r="150" spans="1:14" ht="15.75">
+    <row r="150" spans="1:14">
       <c r="A150" s="4"/>
       <c r="B150" s="4"/>
       <c r="C150" s="4"/>
       <c r="D150" s="4"/>
       <c r="E150" s="4"/>
       <c r="F150" s="4"/>
       <c r="G150" s="4"/>
       <c r="H150" s="4"/>
       <c r="I150" s="4"/>
       <c r="J150" s="4"/>
       <c r="K150" s="4"/>
       <c r="L150" s="4"/>
       <c r="M150" s="4"/>
       <c r="N150" s="4"/>
     </row>
-    <row r="151" spans="1:14" ht="15.75">
+    <row r="151" spans="1:14">
       <c r="A151" s="4"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
       <c r="E151" s="4"/>
       <c r="F151" s="4"/>
       <c r="G151" s="4"/>
       <c r="H151" s="4"/>
       <c r="I151" s="4"/>
       <c r="J151" s="4"/>
       <c r="K151" s="4"/>
       <c r="L151" s="4"/>
       <c r="M151" s="4"/>
       <c r="N151" s="4"/>
     </row>
-    <row r="152" spans="1:14" ht="15.75">
+    <row r="152" spans="1:14">
       <c r="A152" s="4"/>
       <c r="B152" s="4"/>
       <c r="C152" s="4"/>
       <c r="D152" s="4"/>
       <c r="E152" s="4"/>
       <c r="F152" s="4"/>
       <c r="G152" s="4"/>
       <c r="H152" s="4"/>
       <c r="I152" s="4"/>
       <c r="J152" s="4"/>
       <c r="K152" s="4"/>
       <c r="L152" s="4"/>
       <c r="M152" s="4"/>
       <c r="N152" s="4"/>
     </row>
-    <row r="153" spans="1:14" ht="15.75">
+    <row r="153" spans="1:14">
       <c r="A153" s="4"/>
       <c r="B153" s="4"/>
       <c r="C153" s="4"/>
       <c r="D153" s="4"/>
       <c r="E153" s="4"/>
       <c r="F153" s="4"/>
       <c r="G153" s="4"/>
       <c r="H153" s="4"/>
       <c r="I153" s="4"/>
       <c r="J153" s="4"/>
       <c r="K153" s="4"/>
       <c r="L153" s="4"/>
       <c r="M153" s="4"/>
       <c r="N153" s="4"/>
     </row>
-    <row r="154" spans="1:14" ht="15.75">
+    <row r="154" spans="1:14">
       <c r="A154" s="4"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="4"/>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
       <c r="H154" s="4"/>
       <c r="I154" s="4"/>
       <c r="J154" s="4"/>
       <c r="K154" s="4"/>
       <c r="L154" s="4"/>
       <c r="M154" s="4"/>
       <c r="N154" s="4"/>
     </row>
-    <row r="155" spans="1:14" ht="15.75">
+    <row r="155" spans="1:14">
       <c r="A155" s="4"/>
       <c r="B155" s="4"/>
       <c r="C155" s="4"/>
       <c r="D155" s="4"/>
       <c r="E155" s="4"/>
       <c r="F155" s="4"/>
       <c r="G155" s="4"/>
       <c r="H155" s="4"/>
       <c r="I155" s="4"/>
       <c r="J155" s="4"/>
       <c r="K155" s="4"/>
       <c r="L155" s="4"/>
       <c r="M155" s="4"/>
       <c r="N155" s="4"/>
     </row>
-    <row r="156" spans="1:14" ht="15.75">
+    <row r="156" spans="1:14">
       <c r="A156" s="4"/>
       <c r="B156" s="4"/>
       <c r="C156" s="4"/>
       <c r="D156" s="4"/>
       <c r="E156" s="4"/>
       <c r="F156" s="4"/>
       <c r="G156" s="4"/>
       <c r="H156" s="4"/>
       <c r="I156" s="4"/>
       <c r="J156" s="4"/>
       <c r="K156" s="4"/>
       <c r="L156" s="4"/>
       <c r="M156" s="4"/>
       <c r="N156" s="4"/>
     </row>
-    <row r="157" spans="1:14" ht="15.75">
+    <row r="157" spans="1:14">
       <c r="A157" s="4"/>
       <c r="B157" s="4"/>
       <c r="C157" s="4"/>
       <c r="D157" s="4"/>
       <c r="E157" s="4"/>
       <c r="F157" s="4"/>
       <c r="G157" s="4"/>
       <c r="H157" s="4"/>
       <c r="I157" s="4"/>
       <c r="J157" s="4"/>
       <c r="K157" s="4"/>
       <c r="L157" s="4"/>
       <c r="M157" s="4"/>
       <c r="N157" s="4"/>
     </row>
-    <row r="158" spans="1:14" ht="15.75">
+    <row r="158" spans="1:14">
       <c r="A158" s="4"/>
       <c r="B158" s="4"/>
       <c r="C158" s="4"/>
       <c r="D158" s="4"/>
       <c r="E158" s="4"/>
       <c r="F158" s="4"/>
       <c r="G158" s="4"/>
       <c r="H158" s="4"/>
       <c r="I158" s="4"/>
       <c r="J158" s="4"/>
       <c r="K158" s="4"/>
       <c r="L158" s="4"/>
       <c r="M158" s="4"/>
       <c r="N158" s="4"/>
     </row>
-    <row r="159" spans="1:14" ht="15.75">
+    <row r="159" spans="1:14">
       <c r="A159" s="4"/>
       <c r="B159" s="4"/>
       <c r="C159" s="4"/>
       <c r="D159" s="4"/>
       <c r="E159" s="4"/>
       <c r="F159" s="4"/>
       <c r="G159" s="4"/>
       <c r="H159" s="4"/>
       <c r="I159" s="4"/>
       <c r="J159" s="4"/>
       <c r="K159" s="4"/>
       <c r="L159" s="4"/>
       <c r="M159" s="4"/>
       <c r="N159" s="4"/>
     </row>
-    <row r="160" spans="1:14" ht="15.75">
+    <row r="160" spans="1:14">
       <c r="A160" s="4"/>
       <c r="B160" s="4"/>
       <c r="C160" s="4"/>
       <c r="D160" s="4"/>
       <c r="E160" s="4"/>
       <c r="F160" s="4"/>
       <c r="G160" s="4"/>
       <c r="H160" s="4"/>
       <c r="I160" s="4"/>
       <c r="J160" s="4"/>
       <c r="K160" s="4"/>
       <c r="L160" s="4"/>
       <c r="M160" s="4"/>
       <c r="N160" s="4"/>
     </row>
-    <row r="161" spans="1:14" ht="15.75">
+    <row r="161" spans="1:14">
       <c r="A161" s="4"/>
       <c r="B161" s="4"/>
       <c r="C161" s="4"/>
       <c r="D161" s="4"/>
       <c r="E161" s="4"/>
       <c r="F161" s="4"/>
       <c r="G161" s="4"/>
       <c r="H161" s="4"/>
       <c r="I161" s="4"/>
       <c r="J161" s="4"/>
       <c r="K161" s="4"/>
       <c r="L161" s="4"/>
       <c r="M161" s="4"/>
       <c r="N161" s="4"/>
     </row>
-    <row r="162" spans="1:14" ht="15.75">
+    <row r="162" spans="1:14">
       <c r="A162" s="4"/>
       <c r="B162" s="4"/>
       <c r="C162" s="4"/>
       <c r="D162" s="4"/>
       <c r="E162" s="4"/>
       <c r="F162" s="4"/>
       <c r="G162" s="4"/>
       <c r="H162" s="4"/>
       <c r="I162" s="4"/>
       <c r="J162" s="4"/>
       <c r="K162" s="4"/>
       <c r="L162" s="4"/>
       <c r="M162" s="4"/>
       <c r="N162" s="4"/>
     </row>
-    <row r="163" spans="1:14" ht="15.75">
+    <row r="163" spans="1:14">
       <c r="A163" s="4"/>
       <c r="B163" s="4"/>
       <c r="C163" s="4"/>
       <c r="D163" s="4"/>
       <c r="E163" s="4"/>
       <c r="F163" s="4"/>
       <c r="G163" s="4"/>
       <c r="H163" s="4"/>
       <c r="I163" s="4"/>
       <c r="J163" s="4"/>
       <c r="K163" s="4"/>
       <c r="L163" s="4"/>
       <c r="M163" s="4"/>
       <c r="N163" s="4"/>
     </row>
-    <row r="164" spans="1:14" ht="15.75">
+    <row r="164" spans="1:14">
       <c r="A164" s="4"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
       <c r="D164" s="4"/>
       <c r="E164" s="4"/>
       <c r="F164" s="4"/>
       <c r="G164" s="4"/>
       <c r="H164" s="4"/>
       <c r="I164" s="4"/>
       <c r="J164" s="4"/>
       <c r="K164" s="4"/>
       <c r="L164" s="4"/>
       <c r="M164" s="4"/>
       <c r="N164" s="4"/>
     </row>
-    <row r="165" spans="1:14" ht="15.75">
+    <row r="165" spans="1:14">
       <c r="A165" s="4"/>
       <c r="B165" s="4"/>
       <c r="C165" s="4"/>
       <c r="D165" s="4"/>
       <c r="E165" s="4"/>
       <c r="F165" s="4"/>
       <c r="G165" s="4"/>
       <c r="H165" s="4"/>
       <c r="I165" s="4"/>
       <c r="J165" s="4"/>
       <c r="K165" s="4"/>
       <c r="L165" s="4"/>
       <c r="M165" s="4"/>
       <c r="N165" s="4"/>
     </row>
-    <row r="166" spans="1:14" ht="15.75">
+    <row r="166" spans="1:14">
       <c r="A166" s="4"/>
       <c r="B166" s="4"/>
       <c r="C166" s="4"/>
       <c r="D166" s="4"/>
       <c r="E166" s="4"/>
       <c r="F166" s="4"/>
       <c r="G166" s="4"/>
       <c r="H166" s="4"/>
       <c r="I166" s="4"/>
       <c r="J166" s="4"/>
       <c r="K166" s="4"/>
       <c r="L166" s="4"/>
       <c r="M166" s="4"/>
       <c r="N166" s="4"/>
     </row>
-    <row r="167" spans="1:14" ht="15.75">
+    <row r="167" spans="1:14">
       <c r="A167" s="4"/>
       <c r="B167" s="4"/>
       <c r="C167" s="4"/>
       <c r="D167" s="4"/>
       <c r="E167" s="4"/>
       <c r="F167" s="4"/>
       <c r="G167" s="4"/>
       <c r="H167" s="4"/>
       <c r="I167" s="4"/>
       <c r="J167" s="4"/>
       <c r="K167" s="4"/>
       <c r="L167" s="4"/>
       <c r="M167" s="4"/>
       <c r="N167" s="4"/>
     </row>
-    <row r="168" spans="1:14" ht="15.75">
+    <row r="168" spans="1:14">
       <c r="A168" s="4"/>
       <c r="B168" s="4"/>
       <c r="C168" s="4"/>
       <c r="D168" s="4"/>
       <c r="E168" s="4"/>
       <c r="F168" s="4"/>
       <c r="G168" s="4"/>
       <c r="H168" s="4"/>
       <c r="I168" s="4"/>
       <c r="J168" s="4"/>
       <c r="K168" s="4"/>
       <c r="L168" s="4"/>
       <c r="M168" s="4"/>
       <c r="N168" s="4"/>
     </row>
-    <row r="169" spans="1:14" ht="15.75">
+    <row r="169" spans="1:14">
       <c r="A169" s="4"/>
       <c r="B169" s="4"/>
       <c r="C169" s="4"/>
       <c r="D169" s="4"/>
       <c r="E169" s="4"/>
       <c r="F169" s="4"/>
       <c r="G169" s="4"/>
       <c r="H169" s="4"/>
       <c r="I169" s="4"/>
       <c r="J169" s="4"/>
       <c r="K169" s="4"/>
       <c r="L169" s="4"/>
       <c r="M169" s="4"/>
       <c r="N169" s="4"/>
     </row>
-    <row r="170" spans="1:14" ht="15.75">
+    <row r="170" spans="1:14">
       <c r="A170" s="4"/>
       <c r="B170" s="4"/>
       <c r="C170" s="4"/>
       <c r="D170" s="4"/>
       <c r="E170" s="4"/>
       <c r="F170" s="4"/>
       <c r="G170" s="4"/>
       <c r="H170" s="4"/>
       <c r="I170" s="4"/>
       <c r="J170" s="4"/>
       <c r="K170" s="4"/>
       <c r="L170" s="4"/>
       <c r="M170" s="4"/>
       <c r="N170" s="4"/>
     </row>
-    <row r="171" spans="1:14" ht="15.75">
+    <row r="171" spans="1:14">
       <c r="A171" s="4"/>
       <c r="B171" s="4"/>
       <c r="C171" s="4"/>
       <c r="D171" s="4"/>
       <c r="E171" s="4"/>
       <c r="F171" s="4"/>
       <c r="G171" s="4"/>
       <c r="H171" s="4"/>
       <c r="I171" s="4"/>
       <c r="J171" s="4"/>
       <c r="K171" s="4"/>
       <c r="L171" s="4"/>
       <c r="M171" s="4"/>
       <c r="N171" s="4"/>
     </row>
-    <row r="172" spans="1:14" ht="15.75">
+    <row r="172" spans="1:14">
       <c r="A172" s="4"/>
       <c r="B172" s="4"/>
       <c r="C172" s="4"/>
       <c r="D172" s="4"/>
       <c r="E172" s="4"/>
       <c r="F172" s="4"/>
       <c r="G172" s="4"/>
       <c r="H172" s="4"/>
       <c r="I172" s="4"/>
       <c r="J172" s="4"/>
       <c r="K172" s="4"/>
       <c r="L172" s="4"/>
       <c r="M172" s="4"/>
       <c r="N172" s="4"/>
     </row>
-    <row r="173" spans="1:14" ht="15.75">
+    <row r="173" spans="1:14">
       <c r="A173" s="4"/>
       <c r="B173" s="4"/>
       <c r="C173" s="4"/>
       <c r="D173" s="4"/>
       <c r="E173" s="4"/>
       <c r="F173" s="4"/>
       <c r="G173" s="4"/>
       <c r="H173" s="4"/>
       <c r="I173" s="4"/>
       <c r="J173" s="4"/>
       <c r="K173" s="4"/>
       <c r="L173" s="4"/>
       <c r="M173" s="4"/>
       <c r="N173" s="4"/>
     </row>
-    <row r="174" spans="1:14" ht="15.75">
+    <row r="174" spans="1:14">
       <c r="A174" s="4"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4"/>
       <c r="D174" s="4"/>
       <c r="E174" s="4"/>
       <c r="F174" s="4"/>
       <c r="G174" s="4"/>
       <c r="H174" s="4"/>
       <c r="I174" s="4"/>
       <c r="J174" s="4"/>
       <c r="K174" s="4"/>
       <c r="L174" s="4"/>
       <c r="M174" s="4"/>
       <c r="N174" s="4"/>
     </row>
-    <row r="175" spans="1:14" ht="15.75">
+    <row r="175" spans="1:14">
       <c r="A175" s="4"/>
       <c r="B175" s="4"/>
       <c r="C175" s="4"/>
       <c r="D175" s="4"/>
       <c r="E175" s="4"/>
       <c r="F175" s="4"/>
       <c r="G175" s="4"/>
       <c r="H175" s="4"/>
       <c r="I175" s="4"/>
       <c r="J175" s="4"/>
       <c r="K175" s="4"/>
       <c r="L175" s="4"/>
       <c r="M175" s="4"/>
       <c r="N175" s="4"/>
     </row>
-    <row r="176" spans="1:14" ht="15.75">
+    <row r="176" spans="1:14">
       <c r="A176" s="4"/>
     </row>
-    <row r="177" spans="1:1" ht="15.75">
+    <row r="177" spans="1:1">
       <c r="A177" s="4"/>
     </row>
-    <row r="178" spans="1:1" ht="15.75"/>
-[...1 lines deleted...]
-    <row r="180" spans="1:1" ht="15.75"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D7CA4A7758DDF4F8A78677D3B22BD47" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3acca51fa395f9313e35082b17373cba">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e19eab3b-0a92-46fc-9552-a493c76cdc00" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="877bd2ecca759b9e790c141c767e061f" ns2:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D7CA4A7758DDF4F8A78677D3B22BD47" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="40fb347cb6748129dfb5d7e3644aefd9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e19eab3b-0a92-46fc-9552-a493c76cdc00" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d33a88d0aab069d8ee7b3bf8b77c32a" ns2:_="">
     <xsd:import namespace="e19eab3b-0a92-46fc-9552-a493c76cdc00"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e19eab3b-0a92-46fc-9552-a493c76cdc00" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -7263,85 +7411,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{526D1213-C5F8-4F2A-BB65-47A3B48FEA3A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3BDC996-7CD8-43BD-838D-50E4C5CE2932}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3BDC996-7CD8-43BD-838D-50E4C5CE2932}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0557A4BC-595F-498F-986F-63860A4E78D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0557A4BC-595F-498F-986F-63860A4E78D3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08B637F5-46E4-4C64-84F3-43D9F3F75167}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e19eab3b-0a92-46fc-9552-a493c76cdc00"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
+      <vt:lpstr>2025</vt:lpstr>
+      <vt:lpstr>2024</vt:lpstr>
+      <vt:lpstr>Previous Years</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D7CA4A7758DDF4F8A78677D3B22BD47</vt:lpwstr>
   </property>
 </Properties>
 </file>