--- v0 (2025-11-08)
+++ v1 (2026-03-10)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="165" documentId="6_{594D1ED4-128E-44E0-8ABE-1EA10C4DBF7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D0E0D5E7-CDC7-456C-BC24-C1A3F960675E}"/>
+  <xr:revisionPtr revIDLastSave="184" documentId="6_{594D1ED4-128E-44E0-8ABE-1EA10C4DBF7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2A6B2EAD-AE0C-4182-B6F5-06131E0614A3}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="UNadj" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Rhode Island Unadjusted Unemployment Rates</t>
   </si>
   <si>
     <t>(in percents)</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Jan.</t>
   </si>
   <si>
     <t>Feb.</t>
   </si>
   <si>
     <t>Mar.</t>
   </si>
   <si>
     <t>Apr.</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
@@ -84,168 +84,183 @@
   </si>
   <si>
     <t>Aug.</t>
   </si>
   <si>
     <t>Sep.</t>
   </si>
   <si>
     <t>Oct.</t>
   </si>
   <si>
     <t>Nov.</t>
   </si>
   <si>
     <t>Dec.</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Source:   R.I. Department of Labor and Training, Labor Market Information</t>
   </si>
   <si>
     <t>1976 - 2025</t>
   </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>x=Due to the Federal Government shutdown, there were no estimates produced for October 2025.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
@@ -646,54 +661,62 @@
       </c>
       <c r="B6" s="9">
         <v>5.4</v>
       </c>
       <c r="C6" s="9">
         <v>6.2</v>
       </c>
       <c r="D6" s="9">
         <v>5.2</v>
       </c>
       <c r="E6" s="9">
         <v>4.4000000000000004</v>
       </c>
       <c r="F6" s="9">
         <v>4.5</v>
       </c>
       <c r="G6" s="9">
         <v>4.3</v>
       </c>
       <c r="H6" s="9">
         <v>4.7</v>
       </c>
       <c r="I6" s="9">
         <v>4.5</v>
       </c>
-      <c r="J6" s="9"/>
-[...2 lines deleted...]
-      <c r="M6" s="9"/>
+      <c r="J6" s="9">
+        <v>3.7</v>
+      </c>
+      <c r="K6" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="L6" s="9">
+        <v>4.3</v>
+      </c>
+      <c r="M6" s="9">
+        <v>4.4000000000000004</v>
+      </c>
       <c r="N6" s="9"/>
       <c r="P6" s="9"/>
     </row>
     <row r="7" spans="1:18" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5">
         <v>2024</v>
       </c>
       <c r="B7" s="9">
         <v>4.5999999999999996</v>
       </c>
       <c r="C7" s="9">
         <v>5</v>
       </c>
       <c r="D7" s="9">
         <v>4.3</v>
       </c>
       <c r="E7" s="9">
         <v>3.7</v>
       </c>
       <c r="F7" s="9">
         <v>4.0999999999999996</v>
       </c>
       <c r="G7" s="9">
         <v>4.0999999999999996</v>
       </c>
@@ -3082,56 +3105,59 @@
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
       <c r="J60" s="9"/>
       <c r="K60" s="9"/>
       <c r="L60" s="9"/>
       <c r="M60" s="9"/>
       <c r="N60" s="18"/>
       <c r="O60" s="9"/>
     </row>
     <row r="61" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B61" s="9"/>
       <c r="C61" s="9"/>
       <c r="D61" s="9"/>
       <c r="E61" s="9"/>
       <c r="F61" s="9"/>
       <c r="G61" s="9"/>
       <c r="H61" s="9"/>
       <c r="I61" s="9"/>
       <c r="J61" s="9"/>
       <c r="K61" s="9"/>
       <c r="L61" s="9"/>
       <c r="M61" s="9"/>
-      <c r="N61" s="19">
-[...2 lines deleted...]
-      <c r="O61" s="19"/>
+      <c r="N61" s="21">
+        <v>46044</v>
+      </c>
+      <c r="O61" s="21"/>
     </row>
     <row r="62" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A62" s="20" t="s">
+        <v>19</v>
+      </c>
       <c r="B62" s="9"/>
       <c r="C62" s="9"/>
       <c r="D62" s="9"/>
       <c r="E62" s="9"/>
       <c r="F62" s="9"/>
       <c r="G62" s="9"/>
       <c r="H62" s="9"/>
       <c r="I62" s="9"/>
       <c r="J62" s="9"/>
       <c r="K62" s="9"/>
       <c r="L62" s="9"/>
       <c r="M62" s="9"/>
       <c r="N62" s="9"/>
       <c r="O62" s="9"/>
     </row>
     <row r="63" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B63" s="9"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="9"/>
       <c r="F63" s="9"/>
       <c r="G63" s="9"/>
       <c r="H63" s="9"/>
       <c r="I63" s="9"/>
       <c r="J63" s="9"/>