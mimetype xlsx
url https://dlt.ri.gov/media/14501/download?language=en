--- v0 (2025-11-08)
+++ v1 (2026-03-09)
@@ -1,149 +1,156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="139" documentId="6_{1C5191A2-DA35-413B-8DDE-ABB454B753D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DA0779B9-8361-4D3B-BD61-B78D8E92E475}"/>
+  <xr:revisionPtr revIDLastSave="164" documentId="6_{1C5191A2-DA35-413B-8DDE-ABB454B753D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{46A0F948-3395-4F0F-A63A-DC420B0E2D4D}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SARate" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">SARate!$A$1:$O$58</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">SARate!$A$1:$O$59</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AB8" i="1" l="1"/>
   <c r="AB6" i="1"/>
   <c r="AB10" i="1"/>
   <c r="AB9" i="1"/>
   <c r="AB11" i="1" l="1"/>
   <c r="AB12" i="1" l="1"/>
   <c r="AB13" i="1" l="1"/>
   <c r="AB14" i="1" l="1"/>
   <c r="AB17" i="1"/>
   <c r="AB18" i="1"/>
   <c r="AB19" i="1"/>
   <c r="AB20" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Rhode Island Seasonally Adjusted Unemployment Rates</t>
   </si>
   <si>
     <t>(in percents)</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Jan.</t>
   </si>
   <si>
     <t>Feb.</t>
   </si>
   <si>
     <t>Mar.</t>
   </si>
   <si>
     <t>Apr.</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Jun.</t>
   </si>
   <si>
     <t>Jul.</t>
   </si>
   <si>
     <t>Aug.</t>
   </si>
   <si>
     <t>Sep.</t>
   </si>
   <si>
     <t>Oct.</t>
   </si>
   <si>
     <t>Nov.</t>
   </si>
   <si>
     <t>Dec.</t>
   </si>
   <si>
     <t>Source:   R.I. Department of Labor and Training, Labor Market Information</t>
   </si>
   <si>
     <t>1976 - 2025</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>x=Due to the Federal Government shutdown, there were no estimates produced for October 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
@@ -271,51 +278,55 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -692,54 +703,62 @@
       <c r="B6" s="8"/>
       <c r="C6" s="27">
         <v>4.5999999999999996</v>
       </c>
       <c r="D6" s="26">
         <v>4.7</v>
       </c>
       <c r="E6" s="26">
         <v>4.8</v>
       </c>
       <c r="F6" s="26">
         <v>4.9000000000000004</v>
       </c>
       <c r="G6" s="26">
         <v>4.9000000000000004</v>
       </c>
       <c r="H6" s="26">
         <v>4.8</v>
       </c>
       <c r="I6" s="26">
         <v>4.8</v>
       </c>
       <c r="J6" s="26">
         <v>4.5999999999999996</v>
       </c>
-      <c r="K6" s="26"/>
-[...2 lines deleted...]
-      <c r="N6" s="26"/>
+      <c r="K6" s="26">
+        <v>4.5</v>
+      </c>
+      <c r="L6" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="M6" s="26">
+        <v>4.3</v>
+      </c>
+      <c r="N6" s="26">
+        <v>4.3</v>
+      </c>
       <c r="O6" s="8"/>
       <c r="P6" s="28"/>
       <c r="Q6" s="28"/>
       <c r="R6" s="28"/>
       <c r="S6" s="28"/>
       <c r="T6" s="28"/>
       <c r="U6" s="28"/>
       <c r="V6" s="28"/>
       <c r="W6" s="28"/>
       <c r="X6" s="28"/>
       <c r="Y6" s="28"/>
       <c r="Z6" s="28"/>
       <c r="AA6" s="28"/>
       <c r="AB6" s="28">
         <f t="shared" ref="AB6" si="0">ROUND(O6,1)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A7" s="8">
         <v>2024</v>
       </c>
       <c r="B7" s="8"/>
       <c r="C7" s="27">
         <v>3.9</v>
@@ -3092,92 +3111,94 @@
       <c r="I57" s="9"/>
       <c r="J57" s="9"/>
       <c r="K57" s="9"/>
       <c r="L57" s="9"/>
       <c r="M57" s="9"/>
       <c r="N57" s="9"/>
       <c r="O57" s="9"/>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A58" s="22" t="s">
         <v>15</v>
       </c>
       <c r="B58" s="13"/>
       <c r="C58" s="13"/>
       <c r="D58" s="13"/>
       <c r="E58" s="13"/>
       <c r="F58" s="13"/>
       <c r="G58" s="13"/>
       <c r="H58" s="13"/>
       <c r="I58" s="13"/>
       <c r="J58" s="13"/>
       <c r="K58" s="13"/>
       <c r="L58" s="13"/>
       <c r="M58" s="13"/>
       <c r="N58" s="24">
-        <v>45918</v>
+        <v>46044</v>
       </c>
       <c r="O58" s="13"/>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A59" s="13"/>
+      <c r="A59" s="13" t="s">
+        <v>18</v>
+      </c>
       <c r="B59" s="13"/>
       <c r="C59" s="13"/>
       <c r="D59" s="13"/>
       <c r="E59" s="13"/>
       <c r="F59" s="13"/>
       <c r="G59" s="13"/>
       <c r="H59" s="13"/>
       <c r="I59" s="13"/>
       <c r="J59" s="13"/>
       <c r="K59" s="13"/>
       <c r="L59" s="13"/>
       <c r="M59" s="13"/>
       <c r="N59" s="13"/>
       <c r="O59" s="13"/>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.2">
       <c r="B60" s="23"/>
       <c r="C60" s="23"/>
       <c r="D60" s="23"/>
       <c r="E60" s="23"/>
       <c r="F60" s="23"/>
       <c r="G60" s="23"/>
       <c r="H60" s="23"/>
       <c r="I60" s="23"/>
       <c r="J60" s="23"/>
       <c r="K60" s="23"/>
       <c r="L60" s="23"/>
       <c r="M60" s="23"/>
       <c r="N60" s="23"/>
       <c r="O60" s="23"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="0.21" bottom="0.13" header="0.5" footer="0.5"/>
-  <pageSetup scale="78" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
+  <pageSetup scale="80" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>