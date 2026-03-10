--- v0 (2025-10-20)
+++ v1 (2026-03-10)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="14" documentId="8_{706197BB-4EC5-4A46-AF78-BD3ADF9021DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D327A5E1-873F-47E4-BE19-954A810A082B}"/>
+  <xr:revisionPtr revIDLastSave="29" documentId="8_{706197BB-4EC5-4A46-AF78-BD3ADF9021DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{87F9BA9C-9C75-44E9-8985-D67016407E24}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2025'!$A$1:$T$82</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="125">
   <si>
     <t>RHODE ISLAND DEPARTMENT OF LABOR AND TRAINING</t>
   </si>
   <si>
     <t>(In Thousands)</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
@@ -404,50 +404,53 @@
     <t>30.5</t>
   </si>
   <si>
     <t>95.9</t>
   </si>
   <si>
     <t>13.1</t>
   </si>
   <si>
     <t>4.6</t>
   </si>
   <si>
     <t>5.2</t>
   </si>
   <si>
     <t>3.3</t>
   </si>
   <si>
     <t>55.8</t>
   </si>
   <si>
     <t>36.1</t>
   </si>
   <si>
     <t>19.7</t>
+  </si>
+  <si>
+    <t>---</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode=";;;"/>
     <numFmt numFmtId="166" formatCode="0.0_)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Verdana"/>
@@ -916,51 +919,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Z231"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="C8" sqref="C8"/>
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="1.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="1.5703125" style="3" customWidth="1"/>
     <col min="4" max="5" width="1.7109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="2.85546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="41.5703125" style="2" customWidth="1"/>
     <col min="8" max="8" width="7.140625" style="2" customWidth="1"/>
     <col min="9" max="10" width="8.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="19" width="8.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A1" s="49" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="49"/>
       <c r="C1" s="49"/>
       <c r="D1" s="49"/>
       <c r="E1" s="49"/>
       <c r="F1" s="49"/>
@@ -1174,1591 +1177,1961 @@
       <c r="E9" s="18"/>
       <c r="F9" s="18"/>
       <c r="G9" s="18"/>
       <c r="H9" s="38" t="s">
         <v>78</v>
       </c>
       <c r="I9" s="37">
         <v>723.2</v>
       </c>
       <c r="J9" s="38">
         <v>729.7</v>
       </c>
       <c r="K9" s="37">
         <v>738.7</v>
       </c>
       <c r="L9" s="37">
         <v>745.6</v>
       </c>
       <c r="M9" s="37">
         <v>749.9</v>
       </c>
       <c r="N9" s="37">
         <v>746.4</v>
       </c>
       <c r="O9" s="37">
-        <v>745</v>
-[...5 lines deleted...]
-      <c r="T9" s="37"/>
+        <v>744.2</v>
+      </c>
+      <c r="P9" s="37">
+        <v>746.5</v>
+      </c>
+      <c r="Q9" s="37">
+        <v>743</v>
+      </c>
+      <c r="R9" s="37">
+        <v>743.8</v>
+      </c>
+      <c r="S9" s="37">
+        <v>742.1</v>
+      </c>
+      <c r="T9" s="37">
+        <v>739.4</v>
+      </c>
       <c r="U9" s="43"/>
     </row>
     <row r="10" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="18"/>
       <c r="B10" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="18"/>
       <c r="D10" s="18"/>
       <c r="E10" s="18"/>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
       <c r="H10" s="38" t="s">
         <v>79</v>
       </c>
       <c r="I10" s="37">
         <v>626.20000000000005</v>
       </c>
       <c r="J10" s="38">
         <v>632.4</v>
       </c>
       <c r="K10" s="37">
         <v>642.20000000000005</v>
       </c>
       <c r="L10" s="37">
         <v>650.4</v>
       </c>
       <c r="M10" s="37">
         <v>655.9</v>
       </c>
       <c r="N10" s="37">
         <v>656</v>
       </c>
       <c r="O10" s="37">
-        <v>653.70000000000005</v>
-[...5 lines deleted...]
-      <c r="T10" s="37"/>
+        <v>652.9</v>
+      </c>
+      <c r="P10" s="37">
+        <v>649.5</v>
+      </c>
+      <c r="Q10" s="37">
+        <v>646.5</v>
+      </c>
+      <c r="R10" s="37">
+        <v>646.4</v>
+      </c>
+      <c r="S10" s="37">
+        <v>644.1</v>
+      </c>
+      <c r="T10" s="37">
+        <v>643.79999999999995</v>
+      </c>
       <c r="U10" s="43"/>
     </row>
     <row r="11" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="19"/>
       <c r="B11" s="19"/>
       <c r="C11" s="19"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="43"/>
     </row>
     <row r="12" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="19" t="s">
         <v>37</v>
       </c>
       <c r="H12" s="38" t="s">
         <v>80</v>
       </c>
       <c r="I12" s="38">
         <v>94.3</v>
       </c>
       <c r="J12" s="38">
         <v>96.2</v>
       </c>
       <c r="K12" s="38">
         <v>97.4</v>
       </c>
       <c r="L12" s="38">
         <v>98.3</v>
       </c>
       <c r="M12" s="38">
         <v>98.8</v>
       </c>
       <c r="N12" s="38">
         <v>99.5</v>
       </c>
       <c r="O12" s="38">
-        <v>100.2</v>
-[...5 lines deleted...]
-      <c r="T12" s="38"/>
+        <v>100.3</v>
+      </c>
+      <c r="P12" s="38">
+        <v>98.8</v>
+      </c>
+      <c r="Q12" s="38">
+        <v>98.4</v>
+      </c>
+      <c r="R12" s="38">
+        <v>98.2</v>
+      </c>
+      <c r="S12" s="38">
+        <v>97.7</v>
+      </c>
+      <c r="T12" s="38">
+        <v>97.7</v>
+      </c>
       <c r="U12" s="43"/>
     </row>
     <row r="13" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="19"/>
       <c r="B13" s="19"/>
       <c r="C13" s="19"/>
       <c r="H13" s="13"/>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="13"/>
       <c r="L13" s="13"/>
       <c r="M13" s="13"/>
       <c r="N13" s="13"/>
       <c r="O13" s="13"/>
       <c r="P13" s="13"/>
       <c r="Q13" s="13"/>
       <c r="R13" s="13"/>
       <c r="S13" s="13"/>
       <c r="T13" s="13"/>
       <c r="U13" s="43"/>
     </row>
     <row r="14" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C14" s="19" t="s">
         <v>70</v>
       </c>
       <c r="H14" s="38">
         <v>0.2</v>
       </c>
       <c r="I14" s="38">
         <v>0.2</v>
       </c>
       <c r="J14" s="38">
         <v>0.2</v>
       </c>
       <c r="K14" s="38">
         <v>0.2</v>
       </c>
       <c r="L14" s="38">
         <v>0.2</v>
       </c>
       <c r="M14" s="38">
         <v>0.2</v>
       </c>
       <c r="N14" s="38">
         <v>0.2</v>
       </c>
       <c r="O14" s="38">
         <v>0.2</v>
       </c>
-      <c r="P14" s="38"/>
-[...3 lines deleted...]
-      <c r="T14" s="38"/>
+      <c r="P14" s="38">
+        <v>0.2</v>
+      </c>
+      <c r="Q14" s="38">
+        <v>0.2</v>
+      </c>
+      <c r="R14" s="38">
+        <v>0.2</v>
+      </c>
+      <c r="S14" s="38">
+        <v>0.2</v>
+      </c>
+      <c r="T14" s="38">
+        <v>0.2</v>
+      </c>
       <c r="U14" s="43"/>
     </row>
     <row r="15" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="19"/>
       <c r="B15" s="19"/>
       <c r="C15" s="19"/>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="13"/>
       <c r="Q15" s="13"/>
       <c r="R15" s="13"/>
       <c r="S15" s="13"/>
       <c r="T15" s="13"/>
       <c r="U15" s="43"/>
     </row>
     <row r="16" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C16" s="19" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="38" t="s">
         <v>81</v>
       </c>
       <c r="I16" s="38">
         <v>30.9</v>
       </c>
       <c r="J16" s="38">
         <v>32.5</v>
       </c>
       <c r="K16" s="38">
         <v>34.1</v>
       </c>
       <c r="L16" s="38">
         <v>34.9</v>
       </c>
       <c r="M16" s="38">
         <v>34.9</v>
       </c>
       <c r="N16" s="38">
         <v>35.700000000000003</v>
       </c>
       <c r="O16" s="38">
-        <v>36.200000000000003</v>
-[...5 lines deleted...]
-      <c r="T16" s="38"/>
+        <v>36.299999999999997</v>
+      </c>
+      <c r="P16" s="38">
+        <v>35.200000000000003</v>
+      </c>
+      <c r="Q16" s="38">
+        <v>34.6</v>
+      </c>
+      <c r="R16" s="38">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="S16" s="38">
+        <v>33.9</v>
+      </c>
+      <c r="T16" s="38">
+        <v>34.1</v>
+      </c>
       <c r="U16" s="43"/>
     </row>
     <row r="17" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A17" s="19"/>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
       <c r="E17" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I17" s="13">
         <v>21.6</v>
       </c>
       <c r="J17" s="13">
         <v>22.9</v>
       </c>
       <c r="K17" s="13">
         <v>24.1</v>
       </c>
       <c r="L17" s="13">
         <v>24.6</v>
       </c>
       <c r="M17" s="13">
         <v>24.5</v>
       </c>
       <c r="N17" s="13">
         <v>25</v>
       </c>
       <c r="O17" s="13">
         <v>25.8</v>
       </c>
-      <c r="P17" s="13"/>
-[...3 lines deleted...]
-      <c r="T17" s="13"/>
+      <c r="P17" s="13">
+        <v>25</v>
+      </c>
+      <c r="Q17" s="13">
+        <v>24.6</v>
+      </c>
+      <c r="R17" s="13">
+        <v>24.8</v>
+      </c>
+      <c r="S17" s="47">
+        <v>24.3</v>
+      </c>
+      <c r="T17" s="13">
+        <v>24.1</v>
+      </c>
       <c r="U17" s="43"/>
     </row>
     <row r="18" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="19"/>
       <c r="B18" s="19"/>
       <c r="C18" s="19"/>
       <c r="H18" s="13"/>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="13"/>
       <c r="L18" s="13"/>
       <c r="M18" s="13"/>
       <c r="N18" s="13"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18" s="13"/>
       <c r="S18" s="13"/>
       <c r="T18" s="13"/>
       <c r="U18" s="43"/>
     </row>
     <row r="19" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C19" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="38" t="s">
         <v>83</v>
       </c>
       <c r="I19" s="38">
         <v>63.2</v>
       </c>
       <c r="J19" s="38">
         <v>63.5</v>
       </c>
       <c r="K19" s="38">
         <v>63.1</v>
       </c>
       <c r="L19" s="38">
         <v>63.2</v>
       </c>
       <c r="M19" s="38">
         <v>63.7</v>
       </c>
       <c r="N19" s="38">
         <v>63.6</v>
       </c>
       <c r="O19" s="38">
         <v>63.8</v>
       </c>
-      <c r="P19" s="38"/>
-[...3 lines deleted...]
-      <c r="T19" s="38"/>
+      <c r="P19" s="38">
+        <v>63.4</v>
+      </c>
+      <c r="Q19" s="38">
+        <v>63.6</v>
+      </c>
+      <c r="R19" s="38">
+        <v>63.3</v>
+      </c>
+      <c r="S19" s="38">
+        <v>63.6</v>
+      </c>
+      <c r="T19" s="38">
+        <v>63.4</v>
+      </c>
       <c r="U19" s="43"/>
     </row>
     <row r="20" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="19"/>
       <c r="B20" s="19"/>
       <c r="C20" s="19"/>
       <c r="D20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="13" t="s">
         <v>84</v>
       </c>
       <c r="I20" s="13">
         <v>39.9</v>
       </c>
       <c r="J20" s="13">
         <v>40</v>
       </c>
       <c r="K20" s="13">
         <v>40.1</v>
       </c>
       <c r="L20" s="13">
         <v>40.1</v>
       </c>
       <c r="M20" s="13">
         <v>40.6</v>
       </c>
       <c r="N20" s="13">
         <v>40.6</v>
       </c>
       <c r="O20" s="13">
         <v>40.799999999999997</v>
       </c>
-      <c r="P20" s="13"/>
-[...3 lines deleted...]
-      <c r="T20" s="13"/>
+      <c r="P20" s="13">
+        <v>40.5</v>
+      </c>
+      <c r="Q20" s="13">
+        <v>40.6</v>
+      </c>
+      <c r="R20" s="13">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="S20" s="13">
+        <v>40.9</v>
+      </c>
+      <c r="T20" s="13">
+        <v>40.4</v>
+      </c>
       <c r="U20" s="43"/>
     </row>
     <row r="21" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="19"/>
       <c r="B21" s="19"/>
       <c r="C21" s="19"/>
       <c r="E21" s="6" t="s">
         <v>38</v>
       </c>
       <c r="H21" s="13" t="s">
         <v>85</v>
       </c>
       <c r="I21" s="13">
         <v>6.9</v>
       </c>
       <c r="J21" s="13">
         <v>6.9</v>
       </c>
       <c r="K21" s="13">
         <v>6.9</v>
       </c>
       <c r="L21" s="13">
         <v>6.9</v>
       </c>
       <c r="M21" s="13">
         <v>7</v>
       </c>
       <c r="N21" s="13">
         <v>7</v>
       </c>
       <c r="O21" s="13">
         <v>7</v>
       </c>
-      <c r="P21" s="13"/>
-[...3 lines deleted...]
-      <c r="T21" s="13"/>
+      <c r="P21" s="13">
+        <v>7</v>
+      </c>
+      <c r="Q21" s="13">
+        <v>7</v>
+      </c>
+      <c r="R21" s="13">
+        <v>7</v>
+      </c>
+      <c r="S21" s="13">
+        <v>7</v>
+      </c>
+      <c r="T21" s="13">
+        <v>7</v>
+      </c>
       <c r="U21" s="43"/>
     </row>
     <row r="22" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="19"/>
       <c r="B22" s="19"/>
       <c r="C22" s="19"/>
       <c r="E22" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H22" s="13" t="s">
         <v>86</v>
       </c>
       <c r="I22" s="13">
         <v>8.6999999999999993</v>
       </c>
       <c r="J22" s="13">
         <v>8.6999999999999993</v>
       </c>
       <c r="K22" s="13">
         <v>8.6999999999999993</v>
       </c>
       <c r="L22" s="13">
         <v>8.6999999999999993</v>
       </c>
       <c r="M22" s="13">
         <v>8.8000000000000007</v>
       </c>
       <c r="N22" s="13">
         <v>8.6999999999999993</v>
       </c>
       <c r="O22" s="13">
         <v>8.8000000000000007</v>
       </c>
-      <c r="P22" s="13"/>
-[...3 lines deleted...]
-      <c r="T22" s="13"/>
+      <c r="P22" s="13">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="Q22" s="13">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="R22" s="13">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="S22" s="13">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="T22" s="13">
+        <v>8.6999999999999993</v>
+      </c>
       <c r="U22" s="43"/>
     </row>
     <row r="23" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="19"/>
       <c r="B23" s="19"/>
       <c r="C23" s="19"/>
       <c r="F23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H23" s="13" t="s">
         <v>87</v>
       </c>
       <c r="I23" s="13">
         <v>2.8</v>
       </c>
       <c r="J23" s="13">
         <v>2.8</v>
       </c>
       <c r="K23" s="13">
         <v>2.8</v>
       </c>
       <c r="L23" s="13">
         <v>2.8</v>
       </c>
       <c r="M23" s="13">
         <v>2.8</v>
       </c>
       <c r="N23" s="13">
         <v>2.7</v>
       </c>
       <c r="O23" s="13">
         <v>2.7</v>
       </c>
-      <c r="P23" s="13"/>
-[...3 lines deleted...]
-      <c r="T23" s="13"/>
+      <c r="P23" s="13">
+        <v>2.7</v>
+      </c>
+      <c r="Q23" s="13">
+        <v>2.7</v>
+      </c>
+      <c r="R23" s="13">
+        <v>2.7</v>
+      </c>
+      <c r="S23" s="13">
+        <v>2.7</v>
+      </c>
+      <c r="T23" s="13">
+        <v>2.8</v>
+      </c>
       <c r="U23" s="43"/>
     </row>
     <row r="24" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A24" s="19"/>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
       <c r="D24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H24" s="13">
         <v>23</v>
       </c>
       <c r="I24" s="13">
         <v>23.3</v>
       </c>
       <c r="J24" s="13">
         <v>23.5</v>
       </c>
       <c r="K24" s="13">
         <v>23</v>
       </c>
       <c r="L24" s="13">
         <v>23.1</v>
       </c>
       <c r="M24" s="13">
         <v>23.1</v>
       </c>
       <c r="N24" s="13">
         <v>23</v>
       </c>
       <c r="O24" s="13">
         <v>23</v>
       </c>
-      <c r="P24" s="13"/>
-[...3 lines deleted...]
-      <c r="T24" s="13"/>
+      <c r="P24" s="13">
+        <v>22.9</v>
+      </c>
+      <c r="Q24" s="13">
+        <v>23</v>
+      </c>
+      <c r="R24" s="13">
+        <v>22.6</v>
+      </c>
+      <c r="S24" s="13">
+        <v>22.7</v>
+      </c>
+      <c r="T24" s="13">
+        <v>23</v>
+      </c>
       <c r="U24" s="43"/>
     </row>
     <row r="25" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="19"/>
       <c r="B25" s="19"/>
       <c r="C25" s="19"/>
       <c r="H25" s="13"/>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="13"/>
       <c r="L25" s="13"/>
       <c r="M25" s="13"/>
       <c r="N25" s="13"/>
       <c r="O25" s="13"/>
       <c r="P25" s="13"/>
       <c r="Q25" s="13"/>
       <c r="R25" s="13"/>
       <c r="S25" s="13"/>
       <c r="T25" s="13"/>
       <c r="U25" s="43"/>
     </row>
     <row r="26" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>39</v>
       </c>
       <c r="H26" s="38" t="s">
         <v>88</v>
       </c>
       <c r="I26" s="38">
         <v>628.9</v>
       </c>
       <c r="J26" s="38">
         <v>633.5</v>
       </c>
       <c r="K26" s="38">
         <v>641.29999999999995</v>
       </c>
       <c r="L26" s="38">
         <v>647.29999999999995</v>
       </c>
       <c r="M26" s="38">
         <v>651.1</v>
       </c>
       <c r="N26" s="38">
         <v>646.9</v>
       </c>
       <c r="O26" s="38">
-        <v>644.79999999999995</v>
-[...5 lines deleted...]
-      <c r="T26" s="38"/>
+        <v>643.9</v>
+      </c>
+      <c r="P26" s="38">
+        <v>647.70000000000005</v>
+      </c>
+      <c r="Q26" s="38">
+        <v>644.6</v>
+      </c>
+      <c r="R26" s="38">
+        <v>645.6</v>
+      </c>
+      <c r="S26" s="38">
+        <v>644.4</v>
+      </c>
+      <c r="T26" s="38">
+        <v>641.70000000000005</v>
+      </c>
       <c r="U26" s="43"/>
     </row>
     <row r="27" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="19"/>
       <c r="B27" s="19"/>
       <c r="C27" s="19"/>
       <c r="H27" s="13"/>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="13"/>
       <c r="L27" s="13"/>
       <c r="M27" s="13"/>
       <c r="N27" s="13"/>
       <c r="O27" s="13"/>
       <c r="P27" s="13"/>
       <c r="Q27" s="13"/>
       <c r="R27" s="13"/>
       <c r="S27" s="13"/>
       <c r="T27" s="13"/>
       <c r="U27" s="43"/>
     </row>
     <row r="28" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C28" s="19" t="s">
         <v>40</v>
       </c>
       <c r="H28" s="38" t="s">
         <v>89</v>
       </c>
       <c r="I28" s="38">
         <v>131.9</v>
       </c>
       <c r="J28" s="38">
         <v>131.19999999999999</v>
       </c>
       <c r="K28" s="38">
         <v>131.6</v>
       </c>
       <c r="L28" s="38">
         <v>131.6</v>
       </c>
       <c r="M28" s="38">
         <v>132.9</v>
       </c>
       <c r="N28" s="38">
         <v>131.80000000000001</v>
       </c>
       <c r="O28" s="38">
+        <v>131.4</v>
+      </c>
+      <c r="P28" s="38">
+        <v>131.1</v>
+      </c>
+      <c r="Q28" s="38">
+        <v>131.1</v>
+      </c>
+      <c r="R28" s="38">
+        <v>132.80000000000001</v>
+      </c>
+      <c r="S28" s="38">
+        <v>133.9</v>
+      </c>
+      <c r="T28" s="38">
         <v>132</v>
       </c>
-      <c r="P28" s="38"/>
-[...3 lines deleted...]
-      <c r="T28" s="38"/>
       <c r="U28" s="43"/>
     </row>
     <row r="29" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="19"/>
       <c r="B29" s="19"/>
       <c r="C29" s="19"/>
       <c r="D29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H29" s="13" t="s">
         <v>90</v>
       </c>
       <c r="I29" s="13">
         <v>28.2</v>
       </c>
       <c r="J29" s="13">
         <v>28.1</v>
       </c>
       <c r="K29" s="13">
         <v>28.3</v>
       </c>
       <c r="L29" s="13">
         <v>28.3</v>
       </c>
       <c r="M29" s="13">
         <v>28.2</v>
       </c>
       <c r="N29" s="13">
         <v>28.4</v>
       </c>
       <c r="O29" s="13">
         <v>27.5</v>
       </c>
-      <c r="P29" s="13"/>
-[...3 lines deleted...]
-      <c r="T29" s="13"/>
+      <c r="P29" s="13">
+        <v>27.5</v>
+      </c>
+      <c r="Q29" s="13">
+        <v>27.5</v>
+      </c>
+      <c r="R29" s="13">
+        <v>27.7</v>
+      </c>
+      <c r="S29" s="13">
+        <v>28.1</v>
+      </c>
+      <c r="T29" s="13">
+        <v>28</v>
+      </c>
       <c r="U29" s="43"/>
     </row>
     <row r="30" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="19"/>
       <c r="B30" s="19"/>
       <c r="C30" s="19"/>
       <c r="D30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H30" s="13">
         <v>79</v>
       </c>
       <c r="I30" s="13">
         <v>77.8</v>
       </c>
       <c r="J30" s="13">
         <v>77.599999999999994</v>
       </c>
       <c r="K30" s="13">
         <v>77.8</v>
       </c>
       <c r="L30" s="13">
         <v>78.099999999999994</v>
       </c>
       <c r="M30" s="13">
         <v>78.900000000000006</v>
       </c>
       <c r="N30" s="13">
         <v>78.3</v>
       </c>
       <c r="O30" s="13">
         <v>78.599999999999994</v>
       </c>
-      <c r="P30" s="13"/>
-[...3 lines deleted...]
-      <c r="T30" s="13"/>
+      <c r="P30" s="13">
+        <v>77.7</v>
+      </c>
+      <c r="Q30" s="13">
+        <v>78.099999999999994</v>
+      </c>
+      <c r="R30" s="13">
+        <v>79.400000000000006</v>
+      </c>
+      <c r="S30" s="13">
+        <v>80.2</v>
+      </c>
+      <c r="T30" s="13">
+        <v>78.5</v>
+      </c>
       <c r="U30" s="43"/>
     </row>
     <row r="31" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="19"/>
       <c r="B31" s="19"/>
       <c r="C31" s="19"/>
       <c r="E31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H31" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I31" s="13">
         <v>7.2</v>
       </c>
       <c r="J31" s="13">
         <v>7.1</v>
       </c>
       <c r="K31" s="13">
         <v>7.1</v>
       </c>
       <c r="L31" s="13">
         <v>7.1</v>
       </c>
       <c r="M31" s="13">
         <v>7.1</v>
       </c>
       <c r="N31" s="13">
         <v>7</v>
       </c>
       <c r="O31" s="13">
         <v>7.1</v>
       </c>
-      <c r="P31" s="13"/>
-[...3 lines deleted...]
-      <c r="T31" s="13"/>
+      <c r="P31" s="13">
+        <v>7.1</v>
+      </c>
+      <c r="Q31" s="13">
+        <v>7.3</v>
+      </c>
+      <c r="R31" s="13">
+        <v>7.7</v>
+      </c>
+      <c r="S31" s="13">
+        <v>8</v>
+      </c>
+      <c r="T31" s="13">
+        <v>7.3</v>
+      </c>
       <c r="U31" s="43"/>
     </row>
     <row r="32" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A32" s="19"/>
       <c r="B32" s="19"/>
       <c r="C32" s="19"/>
       <c r="E32" s="6" t="s">
         <v>41</v>
       </c>
       <c r="H32" s="13" t="s">
         <v>92</v>
       </c>
       <c r="I32" s="13">
         <v>6.2</v>
       </c>
       <c r="J32" s="13">
         <v>6.2</v>
       </c>
       <c r="K32" s="13">
         <v>6.1</v>
       </c>
       <c r="L32" s="13">
         <v>6.1</v>
       </c>
       <c r="M32" s="13">
         <v>6.2</v>
       </c>
       <c r="N32" s="13">
         <v>6.1</v>
       </c>
       <c r="O32" s="13">
         <v>6.1</v>
       </c>
-      <c r="P32" s="13"/>
-[...3 lines deleted...]
-      <c r="T32" s="13"/>
+      <c r="P32" s="13">
+        <v>6.2</v>
+      </c>
+      <c r="Q32" s="13">
+        <v>6.1</v>
+      </c>
+      <c r="R32" s="13">
+        <v>6.1</v>
+      </c>
+      <c r="S32" s="13">
+        <v>6.1</v>
+      </c>
+      <c r="T32" s="13">
+        <v>6.2</v>
+      </c>
       <c r="U32" s="43"/>
     </row>
     <row r="33" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="19"/>
       <c r="B33" s="19"/>
       <c r="C33" s="19"/>
       <c r="D33" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H33" s="13" t="s">
         <v>93</v>
       </c>
       <c r="I33" s="13">
         <v>25.9</v>
       </c>
       <c r="J33" s="13">
         <v>25.5</v>
       </c>
       <c r="K33" s="13">
         <v>25.5</v>
       </c>
       <c r="L33" s="13">
         <v>25.2</v>
       </c>
       <c r="M33" s="13">
         <v>25.8</v>
       </c>
       <c r="N33" s="13">
         <v>25.1</v>
       </c>
       <c r="O33" s="13">
+        <v>25.3</v>
+      </c>
+      <c r="P33" s="13">
         <v>25.9</v>
       </c>
-      <c r="P33" s="13"/>
-[...3 lines deleted...]
-      <c r="T33" s="13"/>
+      <c r="Q33" s="13">
+        <v>25.5</v>
+      </c>
+      <c r="R33" s="13">
+        <v>25.7</v>
+      </c>
+      <c r="S33" s="13">
+        <v>25.6</v>
+      </c>
+      <c r="T33" s="13">
+        <v>25.6</v>
+      </c>
       <c r="U33" s="43"/>
     </row>
     <row r="34" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="19"/>
       <c r="B34" s="19"/>
       <c r="C34" s="19"/>
       <c r="E34" s="6" t="s">
         <v>43</v>
       </c>
       <c r="H34" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I34" s="13">
         <v>23.3</v>
       </c>
       <c r="J34" s="13">
         <v>22.9</v>
       </c>
       <c r="K34" s="13">
         <v>22.9</v>
       </c>
       <c r="L34" s="13">
         <v>22.7</v>
       </c>
       <c r="M34" s="13">
         <v>23.2</v>
       </c>
       <c r="N34" s="13">
         <v>22.5</v>
       </c>
       <c r="O34" s="13">
+        <v>22.7</v>
+      </c>
+      <c r="P34" s="13">
+        <v>23.3</v>
+      </c>
+      <c r="Q34" s="13">
+        <v>23</v>
+      </c>
+      <c r="R34" s="13">
         <v>23.2</v>
       </c>
-      <c r="P34" s="13"/>
-[...3 lines deleted...]
-      <c r="T34" s="13"/>
+      <c r="S34" s="13">
+        <v>23.1</v>
+      </c>
+      <c r="T34" s="13">
+        <v>23</v>
+      </c>
       <c r="U34" s="43"/>
     </row>
     <row r="35" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A35" s="19"/>
       <c r="B35" s="19"/>
       <c r="C35" s="19"/>
       <c r="H35" s="13"/>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="13"/>
       <c r="L35" s="13"/>
       <c r="M35" s="13"/>
       <c r="N35" s="13"/>
       <c r="O35" s="13"/>
       <c r="P35" s="13"/>
       <c r="Q35" s="13"/>
       <c r="R35" s="13"/>
       <c r="S35" s="13"/>
       <c r="T35" s="13"/>
       <c r="U35" s="43"/>
     </row>
     <row r="36" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C36" s="19" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="38" t="s">
         <v>95</v>
       </c>
       <c r="I36" s="38">
         <v>7.3</v>
       </c>
       <c r="J36" s="38">
         <v>7.2</v>
       </c>
       <c r="K36" s="38">
         <v>7.2</v>
       </c>
       <c r="L36" s="38">
         <v>7.2</v>
       </c>
       <c r="M36" s="38">
         <v>7.3</v>
       </c>
       <c r="N36" s="38">
         <v>7.5</v>
       </c>
       <c r="O36" s="38">
+        <v>7.7</v>
+      </c>
+      <c r="P36" s="38">
         <v>7.3</v>
       </c>
-      <c r="P36" s="38"/>
-[...3 lines deleted...]
-      <c r="T36" s="38"/>
+      <c r="Q36" s="38">
+        <v>7.6</v>
+      </c>
+      <c r="R36" s="38">
+        <v>7.5</v>
+      </c>
+      <c r="S36" s="38">
+        <v>7.4</v>
+      </c>
+      <c r="T36" s="38">
+        <v>7.4</v>
+      </c>
       <c r="U36" s="43"/>
     </row>
     <row r="37" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A37" s="19"/>
       <c r="B37" s="19"/>
       <c r="C37" s="19"/>
       <c r="H37" s="13"/>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="13"/>
       <c r="L37" s="13"/>
       <c r="M37" s="13"/>
       <c r="N37" s="13"/>
       <c r="O37" s="13"/>
       <c r="P37" s="13"/>
       <c r="Q37" s="13"/>
       <c r="R37" s="13"/>
       <c r="S37" s="13"/>
       <c r="T37" s="13"/>
       <c r="U37" s="43"/>
     </row>
     <row r="38" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C38" s="19" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="38" t="s">
         <v>96</v>
       </c>
       <c r="I38" s="38">
         <v>40.299999999999997</v>
       </c>
       <c r="J38" s="38">
         <v>40.200000000000003</v>
       </c>
       <c r="K38" s="38">
         <v>40.200000000000003</v>
       </c>
       <c r="L38" s="38">
         <v>40.299999999999997</v>
       </c>
       <c r="M38" s="38">
         <v>40.299999999999997</v>
       </c>
       <c r="N38" s="38">
         <v>39.9</v>
       </c>
       <c r="O38" s="38">
+        <v>39.799999999999997</v>
+      </c>
+      <c r="P38" s="38">
+        <v>39.6</v>
+      </c>
+      <c r="Q38" s="38">
         <v>39.700000000000003</v>
       </c>
-      <c r="P38" s="38"/>
-[...3 lines deleted...]
-      <c r="T38" s="38"/>
+      <c r="R38" s="38">
+        <v>39.799999999999997</v>
+      </c>
+      <c r="S38" s="38">
+        <v>40</v>
+      </c>
+      <c r="T38" s="38">
+        <v>40</v>
+      </c>
       <c r="U38" s="43"/>
     </row>
     <row r="39" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A39" s="19"/>
       <c r="B39" s="19"/>
       <c r="C39" s="19"/>
       <c r="D39" s="6" t="s">
         <v>44</v>
       </c>
       <c r="H39" s="13" t="s">
         <v>97</v>
       </c>
       <c r="I39" s="13">
         <v>32</v>
       </c>
       <c r="J39" s="13">
         <v>31.9</v>
       </c>
       <c r="K39" s="13">
         <v>31.9</v>
       </c>
       <c r="L39" s="13">
         <v>31.8</v>
       </c>
       <c r="M39" s="13">
         <v>32</v>
       </c>
       <c r="N39" s="13">
         <v>31.7</v>
       </c>
       <c r="O39" s="13">
-        <v>31.4</v>
-[...5 lines deleted...]
-      <c r="T39" s="13"/>
+        <v>31.5</v>
+      </c>
+      <c r="P39" s="13">
+        <v>31.5</v>
+      </c>
+      <c r="Q39" s="13">
+        <v>31.6</v>
+      </c>
+      <c r="R39" s="13">
+        <v>31.7</v>
+      </c>
+      <c r="S39" s="13">
+        <v>31.8</v>
+      </c>
+      <c r="T39" s="13">
+        <v>31.8</v>
+      </c>
       <c r="U39" s="43"/>
     </row>
     <row r="40" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A40" s="19"/>
       <c r="B40" s="19"/>
       <c r="C40" s="19"/>
       <c r="E40" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H40" s="13" t="s">
         <v>98</v>
       </c>
       <c r="I40" s="13">
         <v>12.6</v>
       </c>
       <c r="J40" s="13">
         <v>12.6</v>
       </c>
       <c r="K40" s="13">
         <v>12.6</v>
       </c>
       <c r="L40" s="13">
         <v>12.5</v>
       </c>
       <c r="M40" s="13">
         <v>12.6</v>
       </c>
       <c r="N40" s="13">
         <v>12.5</v>
       </c>
       <c r="O40" s="13">
+        <v>12.5</v>
+      </c>
+      <c r="P40" s="13">
         <v>12.4</v>
       </c>
-      <c r="P40" s="13"/>
-[...3 lines deleted...]
-      <c r="T40" s="13"/>
+      <c r="Q40" s="13">
+        <v>12.5</v>
+      </c>
+      <c r="R40" s="13">
+        <v>12.5</v>
+      </c>
+      <c r="S40" s="13">
+        <v>12.6</v>
+      </c>
+      <c r="T40" s="13">
+        <v>12.5</v>
+      </c>
       <c r="U40" s="43"/>
     </row>
     <row r="41" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A41" s="19"/>
       <c r="B41" s="19"/>
       <c r="C41" s="19"/>
       <c r="H41" s="13"/>
       <c r="I41" s="13"/>
       <c r="J41" s="13"/>
       <c r="K41" s="13"/>
       <c r="L41" s="13"/>
       <c r="M41" s="13"/>
       <c r="N41" s="13"/>
       <c r="O41" s="13"/>
       <c r="P41" s="13"/>
       <c r="Q41" s="13"/>
       <c r="R41" s="13"/>
       <c r="S41" s="13"/>
       <c r="T41" s="13"/>
       <c r="U41" s="43"/>
     </row>
     <row r="42" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C42" s="19" t="s">
         <v>46</v>
       </c>
       <c r="H42" s="38" t="s">
         <v>99</v>
       </c>
       <c r="I42" s="38">
         <v>86.4</v>
       </c>
       <c r="J42" s="38">
         <v>87.8</v>
       </c>
       <c r="K42" s="38">
         <v>92</v>
       </c>
       <c r="L42" s="38">
         <v>92.3</v>
       </c>
       <c r="M42" s="38">
         <v>93.1</v>
       </c>
       <c r="N42" s="38">
         <v>92.4</v>
       </c>
       <c r="O42" s="38">
-        <v>92.1</v>
-[...5 lines deleted...]
-      <c r="T42" s="38"/>
+        <v>91.9</v>
+      </c>
+      <c r="P42" s="38">
+        <v>92.8</v>
+      </c>
+      <c r="Q42" s="38">
+        <v>91.6</v>
+      </c>
+      <c r="R42" s="38">
+        <v>91.4</v>
+      </c>
+      <c r="S42" s="38">
+        <v>89.3</v>
+      </c>
+      <c r="T42" s="38">
+        <v>90.6</v>
+      </c>
       <c r="U42" s="43"/>
     </row>
     <row r="43" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A43" s="19"/>
       <c r="B43" s="19"/>
       <c r="C43" s="19"/>
       <c r="D43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H43" s="13">
         <v>38</v>
       </c>
       <c r="I43" s="13">
         <v>38.1</v>
       </c>
       <c r="J43" s="13">
         <v>38.200000000000003</v>
       </c>
       <c r="K43" s="13">
         <v>39.200000000000003</v>
       </c>
       <c r="L43" s="13">
         <v>39.1</v>
       </c>
       <c r="M43" s="13">
         <v>38.9</v>
       </c>
       <c r="N43" s="13">
         <v>39</v>
       </c>
       <c r="O43" s="13">
-        <v>39.5</v>
-[...5 lines deleted...]
-      <c r="T43" s="13"/>
+        <v>39.1</v>
+      </c>
+      <c r="P43" s="13">
+        <v>38.700000000000003</v>
+      </c>
+      <c r="Q43" s="13">
+        <v>38.799999999999997</v>
+      </c>
+      <c r="R43" s="13">
+        <v>38.9</v>
+      </c>
+      <c r="S43" s="13">
+        <v>39</v>
+      </c>
+      <c r="T43" s="13">
+        <v>38.799999999999997</v>
+      </c>
       <c r="U43" s="43"/>
     </row>
     <row r="44" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A44" s="19"/>
       <c r="B44" s="19"/>
       <c r="C44" s="19"/>
       <c r="D44" s="6" t="s">
         <v>48</v>
       </c>
       <c r="H44" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I44" s="13">
         <v>12.4</v>
       </c>
       <c r="J44" s="13">
         <v>12.4</v>
       </c>
       <c r="K44" s="13">
         <v>12.4</v>
       </c>
       <c r="L44" s="13">
         <v>12.4</v>
       </c>
       <c r="M44" s="13">
         <v>12.5</v>
       </c>
       <c r="N44" s="13">
         <v>12.4</v>
       </c>
       <c r="O44" s="13">
         <v>12.3</v>
       </c>
-      <c r="P44" s="13"/>
-[...3 lines deleted...]
-      <c r="T44" s="13"/>
+      <c r="P44" s="13">
+        <v>12.3</v>
+      </c>
+      <c r="Q44" s="13">
+        <v>12.2</v>
+      </c>
+      <c r="R44" s="13">
+        <v>12.3</v>
+      </c>
+      <c r="S44" s="13">
+        <v>12.3</v>
+      </c>
+      <c r="T44" s="13">
+        <v>12.4</v>
+      </c>
       <c r="U44" s="43"/>
     </row>
     <row r="45" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A45" s="19"/>
       <c r="B45" s="19"/>
       <c r="C45" s="19"/>
       <c r="D45" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H45" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I45" s="13">
         <v>35.9</v>
       </c>
       <c r="J45" s="13">
         <v>37.200000000000003</v>
       </c>
       <c r="K45" s="13">
         <v>40.4</v>
       </c>
       <c r="L45" s="13">
         <v>40.799999999999997</v>
       </c>
       <c r="M45" s="13">
         <v>41.7</v>
       </c>
       <c r="N45" s="13">
         <v>41</v>
       </c>
       <c r="O45" s="13">
-        <v>40.299999999999997</v>
-[...5 lines deleted...]
-      <c r="T45" s="13"/>
+        <v>40.5</v>
+      </c>
+      <c r="P45" s="13">
+        <v>41.8</v>
+      </c>
+      <c r="Q45" s="13">
+        <v>40.6</v>
+      </c>
+      <c r="R45" s="13">
+        <v>40.200000000000003</v>
+      </c>
+      <c r="S45" s="13">
+        <v>38</v>
+      </c>
+      <c r="T45" s="13">
+        <v>39.5</v>
+      </c>
       <c r="U45" s="43"/>
     </row>
     <row r="46" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A46" s="19"/>
       <c r="B46" s="19"/>
       <c r="C46" s="19"/>
       <c r="E46" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I46" s="13">
         <v>12.4</v>
       </c>
       <c r="J46" s="13">
         <v>12.8</v>
       </c>
       <c r="K46" s="13">
         <v>13.6</v>
       </c>
       <c r="L46" s="13">
         <v>13.8</v>
       </c>
       <c r="M46" s="13">
         <v>14</v>
       </c>
       <c r="N46" s="13">
         <v>13.8</v>
       </c>
       <c r="O46" s="13">
-        <v>13.6</v>
-[...5 lines deleted...]
-      <c r="T46" s="13"/>
+        <v>13.7</v>
+      </c>
+      <c r="P46" s="13">
+        <v>14.2</v>
+      </c>
+      <c r="Q46" s="13">
+        <v>13.8</v>
+      </c>
+      <c r="R46" s="13">
+        <v>13.7</v>
+      </c>
+      <c r="S46" s="13">
+        <v>13.1</v>
+      </c>
+      <c r="T46" s="13">
+        <v>13.4</v>
+      </c>
       <c r="U46" s="43"/>
     </row>
     <row r="47" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A47" s="19"/>
       <c r="B47" s="19"/>
       <c r="C47" s="19"/>
       <c r="H47" s="13"/>
       <c r="I47" s="13"/>
       <c r="J47" s="13"/>
       <c r="K47" s="13"/>
       <c r="L47" s="13"/>
       <c r="M47" s="13"/>
       <c r="N47" s="13"/>
       <c r="O47" s="13"/>
       <c r="P47" s="13"/>
       <c r="Q47" s="13"/>
       <c r="R47" s="13"/>
       <c r="S47" s="13"/>
       <c r="T47" s="13"/>
       <c r="U47" s="43"/>
     </row>
     <row r="48" spans="1:21" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C48" s="19" t="s">
         <v>50</v>
       </c>
       <c r="H48" s="38" t="s">
         <v>102</v>
       </c>
       <c r="I48" s="38">
         <v>160.1</v>
       </c>
       <c r="J48" s="38">
         <v>161.6</v>
       </c>
       <c r="K48" s="38">
         <v>162.4</v>
       </c>
       <c r="L48" s="38">
         <v>162.80000000000001</v>
       </c>
       <c r="M48" s="38">
         <v>158.69999999999999</v>
       </c>
       <c r="N48" s="38">
         <v>159.19999999999999</v>
       </c>
       <c r="O48" s="38">
-        <v>158.19999999999999</v>
-[...5 lines deleted...]
-      <c r="T48" s="38"/>
+        <v>157.4</v>
+      </c>
+      <c r="P48" s="38">
+        <v>162.4</v>
+      </c>
+      <c r="Q48" s="38">
+        <v>164.2</v>
+      </c>
+      <c r="R48" s="38">
+        <v>165.5</v>
+      </c>
+      <c r="S48" s="38">
+        <v>164.8</v>
+      </c>
+      <c r="T48" s="38">
+        <v>161.30000000000001</v>
+      </c>
       <c r="U48" s="43"/>
     </row>
     <row r="49" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A49" s="19"/>
       <c r="B49" s="19"/>
       <c r="C49" s="19"/>
       <c r="D49" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H49" s="13" t="s">
         <v>103</v>
       </c>
       <c r="I49" s="13">
         <v>31.2</v>
       </c>
       <c r="J49" s="13">
         <v>31.8</v>
       </c>
       <c r="K49" s="13">
         <v>32.9</v>
       </c>
       <c r="L49" s="13">
         <v>32</v>
       </c>
       <c r="M49" s="13">
         <v>27.8</v>
       </c>
       <c r="N49" s="13">
         <v>28.1</v>
       </c>
       <c r="O49" s="13">
         <v>27.6</v>
       </c>
-      <c r="P49" s="13"/>
-[...3 lines deleted...]
-      <c r="T49" s="13"/>
+      <c r="P49" s="13">
+        <v>32.5</v>
+      </c>
+      <c r="Q49" s="13">
+        <v>33.6</v>
+      </c>
+      <c r="R49" s="13">
+        <v>33.700000000000003</v>
+      </c>
+      <c r="S49" s="13">
+        <v>31.4</v>
+      </c>
+      <c r="T49" s="13">
+        <v>30.9</v>
+      </c>
       <c r="U49" s="43"/>
     </row>
     <row r="50" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A50" s="19"/>
       <c r="B50" s="19"/>
       <c r="C50" s="19"/>
       <c r="E50" s="6" t="s">
         <v>51</v>
       </c>
       <c r="H50" s="13" t="s">
         <v>104</v>
       </c>
       <c r="I50" s="13">
         <v>18.7</v>
       </c>
       <c r="J50" s="13">
         <v>19.600000000000001</v>
       </c>
       <c r="K50" s="13">
         <v>20.399999999999999</v>
       </c>
       <c r="L50" s="13">
         <v>19.5</v>
       </c>
       <c r="M50" s="13">
         <v>15.8</v>
       </c>
       <c r="N50" s="13">
         <v>16.2</v>
       </c>
       <c r="O50" s="13">
         <v>16</v>
       </c>
-      <c r="P50" s="13"/>
-[...3 lines deleted...]
-      <c r="T50" s="13"/>
+      <c r="P50" s="13">
+        <v>19.8</v>
+      </c>
+      <c r="Q50" s="13">
+        <v>20.9</v>
+      </c>
+      <c r="R50" s="13">
+        <v>21</v>
+      </c>
+      <c r="S50" s="13">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="T50" s="13">
+        <v>18.7</v>
+      </c>
       <c r="U50" s="43"/>
     </row>
     <row r="51" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A51" s="19"/>
       <c r="B51" s="19"/>
       <c r="C51" s="19"/>
       <c r="D51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="G51" s="10"/>
       <c r="H51" s="13" t="s">
         <v>105</v>
       </c>
       <c r="I51" s="13">
         <v>128.9</v>
       </c>
       <c r="J51" s="13">
         <v>129.80000000000001</v>
       </c>
       <c r="K51" s="13">
         <v>129.5</v>
       </c>
       <c r="L51" s="13">
         <v>130.80000000000001</v>
       </c>
       <c r="M51" s="13">
         <v>130.9</v>
       </c>
       <c r="N51" s="13">
         <v>131.1</v>
       </c>
       <c r="O51" s="13">
+        <v>129.80000000000001</v>
+      </c>
+      <c r="P51" s="13">
+        <v>129.9</v>
+      </c>
+      <c r="Q51" s="13">
         <v>130.6</v>
       </c>
-      <c r="P51" s="13"/>
-[...3 lines deleted...]
-      <c r="T51" s="13"/>
+      <c r="R51" s="13">
+        <v>131.80000000000001</v>
+      </c>
+      <c r="S51" s="13">
+        <v>133.4</v>
+      </c>
+      <c r="T51" s="13">
+        <v>130.4</v>
+      </c>
       <c r="U51" s="43"/>
     </row>
     <row r="52" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A52" s="19"/>
       <c r="B52" s="19"/>
       <c r="C52" s="19"/>
       <c r="E52" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H52" s="13" t="s">
         <v>106</v>
       </c>
       <c r="I52" s="13">
         <v>42.7</v>
       </c>
       <c r="J52" s="13">
         <v>43</v>
       </c>
       <c r="K52" s="13">
         <v>42.7</v>
       </c>
       <c r="L52" s="13">
         <v>42.9</v>
       </c>
       <c r="M52" s="13">
         <v>42.7</v>
       </c>
       <c r="N52" s="13">
         <v>42.4</v>
       </c>
       <c r="O52" s="13">
-        <v>42.5</v>
-[...5 lines deleted...]
-      <c r="T52" s="13"/>
+        <v>42.2</v>
+      </c>
+      <c r="P52" s="13">
+        <v>41.9</v>
+      </c>
+      <c r="Q52" s="13">
+        <v>42.2</v>
+      </c>
+      <c r="R52" s="13">
+        <v>42.6</v>
+      </c>
+      <c r="S52" s="13">
+        <v>43.2</v>
+      </c>
+      <c r="T52" s="13">
+        <v>42.6</v>
+      </c>
       <c r="U52" s="43"/>
     </row>
     <row r="53" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A53" s="19"/>
       <c r="B53" s="19"/>
       <c r="C53" s="19"/>
       <c r="E53" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H53" s="13" t="s">
         <v>107</v>
       </c>
       <c r="I53" s="13">
         <v>33.200000000000003</v>
       </c>
       <c r="J53" s="13">
         <v>33.4</v>
       </c>
       <c r="K53" s="13">
         <v>33.299999999999997</v>
       </c>
       <c r="L53" s="13">
         <v>33.5</v>
       </c>
       <c r="M53" s="13">
         <v>33</v>
       </c>
       <c r="N53" s="13">
         <v>33</v>
       </c>
       <c r="O53" s="13">
-        <v>33</v>
-[...5 lines deleted...]
-      <c r="T53" s="13"/>
+        <v>32.700000000000003</v>
+      </c>
+      <c r="P53" s="13">
+        <v>33.1</v>
+      </c>
+      <c r="Q53" s="13">
+        <v>33.1</v>
+      </c>
+      <c r="R53" s="13">
+        <v>33.5</v>
+      </c>
+      <c r="S53" s="13">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="T53" s="13">
+        <v>33.200000000000003</v>
+      </c>
       <c r="U53" s="43"/>
     </row>
     <row r="54" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A54" s="19"/>
       <c r="B54" s="19"/>
       <c r="C54" s="19"/>
       <c r="E54" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H54" s="13" t="s">
         <v>108</v>
       </c>
       <c r="I54" s="13">
         <v>25.7</v>
       </c>
       <c r="J54" s="13">
         <v>26.2</v>
       </c>
       <c r="K54" s="13">
         <v>26.1</v>
       </c>
       <c r="L54" s="13">
         <v>26.4</v>
       </c>
       <c r="M54" s="13">
         <v>26.5</v>
       </c>
       <c r="N54" s="13">
         <v>26.7</v>
       </c>
       <c r="O54" s="13">
+        <v>26.3</v>
+      </c>
+      <c r="P54" s="13">
+        <v>26.2</v>
+      </c>
+      <c r="Q54" s="13">
         <v>26.4</v>
       </c>
-      <c r="P54" s="13"/>
-[...3 lines deleted...]
-      <c r="T54" s="13"/>
+      <c r="R54" s="13">
+        <v>26.5</v>
+      </c>
+      <c r="S54" s="13">
+        <v>26.8</v>
+      </c>
+      <c r="T54" s="13">
+        <v>26.3</v>
+      </c>
       <c r="U54" s="43"/>
     </row>
     <row r="55" spans="1:26" s="14" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A55" s="19"/>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="6"/>
       <c r="E55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G55" s="10"/>
       <c r="H55" s="39" t="s">
         <v>109</v>
       </c>
       <c r="I55" s="13">
         <v>27.3</v>
       </c>
       <c r="J55" s="39">
         <v>27.2</v>
       </c>
       <c r="K55" s="13">
         <v>27.4</v>
       </c>
       <c r="L55" s="13">
         <v>28</v>
       </c>
       <c r="M55" s="13">
         <v>28.7</v>
       </c>
       <c r="N55" s="13">
         <v>29</v>
       </c>
       <c r="O55" s="13">
+        <v>28.6</v>
+      </c>
+      <c r="P55" s="13">
         <v>28.7</v>
       </c>
-      <c r="P55" s="13"/>
-[...3 lines deleted...]
-      <c r="T55" s="13"/>
+      <c r="Q55" s="13">
+        <v>28.9</v>
+      </c>
+      <c r="R55" s="13">
+        <v>29.2</v>
+      </c>
+      <c r="S55" s="13">
+        <v>29.6</v>
+      </c>
+      <c r="T55" s="13">
+        <v>28.3</v>
+      </c>
       <c r="U55" s="43"/>
     </row>
     <row r="56" spans="1:26" s="14" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A56" s="19"/>
       <c r="B56" s="19"/>
       <c r="C56" s="19"/>
       <c r="D56" s="6"/>
       <c r="E56" s="6"/>
       <c r="G56" s="10"/>
       <c r="H56" s="39"/>
       <c r="I56" s="13"/>
       <c r="J56" s="39"/>
       <c r="K56" s="13"/>
       <c r="L56" s="13"/>
       <c r="M56" s="13"/>
       <c r="N56" s="13"/>
       <c r="O56" s="13"/>
       <c r="P56" s="13"/>
       <c r="Q56" s="13"/>
       <c r="R56" s="13"/>
       <c r="S56" s="13"/>
       <c r="T56" s="13"/>
       <c r="U56" s="43"/>
       <c r="V56" s="5"/>
       <c r="W56" s="5"/>
@@ -2776,308 +3149,378 @@
       <c r="E57" s="21"/>
       <c r="F57" s="21"/>
       <c r="G57" s="21"/>
       <c r="H57" s="37" t="s">
         <v>110</v>
       </c>
       <c r="I57" s="38">
         <v>75.5</v>
       </c>
       <c r="J57" s="37">
         <v>77.3</v>
       </c>
       <c r="K57" s="38">
         <v>80.5</v>
       </c>
       <c r="L57" s="38">
         <v>86</v>
       </c>
       <c r="M57" s="38">
         <v>91.6</v>
       </c>
       <c r="N57" s="38">
         <v>92.4</v>
       </c>
       <c r="O57" s="38">
-        <v>91.3</v>
-[...5 lines deleted...]
-      <c r="T57" s="38"/>
+        <v>91.5</v>
+      </c>
+      <c r="P57" s="38">
+        <v>86.1</v>
+      </c>
+      <c r="Q57" s="38">
+        <v>82.2</v>
+      </c>
+      <c r="R57" s="38">
+        <v>79.2</v>
+      </c>
+      <c r="S57" s="38">
+        <v>78.8</v>
+      </c>
+      <c r="T57" s="38">
+        <v>83</v>
+      </c>
       <c r="U57" s="43"/>
       <c r="V57" s="28"/>
       <c r="W57" s="28"/>
       <c r="X57" s="28"/>
       <c r="Y57" s="28"/>
       <c r="Z57" s="28"/>
     </row>
     <row r="58" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A58" s="20"/>
       <c r="B58" s="22"/>
       <c r="C58" s="22"/>
       <c r="D58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="E58" s="15"/>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="13" t="s">
         <v>111</v>
       </c>
       <c r="I58" s="13">
         <v>8.6</v>
       </c>
       <c r="J58" s="13">
         <v>9</v>
       </c>
       <c r="K58" s="13">
         <v>9.6</v>
       </c>
       <c r="L58" s="13">
         <v>11.2</v>
       </c>
       <c r="M58" s="13">
         <v>13</v>
       </c>
       <c r="N58" s="13">
         <v>13.7</v>
       </c>
       <c r="O58" s="13">
         <v>13.6</v>
       </c>
-      <c r="P58" s="13"/>
-[...3 lines deleted...]
-      <c r="T58" s="13"/>
+      <c r="P58" s="13">
+        <v>11.6</v>
+      </c>
+      <c r="Q58" s="13">
+        <v>10.8</v>
+      </c>
+      <c r="R58" s="13">
+        <v>9.6</v>
+      </c>
+      <c r="S58" s="13">
+        <v>9.5</v>
+      </c>
+      <c r="T58" s="13">
+        <v>10.7</v>
+      </c>
       <c r="U58" s="43"/>
     </row>
     <row r="59" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A59" s="21"/>
       <c r="B59" s="20"/>
       <c r="C59" s="22"/>
       <c r="D59" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E59" s="15"/>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="13">
         <v>66</v>
       </c>
       <c r="I59" s="13">
         <v>66.900000000000006</v>
       </c>
       <c r="J59" s="13">
         <v>68.3</v>
       </c>
       <c r="K59" s="16">
         <v>70.900000000000006</v>
       </c>
       <c r="L59" s="16">
         <v>74.8</v>
       </c>
       <c r="M59" s="16">
         <v>78.599999999999994</v>
       </c>
       <c r="N59" s="16">
         <v>78.7</v>
       </c>
       <c r="O59" s="16">
-        <v>77.7</v>
-[...5 lines deleted...]
-      <c r="T59" s="17"/>
+        <v>77.900000000000006</v>
+      </c>
+      <c r="P59" s="16">
+        <v>74.5</v>
+      </c>
+      <c r="Q59" s="16">
+        <v>71.400000000000006</v>
+      </c>
+      <c r="R59" s="16">
+        <v>69.599999999999994</v>
+      </c>
+      <c r="S59" s="16">
+        <v>69.3</v>
+      </c>
+      <c r="T59" s="17">
+        <v>72.2</v>
+      </c>
       <c r="U59" s="43"/>
     </row>
     <row r="60" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A60" s="20"/>
       <c r="B60" s="20"/>
       <c r="C60" s="20"/>
       <c r="D60" s="23"/>
       <c r="E60" s="23"/>
       <c r="F60" s="15" t="s">
         <v>56</v>
       </c>
       <c r="G60" s="23"/>
       <c r="H60" s="13" t="s">
         <v>112</v>
       </c>
       <c r="I60" s="13">
         <v>60.7</v>
       </c>
       <c r="J60" s="13">
         <v>62</v>
       </c>
       <c r="K60" s="40">
         <v>64.3</v>
       </c>
       <c r="L60" s="40">
         <v>68.099999999999994</v>
       </c>
       <c r="M60" s="40">
         <v>70.900000000000006</v>
       </c>
       <c r="N60" s="40">
         <v>70.5</v>
       </c>
       <c r="O60" s="40">
         <v>70.2</v>
       </c>
-      <c r="P60" s="40"/>
-[...3 lines deleted...]
-      <c r="T60" s="11"/>
+      <c r="P60" s="40">
+        <v>66.8</v>
+      </c>
+      <c r="Q60" s="40">
+        <v>64.7</v>
+      </c>
+      <c r="R60" s="40">
+        <v>62.9</v>
+      </c>
+      <c r="S60" s="40">
+        <v>62.8</v>
+      </c>
+      <c r="T60" s="11">
+        <v>65.400000000000006</v>
+      </c>
       <c r="U60" s="43"/>
     </row>
     <row r="61" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A61" s="20"/>
       <c r="B61" s="20"/>
       <c r="C61" s="20"/>
       <c r="D61" s="23"/>
       <c r="E61" s="23"/>
       <c r="F61" s="15" t="s">
         <v>71</v>
       </c>
       <c r="G61" s="23"/>
       <c r="H61" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I61" s="13">
         <v>53</v>
       </c>
       <c r="J61" s="13">
         <v>54.5</v>
       </c>
       <c r="K61" s="40">
         <v>56.2</v>
       </c>
       <c r="L61" s="40">
         <v>59.2</v>
       </c>
       <c r="M61" s="40">
         <v>61.6</v>
       </c>
       <c r="N61" s="40">
         <v>61.5</v>
       </c>
       <c r="O61" s="40">
         <v>61.2</v>
       </c>
-      <c r="P61" s="40"/>
-[...3 lines deleted...]
-      <c r="T61" s="11"/>
+      <c r="P61" s="40">
+        <v>58.2</v>
+      </c>
+      <c r="Q61" s="40">
+        <v>56.6</v>
+      </c>
+      <c r="R61" s="40">
+        <v>54.9</v>
+      </c>
+      <c r="S61" s="40">
+        <v>55</v>
+      </c>
+      <c r="T61" s="11">
+        <v>57.1</v>
+      </c>
       <c r="U61" s="43"/>
     </row>
     <row r="62" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A62" s="26"/>
       <c r="B62" s="26"/>
       <c r="C62" s="26"/>
       <c r="D62" s="27"/>
       <c r="E62" s="27"/>
       <c r="F62" s="27"/>
       <c r="G62" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H62" s="13" t="s">
         <v>90</v>
       </c>
       <c r="I62" s="41">
         <v>28.2</v>
       </c>
       <c r="J62" s="13">
         <v>29.2</v>
       </c>
       <c r="K62" s="41">
         <v>29.8</v>
       </c>
       <c r="L62" s="41">
         <v>31.6</v>
       </c>
       <c r="M62" s="41">
         <v>33.1</v>
       </c>
       <c r="N62" s="41">
         <v>32.799999999999997</v>
       </c>
       <c r="O62" s="41">
-        <v>32.700000000000003</v>
-[...5 lines deleted...]
-      <c r="T62" s="13"/>
+        <v>32.6</v>
+      </c>
+      <c r="P62" s="41">
+        <v>30.8</v>
+      </c>
+      <c r="Q62" s="41">
+        <v>29.7</v>
+      </c>
+      <c r="R62" s="41">
+        <v>28.9</v>
+      </c>
+      <c r="S62" s="41">
+        <v>29.2</v>
+      </c>
+      <c r="T62" s="13">
+        <v>30.3</v>
+      </c>
       <c r="U62" s="43"/>
     </row>
     <row r="63" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A63" s="26"/>
       <c r="B63" s="26"/>
       <c r="C63" s="26"/>
       <c r="D63" s="27"/>
       <c r="E63" s="27"/>
       <c r="F63" s="27"/>
       <c r="G63" s="15" t="s">
         <v>58</v>
       </c>
       <c r="H63" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I63" s="41">
         <v>24.8</v>
       </c>
       <c r="J63" s="13">
         <v>25.3</v>
       </c>
       <c r="K63" s="41">
         <v>26.4</v>
       </c>
       <c r="L63" s="41">
         <v>27.6</v>
       </c>
       <c r="M63" s="41">
         <v>28.5</v>
       </c>
       <c r="N63" s="41">
         <v>28.7</v>
       </c>
       <c r="O63" s="41">
-        <v>28.5</v>
-[...5 lines deleted...]
-      <c r="T63" s="13"/>
+        <v>28.6</v>
+      </c>
+      <c r="P63" s="41">
+        <v>27.4</v>
+      </c>
+      <c r="Q63" s="41">
+        <v>26.9</v>
+      </c>
+      <c r="R63" s="41">
+        <v>26</v>
+      </c>
+      <c r="S63" s="41">
+        <v>25.8</v>
+      </c>
+      <c r="T63" s="13">
+        <v>26.7</v>
+      </c>
       <c r="U63" s="43"/>
     </row>
     <row r="64" spans="1:26" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A64" s="26"/>
       <c r="B64" s="26"/>
       <c r="C64" s="26"/>
       <c r="D64" s="27"/>
       <c r="E64" s="27"/>
       <c r="F64" s="27"/>
       <c r="G64" s="27"/>
       <c r="H64" s="13"/>
       <c r="I64" s="41"/>
       <c r="J64" s="13"/>
       <c r="K64" s="41"/>
       <c r="L64" s="41"/>
       <c r="M64" s="41"/>
       <c r="N64" s="41"/>
       <c r="O64" s="41"/>
       <c r="P64" s="41"/>
       <c r="Q64" s="41"/>
       <c r="R64" s="41"/>
       <c r="S64" s="41"/>
       <c r="T64" s="13"/>
       <c r="U64" s="43"/>
     </row>
@@ -3093,55 +3536,65 @@
       <c r="G65" s="21"/>
       <c r="H65" s="38" t="s">
         <v>115</v>
       </c>
       <c r="I65" s="38">
         <v>30.4</v>
       </c>
       <c r="J65" s="38">
         <v>30.9</v>
       </c>
       <c r="K65" s="38">
         <v>30.9</v>
       </c>
       <c r="L65" s="38">
         <v>31.9</v>
       </c>
       <c r="M65" s="38">
         <v>33.200000000000003</v>
       </c>
       <c r="N65" s="38">
         <v>33.299999999999997</v>
       </c>
       <c r="O65" s="38">
         <v>32.9</v>
       </c>
-      <c r="P65" s="38"/>
-[...3 lines deleted...]
-      <c r="T65" s="38"/>
+      <c r="P65" s="38">
+        <v>31.4</v>
+      </c>
+      <c r="Q65" s="38">
+        <v>31.7</v>
+      </c>
+      <c r="R65" s="38">
+        <v>32</v>
+      </c>
+      <c r="S65" s="38">
+        <v>32.200000000000003</v>
+      </c>
+      <c r="T65" s="38">
+        <v>31.8</v>
+      </c>
       <c r="U65" s="43"/>
     </row>
     <row r="66" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A66" s="24"/>
       <c r="B66" s="24"/>
       <c r="C66" s="24"/>
       <c r="D66" s="25"/>
       <c r="E66" s="25"/>
       <c r="F66" s="25"/>
       <c r="G66" s="25"/>
       <c r="H66" s="8"/>
       <c r="I66" s="8"/>
       <c r="J66" s="8"/>
       <c r="K66" s="8"/>
       <c r="L66" s="8"/>
       <c r="M66" s="8"/>
       <c r="N66" s="8"/>
       <c r="O66" s="8"/>
       <c r="P66" s="8"/>
       <c r="Q66" s="8"/>
       <c r="R66" s="8"/>
       <c r="S66" s="8"/>
       <c r="T66" s="8"/>
       <c r="U66" s="43"/>
     </row>
@@ -3151,335 +3604,425 @@
       </c>
       <c r="H67" s="42" t="s">
         <v>116</v>
       </c>
       <c r="I67" s="42">
         <v>97</v>
       </c>
       <c r="J67" s="42">
         <v>97.3</v>
       </c>
       <c r="K67" s="42">
         <v>96.5</v>
       </c>
       <c r="L67" s="42">
         <v>95.2</v>
       </c>
       <c r="M67" s="42">
         <v>94</v>
       </c>
       <c r="N67" s="42">
         <v>90.4</v>
       </c>
       <c r="O67" s="42">
         <v>91.3</v>
       </c>
-      <c r="P67" s="42"/>
-[...3 lines deleted...]
-      <c r="T67" s="42"/>
+      <c r="P67" s="42">
+        <v>97</v>
+      </c>
+      <c r="Q67" s="42">
+        <v>96.5</v>
+      </c>
+      <c r="R67" s="42">
+        <v>97.4</v>
+      </c>
+      <c r="S67" s="42">
+        <v>98</v>
+      </c>
+      <c r="T67" s="42">
+        <v>95.5</v>
+      </c>
       <c r="U67" s="43"/>
     </row>
     <row r="68" spans="1:21" x14ac:dyDescent="0.2">
       <c r="F68" s="2" t="s">
         <v>62</v>
       </c>
       <c r="H68" s="8" t="s">
         <v>117</v>
       </c>
       <c r="I68" s="8">
         <v>13.1</v>
       </c>
       <c r="J68" s="8">
         <v>13</v>
       </c>
       <c r="K68" s="8">
         <v>13</v>
       </c>
       <c r="L68" s="8">
         <v>12.7</v>
       </c>
       <c r="M68" s="8">
         <v>12.6</v>
       </c>
       <c r="N68" s="8">
         <v>12.8</v>
       </c>
       <c r="O68" s="8">
         <v>12.6</v>
       </c>
-      <c r="P68" s="8"/>
-[...3 lines deleted...]
-      <c r="T68" s="8"/>
+      <c r="P68" s="8">
+        <v>12.6</v>
+      </c>
+      <c r="Q68" s="8">
+        <v>12</v>
+      </c>
+      <c r="R68" s="8">
+        <v>12.1</v>
+      </c>
+      <c r="S68" s="8">
+        <v>12.1</v>
+      </c>
+      <c r="T68" s="8">
+        <v>12.6</v>
+      </c>
       <c r="U68" s="43"/>
     </row>
     <row r="69" spans="1:21" x14ac:dyDescent="0.2">
       <c r="G69" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H69" s="8" t="s">
         <v>118</v>
       </c>
       <c r="I69" s="8">
         <v>4.5</v>
       </c>
       <c r="J69" s="8">
         <v>4.5</v>
       </c>
       <c r="K69" s="8">
         <v>4.4000000000000004</v>
       </c>
       <c r="L69" s="8">
         <v>4.4000000000000004</v>
       </c>
       <c r="M69" s="8">
         <v>4.3</v>
       </c>
       <c r="N69" s="8">
         <v>4.4000000000000004</v>
       </c>
       <c r="O69" s="8">
         <v>4.3</v>
       </c>
-      <c r="P69" s="8"/>
-[...3 lines deleted...]
-      <c r="T69" s="8"/>
+      <c r="P69" s="8">
+        <v>4.3</v>
+      </c>
+      <c r="Q69" s="8">
+        <v>4.2</v>
+      </c>
+      <c r="R69" s="8">
+        <v>4.2</v>
+      </c>
+      <c r="S69" s="8">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="T69" s="8">
+        <v>4.4000000000000004</v>
+      </c>
       <c r="U69" s="43"/>
     </row>
     <row r="70" spans="1:21" x14ac:dyDescent="0.2">
       <c r="G70" s="2" t="s">
         <v>74</v>
       </c>
       <c r="H70" s="8" t="s">
         <v>119</v>
       </c>
       <c r="I70" s="8">
         <v>5.2</v>
       </c>
       <c r="J70" s="8">
         <v>5.2</v>
       </c>
       <c r="K70" s="8">
         <v>5.2</v>
       </c>
       <c r="L70" s="8">
         <v>5.0999999999999996</v>
       </c>
       <c r="M70" s="8">
         <v>5.0999999999999996</v>
       </c>
       <c r="N70" s="8">
         <v>5.0999999999999996</v>
       </c>
       <c r="O70" s="8">
         <v>5.0999999999999996</v>
       </c>
-      <c r="P70" s="8"/>
-[...3 lines deleted...]
-      <c r="T70" s="8"/>
+      <c r="P70" s="8">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="Q70" s="8">
+        <v>4.7</v>
+      </c>
+      <c r="R70" s="8">
+        <v>4.7</v>
+      </c>
+      <c r="S70" s="8">
+        <v>4.7</v>
+      </c>
+      <c r="T70" s="8">
+        <v>5</v>
+      </c>
       <c r="U70" s="43"/>
     </row>
     <row r="71" spans="1:21" x14ac:dyDescent="0.2">
       <c r="G71" s="2" t="s">
         <v>63</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>120</v>
       </c>
       <c r="I71" s="8">
         <v>3.4</v>
       </c>
       <c r="J71" s="8">
         <v>3.3</v>
       </c>
       <c r="K71" s="8">
         <v>3.4</v>
       </c>
       <c r="L71" s="8">
         <v>3.2</v>
       </c>
       <c r="M71" s="8">
         <v>3.2</v>
       </c>
       <c r="N71" s="8">
         <v>3.3</v>
       </c>
       <c r="O71" s="8">
         <v>3.2</v>
       </c>
-      <c r="P71" s="8"/>
-[...3 lines deleted...]
-      <c r="T71" s="8"/>
+      <c r="P71" s="8">
+        <v>3.2</v>
+      </c>
+      <c r="Q71" s="8">
+        <v>3.2</v>
+      </c>
+      <c r="R71" s="8">
+        <v>3.2</v>
+      </c>
+      <c r="S71" s="8">
+        <v>3.3</v>
+      </c>
+      <c r="T71" s="8">
+        <v>3.3</v>
+      </c>
       <c r="U71" s="43"/>
     </row>
     <row r="72" spans="1:21" x14ac:dyDescent="0.2">
       <c r="F72" s="2" t="s">
         <v>64</v>
       </c>
       <c r="H72" s="8">
         <v>27</v>
       </c>
       <c r="I72" s="8">
         <v>28.1</v>
       </c>
       <c r="J72" s="8">
         <v>28.1</v>
       </c>
       <c r="K72" s="8">
         <v>28.3</v>
       </c>
       <c r="L72" s="8">
         <v>26.6</v>
       </c>
       <c r="M72" s="8">
         <v>25.4</v>
       </c>
       <c r="N72" s="8">
         <v>25.6</v>
       </c>
       <c r="O72" s="8">
         <v>26</v>
       </c>
-      <c r="P72" s="8"/>
-[...3 lines deleted...]
-      <c r="T72" s="8"/>
+      <c r="P72" s="8">
+        <v>28.4</v>
+      </c>
+      <c r="Q72" s="8">
+        <v>28</v>
+      </c>
+      <c r="R72" s="8">
+        <v>28.3</v>
+      </c>
+      <c r="S72" s="8">
+        <v>28.9</v>
+      </c>
+      <c r="T72" s="8">
+        <v>27.4</v>
+      </c>
       <c r="U72" s="43"/>
     </row>
     <row r="73" spans="1:21" x14ac:dyDescent="0.2">
       <c r="F73" s="2" t="s">
         <v>65</v>
       </c>
       <c r="H73" s="8" t="s">
         <v>121</v>
       </c>
       <c r="I73" s="8">
         <v>55.8</v>
       </c>
       <c r="J73" s="8">
         <v>56.2</v>
       </c>
       <c r="K73" s="8">
         <v>55.2</v>
       </c>
       <c r="L73" s="8">
         <v>55.9</v>
       </c>
       <c r="M73" s="8">
         <v>56</v>
       </c>
       <c r="N73" s="8">
         <v>52</v>
       </c>
       <c r="O73" s="8">
         <v>52.7</v>
       </c>
-      <c r="P73" s="8"/>
-[...3 lines deleted...]
-      <c r="T73" s="8"/>
+      <c r="P73" s="8">
+        <v>56</v>
+      </c>
+      <c r="Q73" s="8">
+        <v>56.5</v>
+      </c>
+      <c r="R73" s="8">
+        <v>57</v>
+      </c>
+      <c r="S73" s="8">
+        <v>57</v>
+      </c>
+      <c r="T73" s="8">
+        <v>55.5</v>
+      </c>
       <c r="U73" s="43"/>
     </row>
     <row r="74" spans="1:21" x14ac:dyDescent="0.2">
       <c r="G74" s="2" t="s">
         <v>59</v>
       </c>
       <c r="H74" s="8" t="s">
         <v>122</v>
       </c>
       <c r="I74" s="8">
         <v>36.1</v>
       </c>
       <c r="J74" s="8">
         <v>36.4</v>
       </c>
       <c r="K74" s="8">
         <v>35.4</v>
       </c>
       <c r="L74" s="8">
         <v>35.9</v>
       </c>
       <c r="M74" s="8">
         <v>35</v>
       </c>
       <c r="N74" s="8">
         <v>29.6</v>
       </c>
       <c r="O74" s="8">
         <v>30.2</v>
       </c>
-      <c r="P74" s="8"/>
-[...3 lines deleted...]
-      <c r="T74" s="8"/>
+      <c r="P74" s="8">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="Q74" s="8">
+        <v>36.299999999999997</v>
+      </c>
+      <c r="R74" s="8">
+        <v>36.5</v>
+      </c>
+      <c r="S74" s="8">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="T74" s="8">
+        <v>34.9</v>
+      </c>
       <c r="U74" s="43"/>
     </row>
     <row r="75" spans="1:21" x14ac:dyDescent="0.2">
       <c r="G75" s="2" t="s">
         <v>60</v>
       </c>
       <c r="H75" s="8" t="s">
         <v>123</v>
       </c>
       <c r="I75" s="8">
         <v>19.7</v>
       </c>
       <c r="J75" s="8">
         <v>19.8</v>
       </c>
       <c r="K75" s="8">
         <v>19.8</v>
       </c>
       <c r="L75" s="8">
         <v>20</v>
       </c>
       <c r="M75" s="8">
         <v>21</v>
       </c>
       <c r="N75" s="8">
         <v>22.4</v>
       </c>
       <c r="O75" s="8">
         <v>22.5</v>
       </c>
-      <c r="P75" s="8"/>
-[...3 lines deleted...]
-      <c r="T75" s="8"/>
+      <c r="P75" s="8">
+        <v>21.3</v>
+      </c>
+      <c r="Q75" s="8">
+        <v>20.2</v>
+      </c>
+      <c r="R75" s="8">
+        <v>20.5</v>
+      </c>
+      <c r="S75" s="8">
+        <v>20.3</v>
+      </c>
+      <c r="T75" s="8">
+        <v>20.6</v>
+      </c>
       <c r="U75" s="43"/>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.2">
       <c r="H76" s="8"/>
       <c r="I76" s="8"/>
       <c r="J76" s="8"/>
       <c r="K76" s="8"/>
       <c r="L76" s="8"/>
       <c r="M76" s="8"/>
       <c r="N76" s="8"/>
       <c r="O76" s="8"/>
       <c r="P76" s="8"/>
       <c r="Q76" s="8"/>
       <c r="R76" s="8"/>
       <c r="S76" s="8"/>
       <c r="T76" s="8"/>
       <c r="U76" s="43"/>
     </row>
     <row r="77" spans="1:21" x14ac:dyDescent="0.2">
       <c r="C77" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H77" s="4"/>
       <c r="I77" s="4"/>
       <c r="J77" s="4"/>
@@ -3505,55 +4048,65 @@
       <c r="G78" s="44"/>
       <c r="H78" s="45">
         <v>0</v>
       </c>
       <c r="I78" s="45">
         <v>0</v>
       </c>
       <c r="J78" s="45">
         <v>0</v>
       </c>
       <c r="K78" s="45">
         <v>0</v>
       </c>
       <c r="L78" s="45">
         <v>0</v>
       </c>
       <c r="M78" s="45">
         <v>0.5</v>
       </c>
       <c r="N78" s="45">
         <v>0.5</v>
       </c>
       <c r="O78" s="45">
         <v>0.5</v>
       </c>
-      <c r="P78" s="45"/>
-[...3 lines deleted...]
-      <c r="T78" s="46"/>
+      <c r="P78" s="45">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="45">
+        <v>0</v>
+      </c>
+      <c r="R78" s="45">
+        <v>0</v>
+      </c>
+      <c r="S78" s="45">
+        <v>0</v>
+      </c>
+      <c r="T78" s="46" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="79" spans="1:21" x14ac:dyDescent="0.2">
       <c r="I79" s="4"/>
       <c r="J79" s="4"/>
       <c r="K79" s="4"/>
       <c r="L79" s="4"/>
       <c r="M79" s="4"/>
       <c r="N79" s="4"/>
       <c r="O79" s="4"/>
       <c r="P79" s="4"/>
       <c r="Q79" s="4"/>
       <c r="R79" s="4"/>
       <c r="S79" s="4"/>
     </row>
     <row r="80" spans="1:21" s="29" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C80" s="30" t="s">
         <v>69</v>
       </c>
       <c r="H80" s="30"/>
       <c r="M80" s="31"/>
       <c r="O80" s="31"/>
       <c r="U80" s="32"/>
     </row>
     <row r="81" spans="3:21" s="29" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C81" s="33" t="s">
@@ -5676,55 +6229,58 @@
     <row r="231" spans="8:19" x14ac:dyDescent="0.2">
       <c r="H231" s="4"/>
       <c r="I231" s="4"/>
       <c r="J231" s="4"/>
       <c r="K231" s="4"/>
       <c r="M231" s="4"/>
       <c r="N231" s="4"/>
       <c r="O231" s="4"/>
       <c r="P231" s="4"/>
       <c r="Q231" s="4"/>
       <c r="R231" s="4"/>
       <c r="S231" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A5:T5"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="A2:T2"/>
     <mergeCell ref="A3:T3"/>
     <mergeCell ref="A4:T4"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.18" right="0.18" top="0.24" bottom="0.76" header="0.5" footer="0.24"/>
   <pageSetup scale="85" fitToHeight="0" orientation="landscape" verticalDpi="96" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;R&amp;8Revised 9/2025</oddFooter>
+    <oddFooter>&amp;R&amp;8Revised 1/2026</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="47" max="16383" man="1"/>
   </rowBreaks>
+  <ignoredErrors>
+    <ignoredError sqref="H9:H97" numberStoredAsText="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>