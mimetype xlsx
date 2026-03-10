--- v0 (2025-10-27)
+++ v1 (2026-03-10)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="32" documentId="13_ncr:1_{8E131A8B-D5FE-4046-9D9D-8FF819D5674D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{96A9F2C6-EF3C-47CB-8DE3-0DB1863A3FA9}"/>
+  <xr:revisionPtr revIDLastSave="45" documentId="13_ncr:1_{8E131A8B-D5FE-4046-9D9D-8FF819D5674D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8E167922-34CB-45E4-B738-A333D196112E}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$M$44</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
@@ -85,51 +84,51 @@
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Seasonally Adjusted</t>
   </si>
   <si>
     <t>Total Nonfarm Employment (thousands)</t>
   </si>
   <si>
     <t>1990-2025</t>
   </si>
   <si>
     <t>Providence-Warwick, RI-MA MSA</t>
   </si>
   <si>
-    <t>9/2025</t>
+    <t>1/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9.1999999999999993"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
@@ -240,55 +239,51 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -663,56 +658,64 @@
       <c r="A7" s="6">
         <v>2025</v>
       </c>
       <c r="B7" s="7">
         <v>737.8</v>
       </c>
       <c r="C7" s="9">
         <v>737</v>
       </c>
       <c r="D7" s="9">
         <v>740.1</v>
       </c>
       <c r="E7" s="9">
         <v>740.9</v>
       </c>
       <c r="F7" s="9">
         <v>740.6</v>
       </c>
       <c r="G7" s="9">
         <v>740.1</v>
       </c>
       <c r="H7" s="9">
         <v>742.1</v>
       </c>
       <c r="I7" s="9">
-        <v>741.4</v>
-[...4 lines deleted...]
-      <c r="M7" s="9"/>
+        <v>740.6</v>
+      </c>
+      <c r="J7" s="9">
+        <v>739.9</v>
+      </c>
+      <c r="K7" s="9">
+        <v>737.6</v>
+      </c>
+      <c r="L7" s="9">
+        <v>738.3</v>
+      </c>
+      <c r="M7" s="9">
+        <v>739.7</v>
+      </c>
       <c r="N7" s="3"/>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A8" s="6">
         <v>2024</v>
       </c>
       <c r="B8" s="7">
         <v>739.2</v>
       </c>
       <c r="C8" s="9">
         <v>741.3</v>
       </c>
       <c r="D8" s="9">
         <v>742.9</v>
       </c>
       <c r="E8" s="9">
         <v>742.6</v>
       </c>
       <c r="F8" s="9">
         <v>742.9</v>
       </c>
       <c r="G8" s="9">
         <v>744.4</v>
       </c>
       <c r="H8" s="9">