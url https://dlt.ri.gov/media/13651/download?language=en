--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="272" documentId="6_{4BD40904-646C-48B5-A17F-0DBEF5957CAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3A370E9B-FB0F-4EA8-811A-CC6F364CA611}"/>
+  <xr:revisionPtr revIDLastSave="296" documentId="6_{4BD40904-646C-48B5-A17F-0DBEF5957CAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C040B910-8FEF-4B59-BAA4-AA1C8917682C}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$T$69</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -229,57 +229,57 @@
   <si>
     <t>Local Non-Education</t>
   </si>
   <si>
     <t>* Utilities are not broken out separately</t>
   </si>
   <si>
     <t>** Real Estate &amp; Rentals is not broken out separately</t>
   </si>
   <si>
     <t>Some subcategories are not additive.</t>
   </si>
   <si>
     <t>Current month figures are preliminary and subject to revision.</t>
   </si>
   <si>
     <t>Restaurants &amp; Other Eating Places</t>
   </si>
   <si>
     <t>State Education</t>
   </si>
   <si>
     <t>State Non-Education</t>
   </si>
   <si>
-    <t>Jul</t>
+    <t>Nov</t>
   </si>
   <si>
-    <t>August 2025</t>
+    <t>December 2025</t>
   </si>
   <si>
-    <t>Aug</t>
+    <t>Dec</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0_)"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="15">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial CE"/>
       <family val="2"/>
       <charset val="238"/>
@@ -906,51 +906,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:W1313"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8"/>
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="2.28515625" style="22" customWidth="1"/>
     <col min="2" max="2" width="2.85546875" style="22" customWidth="1"/>
     <col min="3" max="3" width="2.28515625" style="22" customWidth="1"/>
     <col min="4" max="4" width="2.28515625" style="21" customWidth="1"/>
     <col min="5" max="5" width="1.85546875" style="22" customWidth="1"/>
     <col min="6" max="6" width="2" style="22" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" style="22" customWidth="1"/>
     <col min="8" max="8" width="38.7109375" style="22" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="40.7109375" style="22" customWidth="1"/>
     <col min="10" max="10" width="8.28515625" style="22" customWidth="1"/>
     <col min="11" max="11" width="3.140625" style="22" customWidth="1"/>
     <col min="12" max="12" width="8.28515625" style="22" customWidth="1"/>
     <col min="13" max="13" width="3.7109375" style="22" customWidth="1"/>
     <col min="14" max="14" width="8.28515625" style="22" customWidth="1"/>
     <col min="15" max="15" width="4" style="22" customWidth="1"/>
     <col min="16" max="16" width="2.140625" style="23" customWidth="1"/>
     <col min="17" max="17" width="8" style="23" customWidth="1"/>
     <col min="18" max="18" width="2.140625" style="22" customWidth="1"/>
     <col min="19" max="19" width="2.140625" style="23" customWidth="1"/>
     <col min="20" max="20" width="8.140625" style="22" customWidth="1"/>
     <col min="21" max="256" width="9.140625" style="22"/>
@@ -2356,430 +2356,430 @@
       <c r="Q8" s="6">
         <v>2025</v>
       </c>
       <c r="R8" s="11"/>
       <c r="S8" s="11"/>
       <c r="T8" s="6">
         <v>2024</v>
       </c>
       <c r="U8" s="12"/>
       <c r="V8" s="12"/>
       <c r="W8" s="12"/>
     </row>
     <row r="9" spans="1:23" s="14" customFormat="1">
       <c r="A9" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="13"/>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
       <c r="J9" s="40">
-        <v>516.29999999999995</v>
+        <v>513.70000000000005</v>
       </c>
       <c r="K9" s="40"/>
       <c r="L9" s="40">
-        <v>517.79999999999995</v>
+        <v>516.5</v>
       </c>
       <c r="M9" s="40"/>
       <c r="N9" s="40">
-        <v>513.70000000000005</v>
+        <v>515.4</v>
       </c>
       <c r="O9" s="39"/>
       <c r="P9" s="47"/>
       <c r="Q9" s="62">
-        <v>-1500</v>
+        <v>-2799.9999999999545</v>
       </c>
       <c r="R9" s="62"/>
       <c r="S9" s="62"/>
       <c r="T9" s="62">
-        <v>2599.9999999999091</v>
+        <v>-1699.9999999999318</v>
       </c>
     </row>
     <row r="10" spans="1:23" s="16" customFormat="1">
       <c r="A10" s="15"/>
       <c r="B10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="60">
-        <v>453.8</v>
+        <v>446.2</v>
       </c>
       <c r="K10" s="60"/>
       <c r="L10" s="60">
-        <v>455.2</v>
+        <v>449.4</v>
       </c>
       <c r="M10" s="60"/>
       <c r="N10" s="60">
-        <v>451.4</v>
+        <v>447.9</v>
       </c>
       <c r="O10" s="38"/>
       <c r="P10" s="61"/>
       <c r="Q10" s="63">
-        <v>-1399.9999999999773</v>
+        <v>-3199.9999999999886</v>
       </c>
       <c r="R10" s="63"/>
       <c r="S10" s="63"/>
       <c r="T10" s="63">
-        <v>2400.0000000000341</v>
+        <v>-1699.9999999999886</v>
       </c>
     </row>
     <row r="11" spans="1:23" s="18" customFormat="1">
       <c r="A11" s="17"/>
       <c r="B11" s="17"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="17"/>
       <c r="J11" s="50"/>
       <c r="K11" s="50"/>
       <c r="L11" s="50"/>
       <c r="M11" s="50"/>
       <c r="N11" s="50"/>
       <c r="O11" s="49"/>
       <c r="P11" s="51"/>
       <c r="Q11" s="64"/>
       <c r="R11" s="64"/>
       <c r="S11" s="64"/>
       <c r="T11" s="64"/>
     </row>
     <row r="12" spans="1:23" s="14" customFormat="1">
       <c r="A12" s="19"/>
       <c r="B12" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="20"/>
       <c r="D12" s="20"/>
       <c r="E12" s="20"/>
       <c r="F12" s="20"/>
       <c r="G12" s="20"/>
       <c r="H12" s="20"/>
       <c r="I12" s="20"/>
       <c r="J12" s="42">
-        <v>64.400000000000006</v>
+        <v>63.4</v>
       </c>
       <c r="K12" s="42"/>
       <c r="L12" s="42">
-        <v>63.7</v>
+        <v>63.8</v>
       </c>
       <c r="M12" s="42"/>
       <c r="N12" s="42">
-        <v>63.4</v>
+        <v>62.7</v>
       </c>
       <c r="O12" s="41"/>
       <c r="P12" s="53"/>
       <c r="Q12" s="65">
-        <v>700.00000000000284</v>
+        <v>-399.99999999999858</v>
       </c>
       <c r="R12" s="65"/>
       <c r="S12" s="65"/>
       <c r="T12" s="65">
-        <v>1000.000000000007</v>
+        <v>699.99999999999568</v>
       </c>
     </row>
     <row r="13" spans="1:23" s="14" customFormat="1">
       <c r="A13" s="19"/>
       <c r="B13" s="19"/>
       <c r="C13" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="18"/>
       <c r="E13" s="19"/>
       <c r="F13" s="19"/>
       <c r="G13" s="19"/>
       <c r="H13" s="19"/>
       <c r="I13" s="19"/>
       <c r="J13" s="54">
         <v>0.2</v>
       </c>
       <c r="K13" s="54"/>
       <c r="L13" s="54">
         <v>0.2</v>
       </c>
       <c r="M13" s="54"/>
       <c r="N13" s="54">
         <v>0.2</v>
       </c>
       <c r="O13" s="52"/>
       <c r="P13" s="46"/>
       <c r="Q13" s="66">
         <v>0</v>
       </c>
       <c r="R13" s="66"/>
       <c r="S13" s="66"/>
       <c r="T13" s="66">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23" s="14" customFormat="1">
       <c r="A14" s="19"/>
       <c r="B14" s="19"/>
       <c r="C14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="18"/>
       <c r="E14" s="19"/>
       <c r="F14" s="19"/>
       <c r="G14" s="19"/>
       <c r="H14" s="19"/>
       <c r="I14" s="19"/>
       <c r="J14" s="54">
-        <v>23.7</v>
+        <v>22.8</v>
       </c>
       <c r="K14" s="54"/>
       <c r="L14" s="54">
         <v>23.3</v>
       </c>
       <c r="M14" s="54"/>
       <c r="N14" s="54">
-        <v>23.3</v>
+        <v>22.4</v>
       </c>
       <c r="O14" s="52"/>
       <c r="P14" s="46"/>
       <c r="Q14" s="66">
-        <v>399.99999999999858</v>
+        <v>-500</v>
       </c>
       <c r="R14" s="66"/>
       <c r="S14" s="66"/>
       <c r="T14" s="66">
-        <v>399.99999999999858</v>
+        <v>400.00000000000216</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="5"/>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="E15" s="21"/>
       <c r="F15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="5"/>
       <c r="J15" s="55">
-        <v>15.6</v>
+        <v>15</v>
       </c>
       <c r="K15" s="55"/>
       <c r="L15" s="55">
         <v>15.3</v>
       </c>
       <c r="M15" s="55"/>
       <c r="N15" s="55">
-        <v>15.6</v>
+        <v>14.5</v>
       </c>
       <c r="O15" s="45"/>
       <c r="P15" s="56"/>
       <c r="Q15" s="67">
-        <v>299.99999999999892</v>
+        <v>-300.00000000000068</v>
       </c>
       <c r="R15" s="67"/>
       <c r="S15" s="67"/>
       <c r="T15" s="67">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:23" s="14" customFormat="1">
       <c r="A16" s="19"/>
       <c r="B16" s="19"/>
       <c r="C16" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="18"/>
       <c r="E16" s="19"/>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="H16" s="19"/>
       <c r="I16" s="29"/>
       <c r="J16" s="54">
-        <v>40.5</v>
+        <v>40.4</v>
       </c>
       <c r="K16" s="54"/>
       <c r="L16" s="54">
-        <v>40.200000000000003</v>
+        <v>40.299999999999997</v>
       </c>
       <c r="M16" s="54"/>
       <c r="N16" s="54">
-        <v>39.9</v>
+        <v>40.1</v>
       </c>
       <c r="O16" s="52"/>
       <c r="P16" s="46"/>
       <c r="Q16" s="66">
-        <v>299.99999999999716</v>
+        <v>100.00000000000142</v>
       </c>
       <c r="R16" s="66"/>
       <c r="S16" s="66"/>
       <c r="T16" s="66">
-        <v>600.00000000000136</v>
+        <v>299.99999999999716</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="5"/>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="21"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="5"/>
       <c r="I17" s="5"/>
       <c r="J17" s="55">
-        <v>26.4</v>
+        <v>26.5</v>
       </c>
       <c r="K17" s="55"/>
       <c r="L17" s="55">
-        <v>26.2</v>
+        <v>26.4</v>
       </c>
       <c r="M17" s="55"/>
       <c r="N17" s="55">
-        <v>25.6</v>
+        <v>25.9</v>
       </c>
       <c r="O17" s="45"/>
       <c r="P17" s="56"/>
       <c r="Q17" s="67">
-        <v>199.99999999999929</v>
+        <v>100.00000000000142</v>
       </c>
       <c r="R17" s="67"/>
       <c r="S17" s="67"/>
       <c r="T17" s="67">
-        <v>799.99999999999716</v>
+        <v>600.00000000000136</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="5"/>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
       <c r="E18" s="5"/>
       <c r="F18" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="21"/>
       <c r="J18" s="55">
-        <v>4.3</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="K18" s="55"/>
       <c r="L18" s="55">
         <v>4.3</v>
       </c>
       <c r="M18" s="55"/>
       <c r="N18" s="55">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="O18" s="45"/>
       <c r="P18" s="56"/>
       <c r="Q18" s="67">
-        <v>0</v>
+        <v>100.00000000000054</v>
       </c>
       <c r="R18" s="67"/>
       <c r="S18" s="67"/>
       <c r="T18" s="67">
-        <v>99.999999999999645</v>
+        <v>100.00000000000054</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="5"/>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
       <c r="I19" s="21"/>
       <c r="J19" s="55">
         <v>3.6</v>
       </c>
       <c r="K19" s="55"/>
       <c r="L19" s="55">
         <v>3.6</v>
       </c>
       <c r="M19" s="55"/>
       <c r="N19" s="55">
         <v>3.5</v>
       </c>
       <c r="O19" s="45"/>
       <c r="P19" s="56"/>
       <c r="Q19" s="67">
         <v>0</v>
       </c>
       <c r="R19" s="67"/>
       <c r="S19" s="67"/>
       <c r="T19" s="67">
         <v>100.00000000000009</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="5"/>
       <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
       <c r="E20" s="5"/>
       <c r="F20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="5"/>
       <c r="H20" s="5"/>
       <c r="I20" s="21"/>
       <c r="J20" s="55">
-        <v>8.6</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="K20" s="55"/>
       <c r="L20" s="55">
-        <v>8.5</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="M20" s="55"/>
       <c r="N20" s="55">
         <v>8.1999999999999993</v>
       </c>
       <c r="O20" s="45"/>
       <c r="P20" s="56"/>
       <c r="Q20" s="67">
-        <v>99.999999999999645</v>
+        <v>0</v>
       </c>
       <c r="R20" s="67"/>
       <c r="S20" s="67"/>
       <c r="T20" s="67">
-        <v>400.00000000000034</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="5"/>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
       <c r="I21" s="21"/>
       <c r="J21" s="55">
         <v>3.6</v>
       </c>
       <c r="K21" s="55"/>
       <c r="L21" s="55">
         <v>3.6</v>
       </c>
       <c r="M21" s="55"/>
       <c r="N21" s="55">
         <v>3.6</v>
       </c>
@@ -2819,1228 +2819,1228 @@
       </c>
       <c r="O22" s="45"/>
       <c r="P22" s="56"/>
       <c r="Q22" s="67">
         <v>0</v>
       </c>
       <c r="R22" s="67"/>
       <c r="S22" s="67"/>
       <c r="T22" s="67">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="5"/>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
       <c r="G23" s="5"/>
       <c r="H23" s="5"/>
       <c r="I23" s="21"/>
       <c r="J23" s="55">
-        <v>14.1</v>
+        <v>13.9</v>
       </c>
       <c r="K23" s="55"/>
       <c r="L23" s="55">
-        <v>14</v>
+        <v>13.9</v>
       </c>
       <c r="M23" s="55"/>
       <c r="N23" s="55">
-        <v>14.3</v>
+        <v>14.2</v>
       </c>
       <c r="O23" s="45"/>
       <c r="P23" s="56"/>
       <c r="Q23" s="67">
-        <v>99.999999999999645</v>
+        <v>0</v>
       </c>
       <c r="R23" s="67"/>
       <c r="S23" s="67"/>
       <c r="T23" s="67">
-        <v>-200.00000000000108</v>
+        <v>-299.99999999999892</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="5"/>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="5"/>
       <c r="E24" s="21"/>
       <c r="F24" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G24" s="5"/>
       <c r="H24" s="5"/>
       <c r="I24" s="5"/>
       <c r="J24" s="55">
         <v>2.5</v>
       </c>
       <c r="K24" s="55"/>
       <c r="L24" s="55">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
       <c r="M24" s="55"/>
       <c r="N24" s="55">
         <v>2.5</v>
       </c>
       <c r="O24" s="45"/>
       <c r="P24" s="56"/>
       <c r="Q24" s="67">
-        <v>0</v>
+        <v>100.00000000000009</v>
       </c>
       <c r="R24" s="67"/>
       <c r="S24" s="67"/>
       <c r="T24" s="67">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="5"/>
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="21"/>
       <c r="H25" s="5"/>
       <c r="I25" s="5"/>
       <c r="J25" s="55"/>
       <c r="K25" s="55"/>
       <c r="L25" s="55"/>
       <c r="M25" s="55"/>
       <c r="N25" s="55"/>
       <c r="O25" s="45"/>
       <c r="P25" s="46"/>
       <c r="Q25" s="67"/>
       <c r="R25" s="67"/>
       <c r="S25" s="67"/>
       <c r="T25" s="67"/>
     </row>
     <row r="26" spans="1:20" s="14" customFormat="1">
       <c r="A26" s="19"/>
       <c r="B26" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="20"/>
       <c r="D26" s="20"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="20"/>
       <c r="I26" s="20"/>
       <c r="J26" s="42">
-        <v>451.9</v>
+        <v>450.3</v>
       </c>
       <c r="K26" s="42"/>
       <c r="L26" s="42">
-        <v>454.1</v>
+        <v>452.7</v>
       </c>
       <c r="M26" s="42"/>
       <c r="N26" s="42">
-        <v>450.3</v>
+        <v>452.7</v>
       </c>
       <c r="O26" s="41"/>
       <c r="P26" s="53"/>
       <c r="Q26" s="65">
-        <v>-2200.0000000000455</v>
+        <v>-2399.9999999999773</v>
       </c>
       <c r="R26" s="65"/>
       <c r="S26" s="65"/>
       <c r="T26" s="65">
-        <v>1599.9999999999659</v>
+        <v>-2399.9999999999773</v>
       </c>
     </row>
     <row r="27" spans="1:20" s="14" customFormat="1">
       <c r="A27" s="19"/>
       <c r="B27" s="19"/>
       <c r="C27" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="18"/>
       <c r="E27" s="19"/>
       <c r="F27" s="19"/>
       <c r="G27" s="19"/>
       <c r="H27" s="19"/>
       <c r="I27" s="19"/>
       <c r="J27" s="54">
-        <v>16.100000000000001</v>
+        <v>16.3</v>
       </c>
       <c r="K27" s="54"/>
       <c r="L27" s="54">
-        <v>16.600000000000001</v>
+        <v>16.100000000000001</v>
       </c>
       <c r="M27" s="54"/>
       <c r="N27" s="54">
-        <v>16.5</v>
+        <v>16.899999999999999</v>
       </c>
       <c r="O27" s="52"/>
       <c r="P27" s="46"/>
       <c r="Q27" s="66">
-        <v>-500</v>
+        <v>199.99999999999929</v>
       </c>
       <c r="R27" s="66"/>
       <c r="S27" s="66"/>
       <c r="T27" s="66">
-        <v>-399.99999999999858</v>
+        <v>-599.99999999999784</v>
       </c>
     </row>
     <row r="28" spans="1:20" s="14" customFormat="1">
       <c r="A28" s="19"/>
       <c r="B28" s="19"/>
       <c r="C28" s="19" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="18"/>
       <c r="E28" s="19"/>
       <c r="F28" s="19"/>
       <c r="G28" s="19"/>
       <c r="H28" s="19"/>
       <c r="I28" s="19"/>
       <c r="J28" s="54">
-        <v>46.4</v>
+        <v>47.2</v>
       </c>
       <c r="K28" s="54"/>
       <c r="L28" s="54">
-        <v>46.5</v>
+        <v>46.9</v>
       </c>
       <c r="M28" s="54"/>
       <c r="N28" s="54">
-        <v>47.8</v>
+        <v>48.9</v>
       </c>
       <c r="O28" s="52"/>
       <c r="P28" s="46"/>
       <c r="Q28" s="66">
-        <v>-100.00000000000142</v>
+        <v>300.00000000000426</v>
       </c>
       <c r="R28" s="66"/>
       <c r="S28" s="66"/>
       <c r="T28" s="66">
-        <v>-1399.9999999999986</v>
+        <v>-1699.9999999999957</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" s="5"/>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="G29" s="21"/>
       <c r="H29" s="5"/>
       <c r="I29" s="5"/>
       <c r="J29" s="55">
-        <v>3.2</v>
+        <v>3.7</v>
       </c>
       <c r="K29" s="55"/>
       <c r="L29" s="55">
-        <v>3.2</v>
+        <v>3.6</v>
       </c>
       <c r="M29" s="55"/>
       <c r="N29" s="55">
-        <v>3.3</v>
+        <v>3.8</v>
       </c>
       <c r="O29" s="45"/>
       <c r="P29" s="56"/>
       <c r="Q29" s="67">
-        <v>0</v>
+        <v>100.00000000000009</v>
       </c>
       <c r="R29" s="67"/>
       <c r="S29" s="67"/>
       <c r="T29" s="67">
         <v>-99.999999999999645</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" s="5"/>
       <c r="B30" s="5"/>
       <c r="C30" s="5"/>
       <c r="D30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="5"/>
       <c r="I30" s="5"/>
       <c r="J30" s="55">
         <v>4.0999999999999996</v>
       </c>
       <c r="K30" s="55"/>
       <c r="L30" s="55">
         <v>4.0999999999999996</v>
       </c>
       <c r="M30" s="55"/>
       <c r="N30" s="55">
         <v>4.3</v>
       </c>
       <c r="O30" s="45"/>
       <c r="P30" s="56"/>
       <c r="Q30" s="67">
         <v>0</v>
       </c>
       <c r="R30" s="67"/>
       <c r="S30" s="67"/>
       <c r="T30" s="67">
         <v>-200.00000000000017</v>
       </c>
     </row>
     <row r="31" spans="1:20" s="14" customFormat="1">
       <c r="B31" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="14" t="s">
         <v>25</v>
       </c>
       <c r="J31" s="54">
-        <v>14.2</v>
+        <v>14.5</v>
       </c>
       <c r="K31" s="57"/>
       <c r="L31" s="54">
-        <v>13.9</v>
+        <v>14.5</v>
       </c>
       <c r="M31" s="57"/>
       <c r="N31" s="54">
-        <v>12.5</v>
+        <v>15.7</v>
       </c>
       <c r="O31" s="48"/>
       <c r="P31" s="58"/>
       <c r="Q31" s="66">
-        <v>299.99999999999892</v>
+        <v>0</v>
       </c>
       <c r="R31" s="66"/>
       <c r="S31" s="66"/>
       <c r="T31" s="66">
-        <v>1699.9999999999993</v>
+        <v>-1199.9999999999993</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="D32" s="22"/>
       <c r="E32" s="22" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="55">
-        <v>12.6</v>
+        <v>13</v>
       </c>
       <c r="K32" s="59"/>
       <c r="L32" s="55">
-        <v>12.4</v>
+        <v>13</v>
       </c>
       <c r="M32" s="59"/>
       <c r="N32" s="55">
-        <v>10.8</v>
+        <v>13.9</v>
       </c>
       <c r="O32" s="37"/>
       <c r="P32" s="37"/>
       <c r="Q32" s="67">
-        <v>199.99999999999929</v>
+        <v>0</v>
       </c>
       <c r="R32" s="67"/>
       <c r="S32" s="67"/>
       <c r="T32" s="67">
-        <v>1799.9999999999989</v>
+        <v>-900.00000000000034</v>
       </c>
     </row>
     <row r="33" spans="2:20" s="14" customFormat="1">
       <c r="C33" s="14" t="s">
         <v>27</v>
       </c>
       <c r="J33" s="54">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="K33" s="57"/>
       <c r="L33" s="54">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="M33" s="57"/>
       <c r="N33" s="54">
         <v>5.6</v>
       </c>
       <c r="O33" s="48"/>
       <c r="P33" s="58"/>
       <c r="Q33" s="66">
         <v>0</v>
       </c>
       <c r="R33" s="66"/>
       <c r="S33" s="66"/>
       <c r="T33" s="66">
-        <v>-199.99999999999929</v>
+        <v>-399.99999999999949</v>
       </c>
     </row>
     <row r="34" spans="2:20">
       <c r="D34" s="22"/>
       <c r="F34" s="22" t="s">
         <v>28</v>
       </c>
       <c r="J34" s="55">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="K34" s="59"/>
       <c r="L34" s="59">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="M34" s="59"/>
       <c r="N34" s="55">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="O34" s="37"/>
       <c r="P34" s="37"/>
       <c r="Q34" s="67">
         <v>0</v>
       </c>
       <c r="R34" s="67"/>
       <c r="S34" s="67"/>
       <c r="T34" s="67">
-        <v>-200.00000000000017</v>
+        <v>-199.99999999999994</v>
       </c>
     </row>
     <row r="35" spans="2:20" s="14" customFormat="1">
       <c r="B35" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>30</v>
       </c>
       <c r="J35" s="57">
-        <v>34.6</v>
+        <v>35</v>
       </c>
       <c r="K35" s="57"/>
       <c r="L35" s="57">
-        <v>34.799999999999997</v>
+        <v>34.9</v>
       </c>
       <c r="M35" s="57"/>
       <c r="N35" s="54">
-        <v>35.4</v>
+        <v>35.1</v>
       </c>
       <c r="O35" s="48"/>
       <c r="P35" s="58"/>
       <c r="Q35" s="66">
-        <v>-199.99999999999574</v>
+        <v>100.00000000000142</v>
       </c>
       <c r="R35" s="66"/>
       <c r="S35" s="66"/>
       <c r="T35" s="66">
-        <v>-799.99999999999716</v>
+        <v>-100.00000000000142</v>
       </c>
     </row>
     <row r="36" spans="2:20">
       <c r="D36" s="22"/>
       <c r="E36" s="22" t="s">
         <v>31</v>
       </c>
       <c r="J36" s="59">
-        <v>28</v>
+        <v>28.3</v>
       </c>
       <c r="K36" s="59"/>
       <c r="L36" s="59">
         <v>28.2</v>
       </c>
       <c r="M36" s="59"/>
       <c r="N36" s="55">
-        <v>28.6</v>
+        <v>28.7</v>
       </c>
       <c r="O36" s="37"/>
       <c r="P36" s="37"/>
       <c r="Q36" s="67">
-        <v>-199.99999999999929</v>
+        <v>100.00000000000142</v>
       </c>
       <c r="R36" s="67"/>
       <c r="S36" s="67"/>
       <c r="T36" s="67">
-        <v>-600.00000000000136</v>
+        <v>-399.99999999999858</v>
       </c>
     </row>
     <row r="37" spans="2:20">
       <c r="D37" s="22"/>
       <c r="F37" s="22" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="59">
-        <v>10</v>
+        <v>10.1</v>
       </c>
       <c r="K37" s="59"/>
       <c r="L37" s="59">
-        <v>10</v>
+        <v>10.1</v>
       </c>
       <c r="M37" s="59"/>
       <c r="N37" s="55">
         <v>10.199999999999999</v>
       </c>
       <c r="O37" s="37"/>
       <c r="P37" s="37"/>
       <c r="Q37" s="67">
         <v>0</v>
       </c>
       <c r="R37" s="67"/>
       <c r="S37" s="67"/>
       <c r="T37" s="67">
-        <v>-199.99999999999929</v>
+        <v>-99.999999999999645</v>
       </c>
     </row>
     <row r="38" spans="2:20">
       <c r="D38" s="22"/>
       <c r="F38" s="22" t="s">
         <v>33</v>
       </c>
       <c r="J38" s="59">
         <v>13.5</v>
       </c>
       <c r="K38" s="59"/>
       <c r="L38" s="59">
-        <v>13.6</v>
+        <v>13.5</v>
       </c>
       <c r="M38" s="59"/>
       <c r="N38" s="55">
         <v>13.8</v>
       </c>
       <c r="O38" s="37"/>
       <c r="P38" s="37"/>
       <c r="Q38" s="67">
-        <v>-99.999999999999645</v>
+        <v>0</v>
       </c>
       <c r="R38" s="67"/>
       <c r="S38" s="67"/>
       <c r="T38" s="67">
         <v>-300.00000000000068</v>
       </c>
     </row>
     <row r="39" spans="2:20" s="14" customFormat="1">
       <c r="C39" s="14" t="s">
         <v>34</v>
       </c>
       <c r="J39" s="57">
-        <v>73.099999999999994</v>
+        <v>70.400000000000006</v>
       </c>
       <c r="K39" s="57"/>
       <c r="L39" s="57">
-        <v>72.5</v>
+        <v>71.900000000000006</v>
       </c>
       <c r="M39" s="57"/>
       <c r="N39" s="54">
-        <v>70.7</v>
+        <v>69.599999999999994</v>
       </c>
       <c r="O39" s="48"/>
       <c r="P39" s="58"/>
       <c r="Q39" s="66">
-        <v>599.99999999999432</v>
+        <v>-1500</v>
       </c>
       <c r="R39" s="66"/>
       <c r="S39" s="66"/>
       <c r="T39" s="66">
-        <v>2399.9999999999914</v>
+        <v>800.00000000001137</v>
       </c>
     </row>
     <row r="40" spans="2:20" s="14" customFormat="1">
       <c r="D40" s="22"/>
       <c r="F40" s="22" t="s">
         <v>35</v>
       </c>
       <c r="G40" s="22"/>
       <c r="H40" s="22"/>
       <c r="I40" s="22"/>
       <c r="J40" s="59">
-        <v>32.9</v>
+        <v>32</v>
       </c>
       <c r="K40" s="59"/>
       <c r="L40" s="59">
-        <v>32.6</v>
+        <v>32</v>
       </c>
       <c r="M40" s="59"/>
       <c r="N40" s="59">
-        <v>31</v>
+        <v>30.9</v>
       </c>
       <c r="O40" s="43"/>
       <c r="P40" s="44"/>
       <c r="Q40" s="68">
-        <v>299.99999999999716</v>
+        <v>0</v>
       </c>
       <c r="R40" s="68"/>
       <c r="S40" s="68"/>
       <c r="T40" s="68">
-        <v>1899.9999999999986</v>
+        <v>1100.0000000000014</v>
       </c>
     </row>
     <row r="41" spans="2:20" s="14" customFormat="1">
       <c r="D41" s="22"/>
       <c r="F41" s="22" t="s">
         <v>36</v>
       </c>
       <c r="G41" s="22"/>
       <c r="H41" s="22"/>
       <c r="I41" s="22"/>
       <c r="J41" s="59">
-        <v>10.1</v>
+        <v>10</v>
       </c>
       <c r="K41" s="59"/>
       <c r="L41" s="59">
-        <v>10.199999999999999</v>
+        <v>10.1</v>
       </c>
       <c r="M41" s="59"/>
       <c r="N41" s="59">
         <v>10.3</v>
       </c>
       <c r="O41" s="43"/>
       <c r="P41" s="44"/>
       <c r="Q41" s="68">
         <v>-99.999999999999645</v>
       </c>
       <c r="R41" s="68"/>
       <c r="S41" s="68"/>
       <c r="T41" s="68">
-        <v>-200.00000000000108</v>
+        <v>-300.00000000000068</v>
       </c>
     </row>
     <row r="42" spans="2:20" s="14" customFormat="1">
       <c r="D42" s="21"/>
       <c r="F42" s="22" t="s">
         <v>37</v>
       </c>
       <c r="G42" s="22"/>
       <c r="H42" s="22"/>
       <c r="I42" s="22"/>
       <c r="J42" s="59">
-        <v>30.1</v>
+        <v>28.4</v>
       </c>
       <c r="K42" s="59"/>
       <c r="L42" s="59">
-        <v>29.7</v>
+        <v>29.8</v>
       </c>
       <c r="M42" s="59"/>
       <c r="N42" s="59">
-        <v>29.4</v>
+        <v>28.4</v>
       </c>
       <c r="O42" s="43"/>
       <c r="P42" s="44"/>
       <c r="Q42" s="68">
-        <v>400.00000000000216</v>
+        <v>-1400.000000000002</v>
       </c>
       <c r="R42" s="68"/>
       <c r="S42" s="68"/>
       <c r="T42" s="68">
-        <v>700.00000000000284</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:20" s="14" customFormat="1">
       <c r="D43" s="21"/>
       <c r="F43" s="22"/>
       <c r="G43" s="22" t="s">
         <v>38</v>
       </c>
       <c r="H43" s="22"/>
       <c r="I43" s="22"/>
       <c r="J43" s="59">
-        <v>8</v>
+        <v>7.7</v>
       </c>
       <c r="K43" s="59"/>
       <c r="L43" s="59">
-        <v>8.1</v>
+        <v>8</v>
       </c>
       <c r="M43" s="59"/>
       <c r="N43" s="59">
-        <v>8</v>
+        <v>7.8</v>
       </c>
       <c r="O43" s="43"/>
       <c r="P43" s="44"/>
       <c r="Q43" s="68">
-        <v>-99.999999999999645</v>
+        <v>-299.99999999999983</v>
       </c>
       <c r="R43" s="68"/>
       <c r="S43" s="68"/>
       <c r="T43" s="68">
-        <v>0</v>
+        <v>-99.999999999999645</v>
       </c>
     </row>
     <row r="44" spans="2:20" s="14" customFormat="1">
       <c r="C44" s="14" t="s">
         <v>39</v>
       </c>
       <c r="D44" s="18"/>
       <c r="J44" s="57">
-        <v>24.4</v>
+        <v>28</v>
       </c>
       <c r="K44" s="57"/>
       <c r="L44" s="57">
-        <v>24.8</v>
+        <v>30.2</v>
       </c>
       <c r="M44" s="57"/>
       <c r="N44" s="57">
-        <v>24.2</v>
+        <v>26.8</v>
       </c>
       <c r="O44" s="48"/>
       <c r="P44" s="58"/>
       <c r="Q44" s="69">
-        <v>-400.00000000000216</v>
+        <v>-2199.9999999999991</v>
       </c>
       <c r="R44" s="69"/>
       <c r="S44" s="69"/>
       <c r="T44" s="69">
-        <v>199.99999999999929</v>
+        <v>1199.9999999999993</v>
       </c>
     </row>
     <row r="45" spans="2:20">
       <c r="D45" s="22"/>
       <c r="F45" s="22" t="s">
         <v>40</v>
       </c>
       <c r="J45" s="59">
-        <v>14.4</v>
+        <v>17.2</v>
       </c>
       <c r="K45" s="59"/>
       <c r="L45" s="59">
-        <v>14.5</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="M45" s="59"/>
       <c r="N45" s="59">
-        <v>14.1</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="O45" s="37"/>
       <c r="P45" s="37"/>
       <c r="Q45" s="68">
-        <v>-99.999999999999645</v>
+        <v>-1400.000000000002</v>
       </c>
       <c r="R45" s="68"/>
       <c r="S45" s="68"/>
       <c r="T45" s="68">
-        <v>300.00000000000068</v>
+        <v>800.00000000000068</v>
       </c>
     </row>
     <row r="46" spans="2:20" s="14" customFormat="1">
       <c r="C46" s="14" t="s">
         <v>41</v>
       </c>
       <c r="J46" s="57">
-        <v>84.9</v>
+        <v>87.2</v>
       </c>
       <c r="K46" s="57"/>
       <c r="L46" s="57">
-        <v>85.8</v>
+        <v>86.5</v>
       </c>
       <c r="M46" s="57"/>
       <c r="N46" s="57">
-        <v>85.4</v>
+        <v>86.9</v>
       </c>
       <c r="O46" s="48"/>
       <c r="P46" s="58"/>
       <c r="Q46" s="69">
-        <v>-899.99999999999147</v>
+        <v>700.00000000000284</v>
       </c>
       <c r="R46" s="69"/>
       <c r="S46" s="69"/>
       <c r="T46" s="69">
-        <v>-500</v>
+        <v>299.99999999999716</v>
       </c>
     </row>
     <row r="47" spans="2:20">
       <c r="D47" s="22"/>
       <c r="F47" s="22" t="s">
         <v>42</v>
       </c>
       <c r="J47" s="59">
-        <v>28.2</v>
+        <v>28.7</v>
       </c>
       <c r="K47" s="59"/>
       <c r="L47" s="59">
-        <v>28.4</v>
+        <v>28.6</v>
       </c>
       <c r="M47" s="59"/>
       <c r="N47" s="59">
-        <v>29.4</v>
+        <v>29.7</v>
       </c>
       <c r="O47" s="37"/>
       <c r="P47" s="37"/>
       <c r="Q47" s="68">
-        <v>-199.99999999999929</v>
+        <v>99.999999999997868</v>
       </c>
       <c r="R47" s="68"/>
       <c r="S47" s="68"/>
       <c r="T47" s="68">
-        <v>-1199.9999999999993</v>
+        <v>-1000</v>
       </c>
     </row>
     <row r="48" spans="2:20">
       <c r="D48" s="22"/>
       <c r="F48" s="22" t="s">
         <v>43</v>
       </c>
       <c r="J48" s="59">
-        <v>24</v>
+        <v>24.9</v>
       </c>
       <c r="K48" s="59"/>
       <c r="L48" s="59">
-        <v>24.3</v>
+        <v>24.7</v>
       </c>
       <c r="M48" s="59"/>
       <c r="N48" s="59">
-        <v>24.2</v>
+        <v>24.6</v>
       </c>
       <c r="O48" s="37"/>
       <c r="P48" s="37"/>
       <c r="Q48" s="68">
-        <v>-300.00000000000068</v>
+        <v>199.99999999999929</v>
       </c>
       <c r="R48" s="68"/>
       <c r="S48" s="68"/>
       <c r="T48" s="68">
-        <v>-199.99999999999929</v>
+        <v>299.99999999999716</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="D49" s="22"/>
       <c r="F49" s="22" t="s">
         <v>44</v>
       </c>
       <c r="J49" s="59">
-        <v>16.7</v>
+        <v>17.100000000000001</v>
       </c>
       <c r="K49" s="59"/>
       <c r="L49" s="59">
         <v>16.899999999999999</v>
       </c>
       <c r="M49" s="59"/>
       <c r="N49" s="59">
-        <v>16.3</v>
+        <v>16.600000000000001</v>
       </c>
       <c r="O49" s="37"/>
       <c r="P49" s="37"/>
       <c r="Q49" s="68">
-        <v>-199.99999999999929</v>
+        <v>200.00000000000284</v>
       </c>
       <c r="R49" s="68"/>
       <c r="S49" s="68"/>
       <c r="T49" s="68">
-        <v>399.99999999999858</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="D50" s="22"/>
       <c r="F50" s="22" t="s">
         <v>45</v>
       </c>
       <c r="J50" s="59">
-        <v>16</v>
+        <v>16.5</v>
       </c>
       <c r="K50" s="59"/>
       <c r="L50" s="59">
-        <v>16.2</v>
+        <v>16.3</v>
       </c>
       <c r="M50" s="59"/>
       <c r="N50" s="59">
-        <v>15.5</v>
+        <v>16</v>
       </c>
       <c r="O50" s="37"/>
       <c r="P50" s="37"/>
       <c r="Q50" s="68">
-        <v>-199.99999999999929</v>
+        <v>199.99999999999929</v>
       </c>
       <c r="R50" s="68"/>
       <c r="S50" s="68"/>
       <c r="T50" s="68">
         <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:20" s="14" customFormat="1">
       <c r="C51" s="14" t="s">
         <v>46</v>
       </c>
       <c r="J51" s="57">
-        <v>10.1</v>
+        <v>7.1</v>
       </c>
       <c r="K51" s="57"/>
       <c r="L51" s="57">
-        <v>10.199999999999999</v>
+        <v>7.1</v>
       </c>
       <c r="M51" s="57"/>
       <c r="N51" s="57">
-        <v>10.6</v>
+        <v>7.3</v>
       </c>
       <c r="O51" s="48"/>
       <c r="P51" s="58"/>
       <c r="Q51" s="69">
-        <v>-99.999999999999645</v>
+        <v>0</v>
       </c>
       <c r="R51" s="69"/>
       <c r="S51" s="69"/>
       <c r="T51" s="69">
-        <v>-500</v>
+        <v>-200.00000000000017</v>
       </c>
     </row>
     <row r="52" spans="1:20" s="14" customFormat="1">
       <c r="C52" s="14" t="s">
         <v>47</v>
       </c>
       <c r="J52" s="57">
-        <v>56.7</v>
+        <v>49.2</v>
       </c>
       <c r="K52" s="57"/>
       <c r="L52" s="57">
-        <v>57.3</v>
+        <v>49.6</v>
       </c>
       <c r="M52" s="57"/>
       <c r="N52" s="57">
-        <v>55.9</v>
+        <v>50.1</v>
       </c>
       <c r="O52" s="48"/>
       <c r="P52" s="58"/>
       <c r="Q52" s="69">
-        <v>-599.99999999999432</v>
+        <v>-399.99999999999858</v>
       </c>
       <c r="R52" s="69"/>
       <c r="S52" s="69"/>
       <c r="T52" s="69">
-        <v>800.00000000000432</v>
+        <v>-899.99999999999864</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="D53" s="22"/>
       <c r="F53" s="22" t="s">
         <v>48</v>
       </c>
       <c r="J53" s="59">
-        <v>7.5</v>
+        <v>6.4</v>
       </c>
       <c r="K53" s="59"/>
       <c r="L53" s="59">
-        <v>7.6</v>
+        <v>6.5</v>
       </c>
       <c r="M53" s="59"/>
       <c r="N53" s="59">
-        <v>7.3</v>
+        <v>6.2</v>
       </c>
       <c r="O53" s="37"/>
       <c r="P53" s="37"/>
       <c r="Q53" s="68">
         <v>-99.999999999999645</v>
       </c>
       <c r="R53" s="68"/>
       <c r="S53" s="68"/>
       <c r="T53" s="68">
         <v>200.00000000000017</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="D54" s="22"/>
       <c r="F54" s="22" t="s">
         <v>49</v>
       </c>
       <c r="J54" s="59">
-        <v>49.2</v>
+        <v>42.8</v>
       </c>
       <c r="K54" s="59"/>
       <c r="L54" s="59">
-        <v>49.7</v>
+        <v>43.1</v>
       </c>
       <c r="M54" s="59"/>
       <c r="N54" s="59">
-        <v>48.6</v>
+        <v>43.9</v>
       </c>
       <c r="O54" s="37"/>
       <c r="P54" s="37"/>
       <c r="Q54" s="68">
-        <v>-500</v>
+        <v>-300.00000000000426</v>
       </c>
       <c r="R54" s="68"/>
       <c r="S54" s="68"/>
       <c r="T54" s="68">
-        <v>600.00000000000136</v>
+        <v>-1100.0000000000014</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="D55" s="22"/>
       <c r="G55" s="22" t="s">
         <v>61</v>
       </c>
       <c r="J55" s="59">
-        <v>42.1</v>
+        <v>36.700000000000003</v>
       </c>
       <c r="K55" s="59"/>
       <c r="L55" s="59">
-        <v>42.7</v>
+        <v>37.200000000000003</v>
       </c>
       <c r="M55" s="59"/>
       <c r="N55" s="59">
-        <v>43.8</v>
+        <v>38.1</v>
       </c>
       <c r="O55" s="37"/>
       <c r="P55" s="37"/>
       <c r="Q55" s="68">
-        <v>-600.00000000000136</v>
+        <v>-500</v>
       </c>
       <c r="R55" s="68"/>
       <c r="S55" s="68"/>
       <c r="T55" s="68">
-        <v>-1699.9999999999957</v>
+        <v>-1399.9999999999986</v>
       </c>
     </row>
     <row r="56" spans="1:20" s="14" customFormat="1">
       <c r="C56" s="14" t="s">
         <v>50</v>
       </c>
       <c r="J56" s="57">
-        <v>23.5</v>
+        <v>22.7</v>
       </c>
       <c r="K56" s="57"/>
       <c r="L56" s="57">
-        <v>23.7</v>
+        <v>22.7</v>
       </c>
       <c r="M56" s="57"/>
       <c r="N56" s="57">
-        <v>23.4</v>
+        <v>22.3</v>
       </c>
       <c r="O56" s="48"/>
       <c r="P56" s="58"/>
       <c r="Q56" s="69">
-        <v>-199.99999999999929</v>
+        <v>0</v>
       </c>
       <c r="R56" s="69"/>
       <c r="S56" s="69"/>
       <c r="T56" s="69">
-        <v>100.00000000000142</v>
+        <v>399.99999999999858</v>
       </c>
     </row>
     <row r="57" spans="1:20" s="14" customFormat="1">
       <c r="C57" s="14" t="s">
         <v>51</v>
       </c>
       <c r="J57" s="57">
-        <v>62.5</v>
+        <v>67.5</v>
       </c>
       <c r="K57" s="57"/>
       <c r="L57" s="57">
-        <v>62.6</v>
+        <v>67.099999999999994</v>
       </c>
       <c r="M57" s="57"/>
       <c r="N57" s="57">
-        <v>62.3</v>
+        <v>67.5</v>
       </c>
       <c r="O57" s="48"/>
       <c r="P57" s="58"/>
       <c r="Q57" s="69">
-        <v>-100.00000000000142</v>
+        <v>400.00000000000568</v>
       </c>
       <c r="R57" s="69"/>
       <c r="S57" s="69"/>
       <c r="T57" s="69">
-        <v>200.00000000000284</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:20" s="14" customFormat="1">
       <c r="A58" s="22"/>
       <c r="B58" s="22"/>
       <c r="C58" s="22"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="22" t="s">
         <v>52</v>
       </c>
       <c r="G58" s="22"/>
       <c r="H58" s="22"/>
       <c r="I58" s="22"/>
       <c r="J58" s="59">
-        <v>11.5</v>
+        <v>11</v>
       </c>
       <c r="K58" s="59"/>
       <c r="L58" s="59">
-        <v>11.7</v>
+        <v>11</v>
       </c>
       <c r="M58" s="59"/>
       <c r="N58" s="59">
-        <v>11.9</v>
+        <v>12</v>
       </c>
       <c r="O58" s="43"/>
       <c r="P58" s="44"/>
       <c r="Q58" s="68">
-        <v>-199.99999999999929</v>
+        <v>0</v>
       </c>
       <c r="R58" s="68"/>
       <c r="S58" s="68"/>
       <c r="T58" s="68">
-        <v>-400.00000000000034</v>
+        <v>-1000</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="D59" s="22"/>
       <c r="F59" s="22" t="s">
         <v>53</v>
       </c>
       <c r="J59" s="59">
-        <v>19.7</v>
+        <v>21.9</v>
       </c>
       <c r="K59" s="59"/>
       <c r="L59" s="59">
-        <v>19.399999999999999</v>
+        <v>21.5</v>
       </c>
       <c r="M59" s="59"/>
       <c r="N59" s="59">
-        <v>19.399999999999999</v>
+        <v>21.3</v>
       </c>
       <c r="O59" s="37"/>
       <c r="P59" s="37"/>
       <c r="Q59" s="68">
-        <v>300.00000000000068</v>
+        <v>399.99999999999858</v>
       </c>
       <c r="R59" s="68"/>
       <c r="S59" s="68"/>
       <c r="T59" s="68">
-        <v>300.00000000000068</v>
+        <v>599.99999999999784</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="D60" s="22"/>
       <c r="G60" s="22" t="s">
         <v>62</v>
       </c>
       <c r="J60" s="59">
-        <v>6.1</v>
+        <v>8.6</v>
       </c>
       <c r="K60" s="59"/>
       <c r="L60" s="59">
-        <v>6</v>
+        <v>8.5</v>
       </c>
       <c r="M60" s="59"/>
       <c r="N60" s="59">
-        <v>6.1</v>
+        <v>8.5</v>
       </c>
       <c r="O60" s="37"/>
       <c r="P60" s="37"/>
       <c r="Q60" s="68">
         <v>99.999999999999645</v>
       </c>
       <c r="R60" s="68"/>
       <c r="S60" s="68"/>
       <c r="T60" s="68">
-        <v>0</v>
+        <v>99.999999999999645</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="D61" s="22"/>
       <c r="G61" s="22" t="s">
         <v>63</v>
       </c>
       <c r="J61" s="59">
-        <v>13.6</v>
+        <v>13.3</v>
       </c>
       <c r="K61" s="59"/>
       <c r="L61" s="59">
-        <v>13.4</v>
+        <v>13</v>
       </c>
       <c r="M61" s="59"/>
       <c r="N61" s="59">
-        <v>13.3</v>
+        <v>12.8</v>
       </c>
       <c r="O61" s="37"/>
       <c r="P61" s="37"/>
       <c r="Q61" s="68">
-        <v>199.99999999999929</v>
+        <v>300.00000000000068</v>
       </c>
       <c r="R61" s="68"/>
       <c r="S61" s="68"/>
       <c r="T61" s="68">
-        <v>299.99999999999892</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="D62" s="22"/>
       <c r="F62" s="22" t="s">
         <v>54</v>
       </c>
       <c r="J62" s="59">
-        <v>31.3</v>
+        <v>34.6</v>
       </c>
       <c r="K62" s="59"/>
       <c r="L62" s="59">
-        <v>31.5</v>
+        <v>34.6</v>
       </c>
       <c r="M62" s="59"/>
       <c r="N62" s="59">
-        <v>31</v>
+        <v>34.200000000000003</v>
       </c>
       <c r="O62" s="37"/>
       <c r="P62" s="37"/>
       <c r="Q62" s="68">
-        <v>-199.99999999999929</v>
+        <v>0</v>
       </c>
       <c r="R62" s="68"/>
       <c r="S62" s="68"/>
       <c r="T62" s="68">
-        <v>300.00000000000068</v>
+        <v>399.99999999999858</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="D63" s="22"/>
       <c r="G63" s="22" t="s">
         <v>55</v>
       </c>
       <c r="J63" s="59">
-        <v>16.8</v>
+        <v>21.5</v>
       </c>
       <c r="K63" s="59"/>
       <c r="L63" s="59">
-        <v>17.100000000000001</v>
+        <v>21.5</v>
       </c>
       <c r="M63" s="59"/>
       <c r="N63" s="59">
-        <v>17.2</v>
+        <v>21.5</v>
       </c>
       <c r="O63" s="37"/>
       <c r="P63" s="37"/>
       <c r="Q63" s="68">
-        <v>-300.00000000000068</v>
+        <v>0</v>
       </c>
       <c r="R63" s="68"/>
       <c r="S63" s="68"/>
       <c r="T63" s="68">
-        <v>-399.99999999999858</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="D64" s="22"/>
       <c r="G64" s="22" t="s">
         <v>56</v>
       </c>
       <c r="J64" s="59">
-        <v>14.5</v>
+        <v>13.1</v>
       </c>
       <c r="K64" s="59"/>
       <c r="L64" s="59">
-        <v>14.4</v>
+        <v>13.1</v>
       </c>
       <c r="M64" s="59"/>
       <c r="N64" s="59">
-        <v>13.8</v>
+        <v>12.7</v>
       </c>
       <c r="O64" s="37"/>
       <c r="P64" s="37"/>
       <c r="Q64" s="68">
-        <v>99.999999999999645</v>
+        <v>0</v>
       </c>
       <c r="R64" s="68"/>
       <c r="S64" s="68"/>
       <c r="T64" s="68">
-        <v>699.99999999999932</v>
+        <v>400.00000000000034</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="D65" s="22"/>
       <c r="J65" s="24"/>
       <c r="K65" s="24"/>
       <c r="L65" s="24"/>
       <c r="M65" s="24"/>
       <c r="N65" s="24"/>
       <c r="Q65" s="31"/>
       <c r="R65" s="32"/>
       <c r="S65" s="31"/>
       <c r="T65" s="32"/>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" s="22" t="s">
         <v>57</v>
       </c>
       <c r="D66" s="22"/>
       <c r="P66" s="22"/>
       <c r="Q66" s="32"/>
       <c r="R66" s="32"/>
       <c r="S66" s="32"/>
       <c r="T66" s="32"/>
     </row>