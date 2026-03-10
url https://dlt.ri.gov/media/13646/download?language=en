--- v0 (2025-10-19)
+++ v1 (2026-03-10)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="172" documentId="6_{ABB743F9-D40A-4F37-9C29-7C6D0F875BCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F304C898-8608-498F-BE3A-359F8458DA10}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="14_{CAB959F0-798B-47A3-B035-D27458FC66A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AEA6A635-84A5-44F4-B398-5381E0609500}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MFG" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">MFG!$A$1:$R$31</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="22">
   <si>
@@ -94,54 +94,54 @@
   <si>
     <t>Chemical Manufacturing</t>
   </si>
   <si>
     <t>* Hours and earnings are not Bureau of Labor Statistics (BLS) approved.</t>
   </si>
   <si>
     <t>Some subcategories are not additive.</t>
   </si>
   <si>
     <t>Current month figures are preliminary and subject to revision.</t>
   </si>
   <si>
     <t>NET CHANGE FROM</t>
   </si>
   <si>
     <t>MANUFACTURING EMPLOYMENT IN RHODE ISLAND - UNADJUSTED</t>
   </si>
   <si>
     <t>Miscellaneous DG Manufacturing</t>
   </si>
   <si>
     <t>Transportation Equipment Mfg.</t>
   </si>
   <si>
-    <t>JUL</t>
-[...2 lines deleted...]
-    <t>AUG</t>
+    <t>NOV</t>
+  </si>
+  <si>
+    <t>DEC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
@@ -549,51 +549,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="50" zoomScaleSheetLayoutView="75" workbookViewId="0">
-      <selection activeCell="B11" sqref="B11"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="3.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="33.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="4.140625" style="1" customWidth="1"/>
     <col min="5" max="7" width="6.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="7.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="1.85546875" style="1" customWidth="1"/>
     <col min="12" max="14" width="6.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="1" customWidth="1"/>
     <col min="16" max="18" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="1.7109375" style="1" customWidth="1"/>
     <col min="20" max="20" width="14.5703125" style="1" customWidth="1"/>
     <col min="21" max="22" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:22" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A2" s="28" t="s">
@@ -793,199 +793,199 @@
       </c>
       <c r="O11" s="10"/>
       <c r="P11" s="10">
         <v>2025</v>
       </c>
       <c r="Q11" s="10">
         <v>2025</v>
       </c>
       <c r="R11" s="10">
         <v>2024</v>
       </c>
     </row>
     <row r="12" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A12" s="11"/>
       <c r="B12" s="11"/>
       <c r="C12" s="11"/>
     </row>
     <row r="13" spans="1:22" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="12"/>
       <c r="C13" s="12"/>
       <c r="D13" s="12"/>
       <c r="E13" s="13">
-        <v>40.5</v>
+        <v>40.4</v>
       </c>
       <c r="F13" s="13">
-        <v>40.200000000000003</v>
+        <v>40.299999999999997</v>
       </c>
       <c r="G13" s="13">
-        <v>39.9</v>
+        <v>40.1</v>
       </c>
       <c r="H13" s="13"/>
       <c r="I13" s="14">
+        <v>100.00000000000142</v>
+      </c>
+      <c r="J13" s="14">
         <v>299.99999999999716</v>
-      </c>
-[...1 lines deleted...]
-        <v>600.00000000000136</v>
       </c>
       <c r="K13" s="13"/>
       <c r="L13" s="13">
-        <v>40.9</v>
+        <v>42</v>
       </c>
       <c r="M13" s="13">
-        <v>40.9</v>
+        <v>42.2</v>
       </c>
       <c r="N13" s="13">
         <v>40.5</v>
       </c>
       <c r="O13" s="13"/>
       <c r="P13" s="15">
-        <v>26.46</v>
+        <v>25.53</v>
       </c>
       <c r="Q13" s="15">
-        <v>26.56</v>
+        <v>26.16</v>
       </c>
       <c r="R13" s="15">
-        <v>26.01</v>
+        <v>25.52</v>
       </c>
       <c r="T13" s="17"/>
       <c r="U13" s="17"/>
       <c r="V13" s="17"/>
     </row>
     <row r="14" spans="1:22" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="12"/>
       <c r="B14" s="12"/>
       <c r="C14" s="12"/>
       <c r="D14" s="12"/>
       <c r="E14" s="13"/>
       <c r="F14" s="13"/>
       <c r="G14" s="13"/>
       <c r="H14" s="13"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="13"/>
       <c r="L14" s="13"/>
       <c r="M14" s="13"/>
       <c r="N14" s="13"/>
       <c r="O14" s="13"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14" s="15"/>
     </row>
     <row r="15" spans="1:22" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="12"/>
       <c r="B15" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
       <c r="E15" s="13">
+        <v>26.5</v>
+      </c>
+      <c r="F15" s="13">
         <v>26.4</v>
       </c>
-      <c r="F15" s="13">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="13">
-        <v>25.6</v>
+        <v>25.9</v>
       </c>
       <c r="H15" s="13"/>
       <c r="I15" s="14">
-        <v>199.99999999999929</v>
+        <v>100.00000000000142</v>
       </c>
       <c r="J15" s="14">
-        <v>799.99999999999716</v>
+        <v>600.00000000000136</v>
       </c>
       <c r="K15" s="13"/>
       <c r="L15" s="13">
+        <v>35.4</v>
+      </c>
+      <c r="M15" s="13">
         <v>36.1</v>
       </c>
-      <c r="M15" s="13">
-[...1 lines deleted...]
-      </c>
       <c r="N15" s="13">
-        <v>36.5</v>
+        <v>37.200000000000003</v>
       </c>
       <c r="O15" s="13"/>
       <c r="P15" s="15">
-        <v>25.33</v>
+        <v>24.5</v>
       </c>
       <c r="Q15" s="15">
-        <v>24.89</v>
+        <v>25.05</v>
       </c>
       <c r="R15" s="15">
-        <v>25.55</v>
+        <v>25.48</v>
       </c>
       <c r="T15" s="17"/>
       <c r="U15" s="17"/>
       <c r="V15" s="17"/>
     </row>
     <row r="16" spans="1:22" s="16" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="12"/>
       <c r="B16" s="12"/>
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="13"/>
       <c r="F16" s="13"/>
       <c r="G16" s="13"/>
       <c r="H16" s="13"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="13"/>
       <c r="L16" s="13"/>
       <c r="M16" s="13"/>
       <c r="N16" s="13"/>
       <c r="O16" s="13"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16" s="15"/>
       <c r="T16" s="17"/>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="7">
-        <v>4.3</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="F17" s="7">
         <v>4.3</v>
       </c>
       <c r="G17" s="7">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="H17" s="7"/>
       <c r="I17" s="18">
-        <v>0</v>
+        <v>100.00000000000054</v>
       </c>
       <c r="J17" s="18">
-        <v>99.999999999999645</v>
+        <v>100.00000000000054</v>
       </c>
       <c r="K17" s="7"/>
       <c r="L17" s="7"/>
       <c r="M17" s="7"/>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
       <c r="P17" s="19"/>
       <c r="Q17" s="19"/>
       <c r="R17" s="19"/>
       <c r="T17" s="20"/>
       <c r="U17" s="20"/>
       <c r="V17" s="20"/>
     </row>
     <row r="18" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A18" s="2"/>
       <c r="B18" s="7"/>
       <c r="C18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="7">
         <v>3.6</v>
       </c>
       <c r="F18" s="7">
         <v>3.6</v>
@@ -997,64 +997,64 @@
       <c r="I18" s="18">
         <v>0</v>
       </c>
       <c r="J18" s="18">
         <v>100.00000000000009</v>
       </c>
       <c r="K18" s="7"/>
       <c r="L18" s="24"/>
       <c r="M18" s="24"/>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="25"/>
       <c r="R18" s="25"/>
       <c r="T18" s="20"/>
       <c r="U18" s="20"/>
       <c r="V18" s="20"/>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.2">
       <c r="B19" s="7"/>
       <c r="C19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="7">
-        <v>8.6</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="F19" s="7">
-        <v>8.5</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="G19" s="7">
         <v>8.1999999999999993</v>
       </c>
       <c r="H19" s="7"/>
       <c r="I19" s="18">
-        <v>99.999999999999645</v>
+        <v>0</v>
       </c>
       <c r="J19" s="18">
-        <v>400.00000000000034</v>
+        <v>500</v>
       </c>
       <c r="K19" s="7"/>
       <c r="L19" s="24"/>
       <c r="M19" s="24"/>
       <c r="N19" s="24"/>
       <c r="O19" s="24"/>
       <c r="P19" s="25"/>
       <c r="Q19" s="25"/>
       <c r="R19" s="25"/>
       <c r="T19" s="20"/>
       <c r="U19" s="20"/>
       <c r="V19" s="20"/>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="7">
         <v>3.6</v>
       </c>
       <c r="F20" s="7">
         <v>3.6</v>
@@ -1125,131 +1125,131 @@
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="7"/>
       <c r="I22" s="18"/>
       <c r="J22" s="18"/>
       <c r="K22" s="7"/>
       <c r="L22" s="7"/>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
       <c r="P22" s="19"/>
       <c r="Q22" s="19"/>
       <c r="R22" s="19"/>
       <c r="T22" s="20"/>
       <c r="U22" s="20"/>
       <c r="V22" s="20"/>
     </row>
     <row r="23" spans="1:22" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="12"/>
       <c r="B23" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="12"/>
       <c r="D23" s="12"/>
       <c r="E23" s="13">
-        <v>14.1</v>
+        <v>13.9</v>
       </c>
       <c r="F23" s="13">
-        <v>14</v>
+        <v>13.9</v>
       </c>
       <c r="G23" s="13">
-        <v>14.3</v>
+        <v>14.2</v>
       </c>
       <c r="H23" s="13"/>
       <c r="I23" s="14">
-        <v>99.999999999999645</v>
+        <v>0</v>
       </c>
       <c r="J23" s="14">
-        <v>-200.00000000000108</v>
+        <v>-299.99999999999892</v>
       </c>
       <c r="K23" s="13"/>
       <c r="L23" s="13">
-        <v>43.2</v>
+        <v>41.8</v>
       </c>
       <c r="M23" s="13">
-        <v>41.6</v>
+        <v>43</v>
       </c>
       <c r="N23" s="13">
-        <v>42.1</v>
+        <v>40.9</v>
       </c>
       <c r="O23" s="13"/>
       <c r="P23" s="15">
-        <v>30.07</v>
+        <v>30.61</v>
       </c>
       <c r="Q23" s="15">
-        <v>29.3</v>
+        <v>31.03</v>
       </c>
       <c r="R23" s="15">
-        <v>27.36</v>
+        <v>28.16</v>
       </c>
       <c r="T23" s="20"/>
       <c r="U23" s="20"/>
       <c r="V23" s="20"/>
     </row>
     <row r="24" spans="1:22" s="16" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12"/>
       <c r="B24" s="12"/>
       <c r="C24" s="12"/>
       <c r="D24" s="12"/>
       <c r="E24" s="13"/>
       <c r="F24" s="13"/>
       <c r="G24" s="13"/>
       <c r="H24" s="13"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="13"/>
       <c r="L24" s="13"/>
       <c r="M24" s="13"/>
       <c r="N24" s="13"/>
       <c r="O24" s="13"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" s="15"/>
       <c r="T24" s="20"/>
       <c r="U24" s="20"/>
       <c r="V24" s="20"/>
     </row>
     <row r="25" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A25" s="2"/>
       <c r="B25" s="7"/>
       <c r="C25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="7">
         <v>2.5</v>
       </c>
       <c r="F25" s="7">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
       <c r="G25" s="7">
         <v>2.5</v>
       </c>
       <c r="H25" s="7"/>
       <c r="I25" s="18">
-        <v>0</v>
+        <v>100.00000000000009</v>
       </c>
       <c r="J25" s="18">
         <v>0</v>
       </c>
       <c r="K25" s="7"/>
       <c r="L25" s="24"/>
       <c r="M25" s="24"/>
       <c r="N25" s="24"/>
       <c r="O25" s="24"/>
       <c r="P25" s="25"/>
       <c r="Q25" s="25"/>
       <c r="R25" s="25"/>
       <c r="T25" s="20"/>
       <c r="U25" s="20"/>
       <c r="V25" s="20"/>
     </row>
     <row r="26" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>