--- v0 (2025-10-27)
+++ v1 (2026-03-09)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="14" documentId="8_{3C6EB7B8-BAD8-4C55-AF00-B81B96ACDA83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AE2BD376-32ED-44DD-9174-E7DDE2B4C397}"/>
+  <xr:revisionPtr revIDLastSave="20" documentId="8_{3C6EB7B8-BAD8-4C55-AF00-B81B96ACDA83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{04D55244-B139-4BE2-B7D7-55EA2E2B10F2}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="24">
   <si>
     <t>ANNUAL</t>
   </si>
   <si>
@@ -743,126 +743,150 @@
       <c r="B7" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="14">
         <v>1035.7829999999999</v>
       </c>
       <c r="D7" s="15">
         <v>1014.1559999999999</v>
       </c>
       <c r="E7" s="15">
         <v>1051.7849999999999</v>
       </c>
       <c r="F7" s="15">
         <v>1075.865</v>
       </c>
       <c r="G7" s="15">
         <v>1061.682</v>
       </c>
       <c r="H7" s="15">
         <v>1056.5900000000001</v>
       </c>
       <c r="I7" s="15">
         <v>1086.3039999999999</v>
       </c>
       <c r="J7" s="15">
-        <v>1082.2139999999999</v>
-[...4 lines deleted...]
-      <c r="N7" s="15"/>
+        <v>1102.9650000000001</v>
+      </c>
+      <c r="K7" s="15">
+        <v>1078.3429999999998</v>
+      </c>
+      <c r="L7" s="15">
+        <v>1096.7050000000002</v>
+      </c>
+      <c r="M7" s="15">
+        <v>1103.952</v>
+      </c>
+      <c r="N7" s="15">
+        <v>1072.26</v>
+      </c>
       <c r="O7" s="15"/>
     </row>
     <row r="8" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="9"/>
       <c r="B8" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="16">
         <v>40.1</v>
       </c>
       <c r="D8" s="17">
         <v>39.4</v>
       </c>
       <c r="E8" s="17">
         <v>40.5</v>
       </c>
       <c r="F8" s="17">
         <v>41.3</v>
       </c>
       <c r="G8" s="17">
         <v>41.7</v>
       </c>
       <c r="H8" s="17">
         <v>41.5</v>
       </c>
       <c r="I8" s="17">
         <v>40.9</v>
       </c>
       <c r="J8" s="17">
-        <v>40.9</v>
-[...4 lines deleted...]
-      <c r="N8" s="13"/>
+        <v>41.7</v>
+      </c>
+      <c r="K8" s="17">
+        <v>41.3</v>
+      </c>
+      <c r="L8" s="17">
+        <v>42.1</v>
+      </c>
+      <c r="M8" s="17">
+        <v>42.2</v>
+      </c>
+      <c r="N8" s="13">
+        <v>42</v>
+      </c>
       <c r="O8" s="17"/>
     </row>
     <row r="9" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="9"/>
       <c r="B9" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="18">
         <v>25.83</v>
       </c>
       <c r="D9" s="15">
         <v>25.74</v>
       </c>
       <c r="E9" s="15">
         <v>25.97</v>
       </c>
       <c r="F9" s="15">
         <v>26.05</v>
       </c>
       <c r="G9" s="15">
         <v>25.46</v>
       </c>
       <c r="H9" s="15">
         <v>25.46</v>
       </c>
       <c r="I9" s="15">
         <v>26.56</v>
       </c>
       <c r="J9" s="15">
-        <v>26.46</v>
-[...4 lines deleted...]
-      <c r="N9" s="15"/>
+        <v>26.45</v>
+      </c>
+      <c r="K9" s="15">
+        <v>26.11</v>
+      </c>
+      <c r="L9" s="15">
+        <v>26.05</v>
+      </c>
+      <c r="M9" s="15">
+        <v>26.16</v>
+      </c>
+      <c r="N9" s="15">
+        <v>25.53</v>
+      </c>
       <c r="O9" s="15"/>
     </row>
     <row r="10" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="12"/>
       <c r="B10" s="13"/>
       <c r="C10" s="12"/>
       <c r="D10" s="12"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
       <c r="M10" s="12"/>
       <c r="N10" s="12"/>
       <c r="O10" s="12"/>
     </row>
     <row r="11" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="12">
         <v>2024</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>16</v>