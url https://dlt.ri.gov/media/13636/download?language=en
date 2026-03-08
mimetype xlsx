--- v0 (2025-10-19)
+++ v1 (2026-03-08)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="205" documentId="6_{AA057ACA-41EC-4037-938E-CE878B00C960}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D68EDCAF-ABC4-4A8B-8517-2FF65957CE88}"/>
+  <xr:revisionPtr revIDLastSave="224" documentId="6_{AA057ACA-41EC-4037-938E-CE878B00C960}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A836FD40-8AEA-40C1-B911-15DBC4C1A2E3}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G4" i="1" l="1"/>
   <c r="F4" i="1"/>
 </calcChain>
 </file>
@@ -134,51 +135,51 @@
   <si>
     <t xml:space="preserve">      Educational Services</t>
   </si>
   <si>
     <t xml:space="preserve">      Health Care &amp; Social Assistance</t>
   </si>
   <si>
     <t xml:space="preserve">   Leisure &amp; Hospitality</t>
   </si>
   <si>
     <t xml:space="preserve">      Arts, Entertainment &amp; Recreation</t>
   </si>
   <si>
     <t xml:space="preserve">      Accommodation &amp; Food Services</t>
   </si>
   <si>
     <t xml:space="preserve">      Federal Government</t>
   </si>
   <si>
     <t xml:space="preserve">      State Government</t>
   </si>
   <si>
     <t xml:space="preserve">      Local Government</t>
   </si>
   <si>
-    <t>9/2025</t>
+    <t>1/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
@@ -269,51 +270,55 @@
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_2006SA REF" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -590,675 +595,675 @@
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
       <c r="F2" s="16"/>
       <c r="G2" s="16"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="17" t="s">
         <v>2</v>
       </c>
       <c r="G3" s="17"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
-        <v>45870</v>
+        <v>45992</v>
       </c>
       <c r="C4" s="4">
-        <v>45839</v>
+        <v>45962</v>
       </c>
       <c r="D4" s="4">
-        <v>45505</v>
+        <v>45627</v>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="6">
         <f>+C4</f>
-        <v>45839</v>
+        <v>45962</v>
       </c>
       <c r="G4" s="6">
         <f>+D4</f>
-        <v>45505</v>
+        <v>45627</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="8">
-        <v>513.70000000000005</v>
+        <v>513.1</v>
       </c>
       <c r="C5" s="8">
-        <v>513.20000000000005</v>
+        <v>513.6</v>
       </c>
       <c r="D5" s="8">
-        <v>512</v>
+        <v>514.5</v>
       </c>
       <c r="E5" s="9"/>
       <c r="F5" s="10">
-        <v>0.5</v>
+        <v>-0.5</v>
       </c>
       <c r="G5" s="10">
-        <v>1.7000000000000455</v>
+        <v>-1.3999999999999773</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="8">
-        <v>447.5</v>
+        <v>446.9</v>
       </c>
       <c r="C6" s="8">
-        <v>447.2</v>
+        <v>447.6</v>
       </c>
       <c r="D6" s="8">
-        <v>445.2</v>
+        <v>448</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="10">
-        <v>0.30000000000001137</v>
+        <v>-0.70000000000004547</v>
       </c>
       <c r="G6" s="10">
-        <v>2.3000000000000114</v>
+        <v>-1.1000000000000227</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="9">
         <v>0.2</v>
       </c>
       <c r="C7" s="9">
         <v>0.2</v>
       </c>
       <c r="D7" s="9">
         <v>0.2</v>
       </c>
       <c r="E7" s="9"/>
       <c r="F7" s="12">
         <v>0</v>
       </c>
       <c r="G7" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A8" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="9">
         <v>22.9</v>
       </c>
       <c r="C8" s="9">
-        <v>22.4</v>
+        <v>22.8</v>
       </c>
       <c r="D8" s="9">
-        <v>22.5</v>
+        <v>22.6</v>
       </c>
       <c r="E8" s="9"/>
       <c r="F8" s="12">
-        <v>0.5</v>
+        <v>9.9999999999997868E-2</v>
       </c>
       <c r="G8" s="12">
-        <v>0.39999999999999858</v>
+        <v>0.29999999999999716</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="13">
-        <v>40.200000000000003</v>
+        <v>40.4</v>
       </c>
       <c r="C9" s="13">
-        <v>40.200000000000003</v>
+        <v>40.299999999999997</v>
       </c>
       <c r="D9" s="13">
-        <v>39.700000000000003</v>
+        <v>40</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="12">
-        <v>0</v>
+        <v>0.10000000000000142</v>
       </c>
       <c r="G9" s="12">
-        <v>0.5</v>
+        <v>0.39999999999999858</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="9">
+        <v>26.4</v>
+      </c>
+      <c r="C10" s="9">
         <v>26.3</v>
       </c>
-      <c r="C10" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="9">
-        <v>25.6</v>
+        <v>25.8</v>
       </c>
       <c r="E10" s="9"/>
       <c r="F10" s="12">
-        <v>0.10000000000000142</v>
+        <v>9.9999999999997868E-2</v>
       </c>
       <c r="G10" s="12">
-        <v>0.69999999999999929</v>
+        <v>0.59999999999999787</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A11" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="9">
-        <v>13.9</v>
+        <v>14</v>
       </c>
       <c r="C11" s="9">
         <v>14</v>
       </c>
       <c r="D11" s="9">
-        <v>14.1</v>
+        <v>14.2</v>
       </c>
       <c r="E11" s="9"/>
       <c r="F11" s="12">
-        <v>-9.9999999999999645E-2</v>
+        <v>0</v>
       </c>
       <c r="G11" s="12">
         <v>-0.19999999999999929</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A12" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="9">
-        <v>77.599999999999994</v>
+        <v>75.599999999999994</v>
       </c>
       <c r="C12" s="9">
-        <v>77.7</v>
+        <v>76.5</v>
       </c>
       <c r="D12" s="9">
-        <v>77.400000000000006</v>
+        <v>79</v>
       </c>
       <c r="E12" s="9"/>
       <c r="F12" s="12">
-        <v>-0.10000000000000853</v>
+        <v>-0.90000000000000568</v>
       </c>
       <c r="G12" s="12">
-        <v>0.19999999999998863</v>
+        <v>-3.4000000000000057</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="9">
-        <v>16.3</v>
+        <v>16.2</v>
       </c>
       <c r="C13" s="9">
+        <v>16.2</v>
+      </c>
+      <c r="D13" s="9">
         <v>16.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>16.399999999999999</v>
       </c>
       <c r="E13" s="9"/>
       <c r="F13" s="12">
-        <v>-0.39999999999999858</v>
+        <v>0</v>
       </c>
       <c r="G13" s="12">
-        <v>-9.9999999999997868E-2</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A14" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="9">
-        <v>46.3</v>
+        <v>46</v>
       </c>
       <c r="C14" s="9">
         <v>46.4</v>
       </c>
       <c r="D14" s="9">
-        <v>47.5</v>
+        <v>47.8</v>
       </c>
       <c r="E14" s="9"/>
       <c r="F14" s="12">
-        <v>-0.10000000000000142</v>
+        <v>-0.39999999999999858</v>
       </c>
       <c r="G14" s="12">
-        <v>-1.2000000000000028</v>
+        <v>-1.7999999999999972</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A15" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="9">
-        <v>15</v>
+        <v>13.4</v>
       </c>
       <c r="C15" s="9">
-        <v>14.6</v>
+        <v>13.9</v>
       </c>
       <c r="D15" s="9">
-        <v>13.5</v>
+        <v>14.5</v>
       </c>
       <c r="E15" s="9"/>
       <c r="F15" s="12">
-        <v>0.40000000000000036</v>
+        <v>-0.5</v>
       </c>
       <c r="G15" s="12">
-        <v>1.5</v>
+        <v>-1.0999999999999996</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="9">
-        <v>5.3</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="C16" s="9">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="D16" s="9">
         <v>5.5</v>
       </c>
       <c r="E16" s="9"/>
       <c r="F16" s="12">
         <v>-0.10000000000000053</v>
       </c>
       <c r="G16" s="12">
-        <v>-0.20000000000000018</v>
+        <v>-0.40000000000000036</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9">
-        <v>34.700000000000003</v>
+        <v>34.9</v>
       </c>
       <c r="C17" s="9">
-        <v>34.6</v>
+        <v>34.799999999999997</v>
       </c>
       <c r="D17" s="9">
-        <v>35.200000000000003</v>
+        <v>35.1</v>
       </c>
       <c r="E17" s="9"/>
       <c r="F17" s="12">
         <v>0.10000000000000142</v>
       </c>
       <c r="G17" s="12">
-        <v>-0.5</v>
+        <v>-0.20000000000000284</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="9">
-        <v>28.1</v>
+        <v>28.2</v>
       </c>
       <c r="C18" s="9">
         <v>28.2</v>
       </c>
       <c r="D18" s="9">
         <v>28.6</v>
       </c>
       <c r="E18" s="9"/>
       <c r="F18" s="12">
-        <v>-9.9999999999997868E-2</v>
+        <v>0</v>
       </c>
       <c r="G18" s="12">
-        <v>-0.5</v>
+        <v>-0.40000000000000213</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="9">
-        <v>72.900000000000006</v>
+        <v>70.599999999999994</v>
       </c>
       <c r="C19" s="9">
-        <v>71.8</v>
+        <v>71</v>
       </c>
       <c r="D19" s="9">
         <v>69.400000000000006</v>
       </c>
       <c r="E19" s="9"/>
       <c r="F19" s="12">
-        <v>1.1000000000000085</v>
+        <v>-0.40000000000000568</v>
       </c>
       <c r="G19" s="12">
-        <v>3.5</v>
+        <v>1.1999999999999886</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="9">
-        <v>32.799999999999997</v>
+        <v>32.299999999999997</v>
       </c>
       <c r="C20" s="9">
-        <v>32.4</v>
+        <v>32.1</v>
       </c>
       <c r="D20" s="9">
-        <v>31</v>
+        <v>31.2</v>
       </c>
       <c r="E20" s="9"/>
       <c r="F20" s="12">
-        <v>0.39999999999999858</v>
+        <v>0.19999999999999574</v>
       </c>
       <c r="G20" s="12">
-        <v>1.7999999999999972</v>
+        <v>1.0999999999999979</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A21" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="9">
-        <v>10.1</v>
+        <v>10</v>
       </c>
       <c r="C21" s="9">
         <v>10.1</v>
       </c>
       <c r="D21" s="9">
-        <v>10.199999999999999</v>
+        <v>10.3</v>
       </c>
       <c r="E21" s="9"/>
       <c r="F21" s="12">
-        <v>0</v>
+        <v>-9.9999999999999645E-2</v>
       </c>
       <c r="G21" s="12">
-        <v>-9.9999999999999645E-2</v>
+        <v>-0.30000000000000071</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A22" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="9">
-        <v>30</v>
+        <v>28.3</v>
       </c>
       <c r="C22" s="9">
-        <v>29.3</v>
+        <v>28.8</v>
       </c>
       <c r="D22" s="9">
-        <v>28.2</v>
+        <v>27.9</v>
       </c>
       <c r="E22" s="9"/>
       <c r="F22" s="12">
-        <v>0.69999999999999929</v>
+        <v>-0.5</v>
       </c>
       <c r="G22" s="12">
-        <v>1.8000000000000007</v>
+        <v>0.40000000000000213</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A23" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="9">
-        <v>112.2</v>
+        <v>114.5</v>
       </c>
       <c r="C23" s="9">
-        <v>112.9</v>
+        <v>114.5</v>
       </c>
       <c r="D23" s="9">
-        <v>112.7</v>
+        <v>112.6</v>
       </c>
       <c r="E23" s="9"/>
       <c r="F23" s="12">
-        <v>-0.70000000000000284</v>
+        <v>0</v>
       </c>
       <c r="G23" s="12">
-        <v>-0.5</v>
+        <v>1.9000000000000057</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="9">
-        <v>27.4</v>
+        <v>27.8</v>
       </c>
       <c r="C24" s="9">
-        <v>27.4</v>
+        <v>28</v>
       </c>
       <c r="D24" s="9">
-        <v>27.2</v>
+        <v>26</v>
       </c>
       <c r="E24" s="9"/>
       <c r="F24" s="9">
-        <v>0</v>
+        <v>-0.19999999999999929</v>
       </c>
       <c r="G24" s="9">
-        <v>0.19999999999999929</v>
+        <v>1.8000000000000007</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="9">
-        <v>84.8</v>
+        <v>86.7</v>
       </c>
       <c r="C25" s="9">
-        <v>85.5</v>
+        <v>86.5</v>
       </c>
       <c r="D25" s="9">
-        <v>85.5</v>
+        <v>86.6</v>
       </c>
       <c r="E25" s="9"/>
       <c r="F25" s="9">
-        <v>-0.70000000000000284</v>
+        <v>0.20000000000000284</v>
       </c>
       <c r="G25" s="9">
-        <v>-0.70000000000000284</v>
+        <v>0.10000000000000853</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="9">
-        <v>58.2</v>
+        <v>60</v>
       </c>
       <c r="C26" s="9">
-        <v>58.8</v>
+        <v>59.6</v>
       </c>
       <c r="D26" s="9">
-        <v>60.2</v>
+        <v>61.4</v>
       </c>
       <c r="E26" s="9"/>
       <c r="F26" s="9">
-        <v>-0.59999999999999432</v>
+        <v>0.39999999999999858</v>
       </c>
       <c r="G26" s="9">
-        <v>-2</v>
+        <v>-1.3999999999999986</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A27" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="9">
-        <v>7.4</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="C27" s="9">
-        <v>7.4</v>
+        <v>8</v>
       </c>
       <c r="D27" s="9">
-        <v>8.6</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="E27" s="9"/>
       <c r="F27" s="9">
-        <v>0</v>
+        <v>0.30000000000000071</v>
       </c>
       <c r="G27" s="9">
-        <v>-1.1999999999999993</v>
+        <v>-0.39999999999999858</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A28" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="9">
-        <v>50.8</v>
+        <v>51.7</v>
       </c>
       <c r="C28" s="9">
-        <v>51.4</v>
+        <v>51.6</v>
       </c>
       <c r="D28" s="9">
-        <v>51.6</v>
+        <v>52.7</v>
       </c>
       <c r="E28" s="9"/>
       <c r="F28" s="9">
-        <v>-0.60000000000000142</v>
+        <v>0.10000000000000142</v>
       </c>
       <c r="G28" s="9">
-        <v>-0.80000000000000426</v>
+        <v>-1</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A29" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9">
-        <v>23.3</v>
+        <v>22.7</v>
       </c>
       <c r="C29" s="9">
-        <v>23.2</v>
+        <v>22.7</v>
       </c>
       <c r="D29" s="9">
-        <v>22.4</v>
+        <v>22.2</v>
       </c>
       <c r="E29" s="9"/>
       <c r="F29" s="9">
-        <v>0.10000000000000142</v>
+        <v>0</v>
       </c>
       <c r="G29" s="9">
-        <v>0.90000000000000213</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="9">
         <v>66.2</v>
       </c>
       <c r="C30" s="9">
         <v>66</v>
       </c>
       <c r="D30" s="9">
-        <v>66.8</v>
+        <v>66.5</v>
       </c>
       <c r="E30" s="9"/>
       <c r="F30" s="9">
         <v>0.20000000000000284</v>
       </c>
       <c r="G30" s="9">
-        <v>-0.59999999999999432</v>
+        <v>-0.29999999999999716</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A31" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="9">
-        <v>11.6</v>
+        <v>11</v>
       </c>
       <c r="C31" s="9">
-        <v>11.6</v>
+        <v>11</v>
       </c>
       <c r="D31" s="9">
         <v>11.9</v>
       </c>
       <c r="E31" s="9"/>
       <c r="F31" s="9">
         <v>0</v>
       </c>
       <c r="G31" s="9">
-        <v>-0.30000000000000071</v>
+        <v>-0.90000000000000036</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="9">
-        <v>20.6</v>
+        <v>21.2</v>
       </c>
       <c r="C32" s="9">
-        <v>20.5</v>
+        <v>21</v>
       </c>
       <c r="D32" s="9">
-        <v>21</v>
+        <v>20.9</v>
       </c>
       <c r="E32" s="9"/>
       <c r="F32" s="9">
-        <v>0.10000000000000142</v>
+        <v>0.19999999999999929</v>
       </c>
       <c r="G32" s="9">
-        <v>-0.39999999999999858</v>
+        <v>0.30000000000000071</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A33" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="9">
         <v>34</v>
       </c>
       <c r="C33" s="9">
-        <v>33.9</v>
+        <v>34</v>
       </c>
       <c r="D33" s="9">
-        <v>33.9</v>
+        <v>33.700000000000003</v>
       </c>
       <c r="E33" s="9"/>
       <c r="F33" s="9">
-        <v>0.10000000000000142</v>
+        <v>0</v>
       </c>
       <c r="G33" s="9">
-        <v>0.10000000000000142</v>
+        <v>0.29999999999999716</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.2">
       <c r="G35" s="14" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="F3:G3"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>