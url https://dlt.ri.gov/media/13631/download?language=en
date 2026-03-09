--- v0 (2025-10-20)
+++ v1 (2026-03-09)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="97" documentId="6_{B6C11657-5F2E-4CDA-A9F2-29BDB51ECE75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{10EF7188-E2C4-427B-9EB4-0C7BA5B48E63}"/>
+  <xr:revisionPtr revIDLastSave="107" documentId="6_{B6C11657-5F2E-4CDA-A9F2-29BDB51ECE75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C2EE6B72-3421-4319-BC23-3FC0AFECC8FA}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <si>
@@ -162,51 +162,51 @@
   <si>
     <t xml:space="preserve">   Other Services</t>
   </si>
   <si>
     <t xml:space="preserve">   Government</t>
   </si>
   <si>
     <t xml:space="preserve">      Federal Government</t>
   </si>
   <si>
     <t xml:space="preserve">      State Government</t>
   </si>
   <si>
     <t xml:space="preserve">      Local Government</t>
   </si>
   <si>
     <t xml:space="preserve">      Management of Companies</t>
   </si>
   <si>
     <t xml:space="preserve">      Finance &amp; Insurance</t>
   </si>
   <si>
     <t xml:space="preserve">      Professional, Scientific &amp; Technical Services</t>
   </si>
   <si>
-    <t>9/2025</t>
+    <t>1/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -699,980 +699,1212 @@
       <c r="A6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="6">
         <v>514.4</v>
       </c>
       <c r="C6" s="6">
         <v>515.20000000000005</v>
       </c>
       <c r="D6" s="6">
         <v>515.70000000000005</v>
       </c>
       <c r="E6" s="6">
         <v>515.79999999999995</v>
       </c>
       <c r="F6" s="6">
         <v>515.6</v>
       </c>
       <c r="G6" s="6">
         <v>513.20000000000005</v>
       </c>
       <c r="H6" s="6">
         <v>513.20000000000005</v>
       </c>
       <c r="I6" s="6">
+        <v>514.29999999999995</v>
+      </c>
+      <c r="J6" s="6">
+        <v>514.70000000000005</v>
+      </c>
+      <c r="K6" s="6">
         <v>513.70000000000005</v>
       </c>
-      <c r="J6" s="6"/>
-[...2 lines deleted...]
-      <c r="M6" s="6"/>
+      <c r="L6" s="6">
+        <v>513.6</v>
+      </c>
+      <c r="M6" s="6">
+        <v>513.1</v>
+      </c>
     </row>
     <row r="7" spans="1:13" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="6">
         <v>447.8</v>
       </c>
       <c r="C7" s="6">
         <v>448.8</v>
       </c>
       <c r="D7" s="6">
         <v>449.6</v>
       </c>
       <c r="E7" s="6">
         <v>449.6</v>
       </c>
       <c r="F7" s="6">
         <v>449.9</v>
       </c>
       <c r="G7" s="6">
         <v>447.8</v>
       </c>
       <c r="H7" s="6">
         <v>447.2</v>
       </c>
       <c r="I7" s="6">
-        <v>447.5</v>
-[...4 lines deleted...]
-      <c r="M7" s="6"/>
+        <v>448</v>
+      </c>
+      <c r="J7" s="6">
+        <v>448</v>
+      </c>
+      <c r="K7" s="6">
+        <v>448</v>
+      </c>
+      <c r="L7" s="6">
+        <v>447.6</v>
+      </c>
+      <c r="M7" s="6">
+        <v>446.9</v>
+      </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A8" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="9">
         <v>0.1</v>
       </c>
       <c r="C8" s="9">
         <v>0.1</v>
       </c>
       <c r="D8" s="9">
         <v>0.1</v>
       </c>
       <c r="E8" s="9">
         <v>0.2</v>
       </c>
       <c r="F8" s="9">
         <v>0.2</v>
       </c>
       <c r="G8" s="9">
         <v>0.2</v>
       </c>
       <c r="H8" s="9">
         <v>0.2</v>
       </c>
       <c r="I8" s="9">
         <v>0.2</v>
       </c>
-      <c r="J8" s="9"/>
-[...2 lines deleted...]
-      <c r="M8" s="9"/>
+      <c r="J8" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="K8" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="L8" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="M8" s="9">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="9">
         <v>22.3</v>
       </c>
       <c r="C9" s="9">
         <v>22.7</v>
       </c>
       <c r="D9" s="9">
         <v>23.1</v>
       </c>
       <c r="E9" s="9">
         <v>22.7</v>
       </c>
       <c r="F9" s="9">
         <v>22.4</v>
       </c>
       <c r="G9" s="9">
         <v>22.5</v>
       </c>
       <c r="H9" s="9">
         <v>22.4</v>
       </c>
       <c r="I9" s="9">
         <v>22.9</v>
       </c>
-      <c r="J9" s="9"/>
-[...2 lines deleted...]
-      <c r="M9" s="9"/>
+      <c r="J9" s="9">
+        <v>22.8</v>
+      </c>
+      <c r="K9" s="9">
+        <v>22.7</v>
+      </c>
+      <c r="L9" s="9">
+        <v>22.8</v>
+      </c>
+      <c r="M9" s="9">
+        <v>22.9</v>
+      </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="9">
         <v>40.1</v>
       </c>
       <c r="C10" s="9">
         <v>40.299999999999997</v>
       </c>
       <c r="D10" s="9">
         <v>40.299999999999997</v>
       </c>
       <c r="E10" s="9">
         <v>40.200000000000003</v>
       </c>
       <c r="F10" s="9">
         <v>40.1</v>
       </c>
       <c r="G10" s="9">
         <v>40.1</v>
       </c>
       <c r="H10" s="9">
         <v>40.200000000000003</v>
       </c>
       <c r="I10" s="9">
-        <v>40.200000000000003</v>
-[...4 lines deleted...]
-      <c r="M10" s="9"/>
+        <v>40.299999999999997</v>
+      </c>
+      <c r="J10" s="9">
+        <v>40.4</v>
+      </c>
+      <c r="K10" s="9">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="L10" s="9">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="M10" s="9">
+        <v>40.4</v>
+      </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="9">
         <v>25.8</v>
       </c>
       <c r="C11" s="9">
         <v>25.9</v>
       </c>
       <c r="D11" s="9">
         <v>25.9</v>
       </c>
       <c r="E11" s="9">
         <v>26</v>
       </c>
       <c r="F11" s="9">
         <v>26</v>
       </c>
       <c r="G11" s="9">
         <v>26</v>
       </c>
       <c r="H11" s="9">
         <v>26.2</v>
       </c>
       <c r="I11" s="9">
         <v>26.3</v>
       </c>
-      <c r="J11" s="9"/>
-[...2 lines deleted...]
-      <c r="M11" s="9"/>
+      <c r="J11" s="9">
+        <v>26.3</v>
+      </c>
+      <c r="K11" s="9">
+        <v>26.2</v>
+      </c>
+      <c r="L11" s="9">
+        <v>26.3</v>
+      </c>
+      <c r="M11" s="9">
+        <v>26.4</v>
+      </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="9">
         <v>14.3</v>
       </c>
       <c r="C12" s="9">
         <v>14.4</v>
       </c>
       <c r="D12" s="9">
         <v>14.4</v>
       </c>
       <c r="E12" s="9">
         <v>14.2</v>
       </c>
       <c r="F12" s="9">
         <v>14.1</v>
       </c>
       <c r="G12" s="9">
         <v>14.1</v>
       </c>
       <c r="H12" s="9">
         <v>14</v>
       </c>
       <c r="I12" s="9">
-        <v>13.9</v>
-[...4 lines deleted...]
-      <c r="M12" s="9"/>
+        <v>14</v>
+      </c>
+      <c r="J12" s="9">
+        <v>14.1</v>
+      </c>
+      <c r="K12" s="9">
+        <v>14.1</v>
+      </c>
+      <c r="L12" s="9">
+        <v>14</v>
+      </c>
+      <c r="M12" s="9">
+        <v>14</v>
+      </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="9">
         <v>79.2</v>
       </c>
       <c r="C13" s="9">
         <v>78.900000000000006</v>
       </c>
       <c r="D13" s="9">
         <v>78.099999999999994</v>
       </c>
       <c r="E13" s="9">
         <v>77.5</v>
       </c>
       <c r="F13" s="9">
         <v>77.2</v>
       </c>
       <c r="G13" s="9">
         <v>77.599999999999994</v>
       </c>
       <c r="H13" s="9">
         <v>77.7</v>
       </c>
       <c r="I13" s="9">
         <v>77.599999999999994</v>
       </c>
-      <c r="J13" s="9"/>
-[...2 lines deleted...]
-      <c r="M13" s="9"/>
+      <c r="J13" s="9">
+        <v>77.599999999999994</v>
+      </c>
+      <c r="K13" s="9">
+        <v>77.2</v>
+      </c>
+      <c r="L13" s="9">
+        <v>76.5</v>
+      </c>
+      <c r="M13" s="9">
+        <v>75.599999999999994</v>
+      </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A14" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="9">
         <v>16.8</v>
       </c>
       <c r="C14" s="9">
         <v>16.899999999999999</v>
       </c>
       <c r="D14" s="9">
         <v>16.7</v>
       </c>
       <c r="E14" s="9">
         <v>16.5</v>
       </c>
       <c r="F14" s="9">
         <v>16.7</v>
       </c>
       <c r="G14" s="9">
         <v>16.8</v>
       </c>
       <c r="H14" s="9">
         <v>16.7</v>
       </c>
       <c r="I14" s="9">
         <v>16.3</v>
       </c>
-      <c r="J14" s="9"/>
-[...2 lines deleted...]
-      <c r="M14" s="9"/>
+      <c r="J14" s="9">
+        <v>16.5</v>
+      </c>
+      <c r="K14" s="9">
+        <v>16.3</v>
+      </c>
+      <c r="L14" s="9">
+        <v>16.2</v>
+      </c>
+      <c r="M14" s="9">
+        <v>16.2</v>
+      </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="9">
         <v>47.6</v>
       </c>
       <c r="C15" s="9">
         <v>47.1</v>
       </c>
       <c r="D15" s="9">
         <v>46.7</v>
       </c>
       <c r="E15" s="9">
         <v>46.6</v>
       </c>
       <c r="F15" s="9">
         <v>46.2</v>
       </c>
       <c r="G15" s="9">
         <v>46.3</v>
       </c>
       <c r="H15" s="9">
         <v>46.4</v>
       </c>
       <c r="I15" s="9">
-        <v>46.3</v>
-[...4 lines deleted...]
-      <c r="M15" s="9"/>
+        <v>46.5</v>
+      </c>
+      <c r="J15" s="9">
+        <v>46.5</v>
+      </c>
+      <c r="K15" s="9">
+        <v>46.6</v>
+      </c>
+      <c r="L15" s="9">
+        <v>46.4</v>
+      </c>
+      <c r="M15" s="9">
+        <v>46</v>
+      </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="9">
         <v>14.8</v>
       </c>
       <c r="C16" s="9">
         <v>14.9</v>
       </c>
       <c r="D16" s="9">
         <v>14.7</v>
       </c>
       <c r="E16" s="9">
         <v>14.4</v>
       </c>
       <c r="F16" s="9">
         <v>14.3</v>
       </c>
       <c r="G16" s="9">
         <v>14.5</v>
       </c>
       <c r="H16" s="9">
         <v>14.6</v>
       </c>
       <c r="I16" s="9">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="M16" s="9"/>
+        <v>14.8</v>
+      </c>
+      <c r="J16" s="9">
+        <v>14.6</v>
+      </c>
+      <c r="K16" s="9">
+        <v>14.3</v>
+      </c>
+      <c r="L16" s="9">
+        <v>13.9</v>
+      </c>
+      <c r="M16" s="9">
+        <v>13.4</v>
+      </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A17" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="9">
         <v>5.5</v>
       </c>
       <c r="C17" s="9">
         <v>5.5</v>
       </c>
       <c r="D17" s="9">
         <v>5.4</v>
       </c>
       <c r="E17" s="9">
         <v>5.4</v>
       </c>
       <c r="F17" s="9">
         <v>5.4</v>
       </c>
       <c r="G17" s="9">
         <v>5.5</v>
       </c>
       <c r="H17" s="9">
         <v>5.4</v>
       </c>
       <c r="I17" s="9">
         <v>5.3</v>
       </c>
-      <c r="J17" s="9"/>
-[...2 lines deleted...]
-      <c r="M17" s="9"/>
+      <c r="J17" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="K17" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="L17" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="M17" s="9">
+        <v>5.0999999999999996</v>
+      </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A18" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="9">
         <v>35.1</v>
       </c>
       <c r="C18" s="9">
         <v>35.1</v>
       </c>
       <c r="D18" s="9">
         <v>35.1</v>
       </c>
       <c r="E18" s="9">
         <v>35</v>
       </c>
       <c r="F18" s="9">
         <v>35</v>
       </c>
       <c r="G18" s="9">
         <v>34.799999999999997</v>
       </c>
       <c r="H18" s="9">
         <v>34.6</v>
       </c>
       <c r="I18" s="9">
+        <v>34.9</v>
+      </c>
+      <c r="J18" s="9">
+        <v>34.6</v>
+      </c>
+      <c r="K18" s="9">
         <v>34.700000000000003</v>
       </c>
-      <c r="J18" s="9"/>
-[...2 lines deleted...]
-      <c r="M18" s="9"/>
+      <c r="L18" s="9">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="M18" s="9">
+        <v>34.9</v>
+      </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A19" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="9">
         <v>28.5</v>
       </c>
       <c r="C19" s="9">
         <v>28.4</v>
       </c>
       <c r="D19" s="9">
         <v>28.3</v>
       </c>
       <c r="E19" s="9">
         <v>28.2</v>
       </c>
       <c r="F19" s="9">
         <v>28.3</v>
       </c>
       <c r="G19" s="9">
         <v>28.2</v>
       </c>
       <c r="H19" s="9">
         <v>28.2</v>
       </c>
       <c r="I19" s="9">
         <v>28.1</v>
       </c>
-      <c r="J19" s="9"/>
-[...2 lines deleted...]
-      <c r="M19" s="9"/>
+      <c r="J19" s="9">
+        <v>28</v>
+      </c>
+      <c r="K19" s="9">
+        <v>28.3</v>
+      </c>
+      <c r="L19" s="9">
+        <v>28.2</v>
+      </c>
+      <c r="M19" s="9">
+        <v>28.2</v>
+      </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A20" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="9">
         <v>69</v>
       </c>
       <c r="C20" s="9">
         <v>69.2</v>
       </c>
       <c r="D20" s="9">
         <v>70</v>
       </c>
       <c r="E20" s="9">
         <v>71.5</v>
       </c>
       <c r="F20" s="9">
         <v>72.2</v>
       </c>
       <c r="G20" s="9">
         <v>72</v>
       </c>
       <c r="H20" s="9">
         <v>71.8</v>
       </c>
       <c r="I20" s="9">
-        <v>72.900000000000006</v>
-[...4 lines deleted...]
-      <c r="M20" s="9"/>
+        <v>72.5</v>
+      </c>
+      <c r="J20" s="9">
+        <v>71.7</v>
+      </c>
+      <c r="K20" s="9">
+        <v>70.7</v>
+      </c>
+      <c r="L20" s="9">
+        <v>71</v>
+      </c>
+      <c r="M20" s="9">
+        <v>70.599999999999994</v>
+      </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="9">
         <v>31.1</v>
       </c>
       <c r="C21" s="9">
         <v>30.9</v>
       </c>
       <c r="D21" s="9">
         <v>31.1</v>
       </c>
       <c r="E21" s="9">
         <v>31.5</v>
       </c>
       <c r="F21" s="9">
         <v>32.200000000000003</v>
       </c>
       <c r="G21" s="9">
         <v>32.4</v>
       </c>
       <c r="H21" s="9">
         <v>32.4</v>
       </c>
       <c r="I21" s="9">
-        <v>32.799999999999997</v>
-[...4 lines deleted...]
-      <c r="M21" s="9"/>
+        <v>32.4</v>
+      </c>
+      <c r="J21" s="9">
+        <v>32</v>
+      </c>
+      <c r="K21" s="9">
+        <v>31.7</v>
+      </c>
+      <c r="L21" s="9">
+        <v>32.1</v>
+      </c>
+      <c r="M21" s="9">
+        <v>32.299999999999997</v>
+      </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A22" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B22" s="9">
         <v>10.199999999999999</v>
       </c>
       <c r="C22" s="9">
         <v>10.199999999999999</v>
       </c>
       <c r="D22" s="9">
         <v>10.199999999999999</v>
       </c>
       <c r="E22" s="9">
         <v>10.199999999999999</v>
       </c>
       <c r="F22" s="9">
         <v>10.3</v>
       </c>
       <c r="G22" s="9">
         <v>10.199999999999999</v>
       </c>
       <c r="H22" s="9">
         <v>10.1</v>
       </c>
       <c r="I22" s="9">
         <v>10.1</v>
       </c>
-      <c r="J22" s="9"/>
-[...2 lines deleted...]
-      <c r="M22" s="9"/>
+      <c r="J22" s="9">
+        <v>10.1</v>
+      </c>
+      <c r="K22" s="9">
+        <v>10.1</v>
+      </c>
+      <c r="L22" s="9">
+        <v>10.1</v>
+      </c>
+      <c r="M22" s="9">
+        <v>10</v>
+      </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="9">
         <v>27.7</v>
       </c>
       <c r="C23" s="9">
         <v>28.1</v>
       </c>
       <c r="D23" s="9">
         <v>28.7</v>
       </c>
       <c r="E23" s="9">
         <v>29.8</v>
       </c>
       <c r="F23" s="9">
         <v>29.7</v>
       </c>
       <c r="G23" s="9">
         <v>29.4</v>
       </c>
       <c r="H23" s="9">
         <v>29.3</v>
       </c>
       <c r="I23" s="9">
         <v>30</v>
       </c>
-      <c r="J23" s="9"/>
-[...2 lines deleted...]
-      <c r="M23" s="9"/>
+      <c r="J23" s="9">
+        <v>29.6</v>
+      </c>
+      <c r="K23" s="9">
+        <v>28.9</v>
+      </c>
+      <c r="L23" s="9">
+        <v>28.8</v>
+      </c>
+      <c r="M23" s="9">
+        <v>28.3</v>
+      </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A24" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="9">
         <v>113.1</v>
       </c>
       <c r="C24" s="9">
         <v>112.8</v>
       </c>
       <c r="D24" s="9">
         <v>113.5</v>
       </c>
       <c r="E24" s="9">
         <v>114</v>
       </c>
       <c r="F24" s="9">
         <v>114.4</v>
       </c>
       <c r="G24" s="9">
         <v>112.9</v>
       </c>
       <c r="H24" s="9">
         <v>112.9</v>
       </c>
       <c r="I24" s="9">
-        <v>112.2</v>
-[...4 lines deleted...]
-      <c r="M24" s="9"/>
+        <v>112.3</v>
+      </c>
+      <c r="J24" s="9">
+        <v>113.2</v>
+      </c>
+      <c r="K24" s="9">
+        <v>114.2</v>
+      </c>
+      <c r="L24" s="9">
+        <v>114.5</v>
+      </c>
+      <c r="M24" s="9">
+        <v>114.5</v>
+      </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A25" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="9">
         <v>26.5</v>
       </c>
       <c r="C25" s="9">
         <v>26.2</v>
       </c>
       <c r="D25" s="9">
         <v>26.7</v>
       </c>
       <c r="E25" s="9">
         <v>27.5</v>
       </c>
       <c r="F25" s="9">
         <v>27.9</v>
       </c>
       <c r="G25" s="9">
         <v>27.2</v>
       </c>
       <c r="H25" s="9">
         <v>27.4</v>
       </c>
       <c r="I25" s="9">
-        <v>27.4</v>
-[...4 lines deleted...]
-      <c r="M25" s="9"/>
+        <v>27.5</v>
+      </c>
+      <c r="J25" s="9">
+        <v>27.8</v>
+      </c>
+      <c r="K25" s="9">
+        <v>28</v>
+      </c>
+      <c r="L25" s="9">
+        <v>28</v>
+      </c>
+      <c r="M25" s="9">
+        <v>27.8</v>
+      </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A26" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="9">
         <v>86.6</v>
       </c>
       <c r="C26" s="9">
         <v>86.6</v>
       </c>
       <c r="D26" s="9">
         <v>86.8</v>
       </c>
       <c r="E26" s="9">
         <v>86.5</v>
       </c>
       <c r="F26" s="9">
         <v>86.5</v>
       </c>
       <c r="G26" s="9">
         <v>85.7</v>
       </c>
       <c r="H26" s="9">
         <v>85.5</v>
       </c>
       <c r="I26" s="9">
         <v>84.8</v>
       </c>
-      <c r="J26" s="9"/>
-[...2 lines deleted...]
-      <c r="M26" s="9"/>
+      <c r="J26" s="9">
+        <v>85.4</v>
+      </c>
+      <c r="K26" s="9">
+        <v>86.2</v>
+      </c>
+      <c r="L26" s="9">
+        <v>86.5</v>
+      </c>
+      <c r="M26" s="9">
+        <v>86.7</v>
+      </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A27" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="9">
         <v>61.4</v>
       </c>
       <c r="C27" s="9">
         <v>61.9</v>
       </c>
       <c r="D27" s="9">
         <v>61.6</v>
       </c>
       <c r="E27" s="9">
         <v>60.9</v>
       </c>
       <c r="F27" s="9">
         <v>60.6</v>
       </c>
       <c r="G27" s="9">
         <v>59.1</v>
       </c>
       <c r="H27" s="9">
         <v>58.8</v>
       </c>
       <c r="I27" s="9">
-        <v>58.2</v>
-[...4 lines deleted...]
-      <c r="M27" s="9"/>
+        <v>58.7</v>
+      </c>
+      <c r="J27" s="9">
+        <v>59.6</v>
+      </c>
+      <c r="K27" s="9">
+        <v>59.8</v>
+      </c>
+      <c r="L27" s="9">
+        <v>59.6</v>
+      </c>
+      <c r="M27" s="9">
+        <v>60</v>
+      </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A28" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="9">
         <v>8.5</v>
       </c>
       <c r="C28" s="9">
         <v>8.5</v>
       </c>
       <c r="D28" s="9">
         <v>8.4</v>
       </c>
       <c r="E28" s="9">
         <v>8.1</v>
       </c>
       <c r="F28" s="9">
         <v>8</v>
       </c>
       <c r="G28" s="9">
         <v>7.6</v>
       </c>
       <c r="H28" s="9">
         <v>7.4</v>
       </c>
       <c r="I28" s="9">
-        <v>7.4</v>
-[...4 lines deleted...]
-      <c r="M28" s="9"/>
+        <v>7.5</v>
+      </c>
+      <c r="J28" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="K28" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="L28" s="9">
+        <v>8</v>
+      </c>
+      <c r="M28" s="9">
+        <v>8.3000000000000007</v>
+      </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A29" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="9">
         <v>52.9</v>
       </c>
       <c r="C29" s="9">
         <v>53.4</v>
       </c>
       <c r="D29" s="9">
         <v>53.2</v>
       </c>
       <c r="E29" s="9">
         <v>52.8</v>
       </c>
       <c r="F29" s="9">
         <v>52.6</v>
       </c>
       <c r="G29" s="9">
         <v>51.5</v>
       </c>
       <c r="H29" s="9">
         <v>51.4</v>
       </c>
       <c r="I29" s="9">
-        <v>50.8</v>
-[...4 lines deleted...]
-      <c r="M29" s="9"/>
+        <v>51.2</v>
+      </c>
+      <c r="J29" s="9">
+        <v>51.7</v>
+      </c>
+      <c r="K29" s="9">
+        <v>51.9</v>
+      </c>
+      <c r="L29" s="9">
+        <v>51.6</v>
+      </c>
+      <c r="M29" s="9">
+        <v>51.7</v>
+      </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A30" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="9">
         <v>22</v>
       </c>
       <c r="C30" s="9">
         <v>22.3</v>
       </c>
       <c r="D30" s="9">
         <v>22.4</v>
       </c>
       <c r="E30" s="9">
         <v>22.2</v>
       </c>
       <c r="F30" s="9">
         <v>22.4</v>
       </c>
       <c r="G30" s="9">
         <v>23.1</v>
       </c>
       <c r="H30" s="9">
         <v>23.2</v>
       </c>
       <c r="I30" s="9">
         <v>23.3</v>
       </c>
-      <c r="J30" s="9"/>
-[...2 lines deleted...]
-      <c r="M30" s="9"/>
+      <c r="J30" s="9">
+        <v>22.7</v>
+      </c>
+      <c r="K30" s="9">
+        <v>22.9</v>
+      </c>
+      <c r="L30" s="9">
+        <v>22.7</v>
+      </c>
+      <c r="M30" s="9">
+        <v>22.7</v>
+      </c>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A31" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B31" s="9">
         <v>66.599999999999994</v>
       </c>
       <c r="C31" s="9">
         <v>66.400000000000006</v>
       </c>
       <c r="D31" s="9">
         <v>66.099999999999994</v>
       </c>
       <c r="E31" s="9">
         <v>66.2</v>
       </c>
       <c r="F31" s="9">
         <v>65.7</v>
       </c>
       <c r="G31" s="9">
         <v>65.400000000000006</v>
       </c>
       <c r="H31" s="9">
         <v>66</v>
       </c>
       <c r="I31" s="9">
+        <v>66.3</v>
+      </c>
+      <c r="J31" s="9">
+        <v>66.7</v>
+      </c>
+      <c r="K31" s="9">
+        <v>65.7</v>
+      </c>
+      <c r="L31" s="9">
+        <v>66</v>
+      </c>
+      <c r="M31" s="9">
         <v>66.2</v>
       </c>
-      <c r="J31" s="9"/>
-[...2 lines deleted...]
-      <c r="M31" s="9"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A32" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B32" s="9">
         <v>12.1</v>
       </c>
       <c r="C32" s="9">
         <v>11.9</v>
       </c>
       <c r="D32" s="9">
         <v>11.8</v>
       </c>
       <c r="E32" s="9">
         <v>11.9</v>
       </c>
       <c r="F32" s="9">
         <v>11.7</v>
       </c>
       <c r="G32" s="9">
         <v>11.6</v>
       </c>
       <c r="H32" s="9">
         <v>11.6</v>
       </c>
       <c r="I32" s="9">
         <v>11.6</v>
       </c>
-      <c r="J32" s="9"/>
-[...2 lines deleted...]
-      <c r="M32" s="9"/>
+      <c r="J32" s="9">
+        <v>11.6</v>
+      </c>
+      <c r="K32" s="9">
+        <v>11</v>
+      </c>
+      <c r="L32" s="9">
+        <v>11</v>
+      </c>
+      <c r="M32" s="9">
+        <v>11</v>
+      </c>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A33" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B33" s="9">
         <v>20.8</v>
       </c>
       <c r="C33" s="9">
         <v>20.9</v>
       </c>
       <c r="D33" s="9">
         <v>20.7</v>
       </c>
       <c r="E33" s="9">
         <v>20.8</v>
       </c>
       <c r="F33" s="9">
         <v>20.399999999999999</v>
       </c>
       <c r="G33" s="9">
         <v>20.3</v>
       </c>
       <c r="H33" s="9">
         <v>20.5</v>
       </c>
       <c r="I33" s="9">
-        <v>20.6</v>
-[...4 lines deleted...]
-      <c r="M33" s="9"/>
+        <v>20.7</v>
+      </c>
+      <c r="J33" s="9">
+        <v>21.1</v>
+      </c>
+      <c r="K33" s="9">
+        <v>20.8</v>
+      </c>
+      <c r="L33" s="9">
+        <v>21</v>
+      </c>
+      <c r="M33" s="9">
+        <v>21.2</v>
+      </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A34" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="9">
         <v>33.700000000000003</v>
       </c>
       <c r="C34" s="9">
         <v>33.6</v>
       </c>
       <c r="D34" s="9">
         <v>33.6</v>
       </c>
       <c r="E34" s="9">
         <v>33.5</v>
       </c>
       <c r="F34" s="9">
         <v>33.6</v>
       </c>
       <c r="G34" s="9">
         <v>33.5</v>
       </c>
       <c r="H34" s="9">
         <v>33.9</v>
       </c>
       <c r="I34" s="9">
         <v>34</v>
       </c>
-      <c r="J34" s="9"/>
-[...2 lines deleted...]
-      <c r="M34" s="9"/>
+      <c r="J34" s="9">
+        <v>34</v>
+      </c>
+      <c r="K34" s="9">
+        <v>33.9</v>
+      </c>
+      <c r="L34" s="9">
+        <v>34</v>
+      </c>
+      <c r="M34" s="9">
+        <v>34</v>
+      </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.2">
       <c r="M36" s="12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.2">
       <c r="M39" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="86" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>