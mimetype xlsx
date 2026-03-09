--- v0 (2025-10-19)
+++ v1 (2026-03-09)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rigov-my.sharepoint.com/personal/lisa_dutilly_dlt_ri_gov/Documents/H Drive Documents/My Documents/My Documents/Web Update/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="80" documentId="8_{45BA38B0-A881-4978-9F70-6A41B033329F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6025BC5B-DBCF-4512-98FC-93D3AE49580D}"/>
+  <xr:revisionPtr revIDLastSave="99" documentId="8_{45BA38B0-A881-4978-9F70-6A41B033329F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{19F6EDD6-0518-434E-9452-A61952C84611}"/>
   <bookViews>
-    <workbookView xWindow="21480" yWindow="-120" windowWidth="21840" windowHeight="13740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="21480" yWindow="555" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="25 CES" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'25 CES'!$A$1:$U$88</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'25 CES'!$1:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="141">
   <si>
     <t>RHODE ISLAND DEPARTMENT OF LABOR AND TRAINING</t>
   </si>
   <si>
     <t>(In Thousands)</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t xml:space="preserve">Jan. </t>
   </si>
   <si>
     <t xml:space="preserve">Feb. </t>
   </si>
   <si>
     <t xml:space="preserve"> Mar. </t>
   </si>
   <si>
     <t xml:space="preserve">Apr. </t>
   </si>
   <si>
     <t xml:space="preserve">May  </t>
   </si>
   <si>
@@ -452,50 +452,53 @@
     <t>21.6</t>
   </si>
   <si>
     <t>66.5</t>
   </si>
   <si>
     <t>4.3</t>
   </si>
   <si>
     <t>5.2</t>
   </si>
   <si>
     <t>20.5</t>
   </si>
   <si>
     <t>7.6</t>
   </si>
   <si>
     <t>12.9</t>
   </si>
   <si>
     <t>21.5</t>
   </si>
   <si>
     <t>12.5</t>
+  </si>
+  <si>
+    <t>---</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0_)"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
@@ -1009,51 +1012,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AQ88"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="75" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+      <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="2.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="2" style="2" customWidth="1"/>
     <col min="4" max="6" width="2.42578125" style="3" customWidth="1"/>
     <col min="7" max="7" width="2.5703125" style="3" customWidth="1"/>
     <col min="8" max="8" width="50.140625" style="3" customWidth="1"/>
     <col min="9" max="19" width="10" style="3" customWidth="1"/>
     <col min="20" max="20" width="10.140625" style="3" customWidth="1"/>
     <col min="21" max="21" width="10.42578125" style="18" customWidth="1"/>
     <col min="22" max="16384" width="11.85546875" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A1" s="56" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="56"/>
       <c r="C1" s="56"/>
       <c r="D1" s="56"/>
       <c r="E1" s="56"/>
       <c r="F1" s="56"/>
@@ -1212,287 +1215,349 @@
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="49" t="s">
         <v>85</v>
       </c>
       <c r="J7" s="7">
         <v>504.9</v>
       </c>
       <c r="K7" s="7">
         <v>507.6</v>
       </c>
       <c r="L7" s="7">
         <v>514.20000000000005</v>
       </c>
       <c r="M7" s="7">
         <v>519.20000000000005</v>
       </c>
       <c r="N7" s="7">
         <v>520.70000000000005</v>
       </c>
       <c r="O7" s="7">
         <v>517.79999999999995</v>
       </c>
       <c r="P7" s="7">
-        <v>516.29999999999995</v>
-[...4 lines deleted...]
-      <c r="U7" s="47"/>
+        <v>516.70000000000005</v>
+      </c>
+      <c r="Q7" s="6">
+        <v>520.1</v>
+      </c>
+      <c r="R7" s="40">
+        <v>517.4</v>
+      </c>
+      <c r="S7" s="7">
+        <v>516.5</v>
+      </c>
+      <c r="T7" s="7">
+        <v>513.70000000000005</v>
+      </c>
+      <c r="U7" s="47">
+        <v>514.20000000000005</v>
+      </c>
       <c r="V7" s="36"/>
     </row>
     <row r="8" spans="1:22" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="49" t="s">
         <v>86</v>
       </c>
       <c r="J8" s="7">
         <v>437.7</v>
       </c>
       <c r="K8" s="7">
         <v>440.4</v>
       </c>
       <c r="L8" s="7">
         <v>446.8</v>
       </c>
       <c r="M8" s="7">
         <v>453.1</v>
       </c>
       <c r="N8" s="7">
         <v>455.9</v>
       </c>
       <c r="O8" s="7">
         <v>455.2</v>
       </c>
       <c r="P8" s="7">
-        <v>453.8</v>
-[...4 lines deleted...]
-      <c r="U8" s="47"/>
+        <v>454.2</v>
+      </c>
+      <c r="Q8" s="6">
+        <v>452.7</v>
+      </c>
+      <c r="R8" s="40">
+        <v>450.8</v>
+      </c>
+      <c r="S8" s="7">
+        <v>449.4</v>
+      </c>
+      <c r="T8" s="7">
+        <v>446.2</v>
+      </c>
+      <c r="U8" s="47">
+        <v>448.1</v>
+      </c>
       <c r="V8" s="36"/>
     </row>
     <row r="9" spans="1:22" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="8"/>
       <c r="I9" s="50"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
       <c r="M9" s="9"/>
       <c r="N9" s="9"/>
       <c r="O9" s="9"/>
       <c r="P9" s="9"/>
       <c r="Q9" s="8"/>
       <c r="R9" s="41"/>
       <c r="S9" s="9"/>
       <c r="T9" s="9"/>
       <c r="U9" s="9"/>
       <c r="V9" s="36"/>
     </row>
     <row r="10" spans="1:22" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="21" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="8"/>
       <c r="I10" s="50" t="s">
         <v>87</v>
       </c>
       <c r="J10" s="9">
         <v>61.3</v>
       </c>
       <c r="K10" s="9">
         <v>62.1</v>
       </c>
       <c r="L10" s="9">
         <v>62.8</v>
       </c>
       <c r="M10" s="9">
         <v>63.4</v>
       </c>
       <c r="N10" s="9">
         <v>63.9</v>
       </c>
       <c r="O10" s="9">
         <v>63.7</v>
       </c>
       <c r="P10" s="9">
         <v>64.400000000000006</v>
       </c>
-      <c r="Q10" s="8"/>
-[...3 lines deleted...]
-      <c r="U10" s="9"/>
+      <c r="Q10" s="8">
+        <v>63.9</v>
+      </c>
+      <c r="R10" s="41">
+        <v>63.6</v>
+      </c>
+      <c r="S10" s="9">
+        <v>63.8</v>
+      </c>
+      <c r="T10" s="9">
+        <v>63.4</v>
+      </c>
+      <c r="U10" s="9">
+        <v>63.1</v>
+      </c>
       <c r="V10" s="36"/>
     </row>
     <row r="11" spans="1:22" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C11" s="8"/>
       <c r="I11" s="50"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="9"/>
       <c r="M11" s="9"/>
       <c r="N11" s="9"/>
       <c r="O11" s="9"/>
       <c r="P11" s="9"/>
       <c r="Q11" s="8"/>
       <c r="R11" s="41"/>
       <c r="S11" s="9"/>
       <c r="T11" s="9"/>
       <c r="U11" s="9"/>
       <c r="V11" s="36"/>
     </row>
     <row r="12" spans="1:22" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C12" s="21" t="s">
         <v>77</v>
       </c>
       <c r="D12" s="8"/>
       <c r="I12" s="9">
         <v>0.1</v>
       </c>
       <c r="J12" s="9">
         <v>0.1</v>
       </c>
       <c r="K12" s="9">
         <v>0.1</v>
       </c>
       <c r="L12" s="9">
         <v>0.2</v>
       </c>
       <c r="M12" s="9">
         <v>0.2</v>
       </c>
       <c r="N12" s="9">
         <v>0.2</v>
       </c>
       <c r="O12" s="9">
         <v>0.2</v>
       </c>
       <c r="P12" s="9">
         <v>0.2</v>
       </c>
-      <c r="Q12" s="8"/>
-[...3 lines deleted...]
-      <c r="U12" s="9"/>
+      <c r="Q12" s="8">
+        <v>0.2</v>
+      </c>
+      <c r="R12" s="8">
+        <v>0.2</v>
+      </c>
+      <c r="S12" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="T12" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="U12" s="9">
+        <v>0.2</v>
+      </c>
       <c r="V12" s="36"/>
     </row>
     <row r="13" spans="1:22" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C13" s="8"/>
       <c r="I13" s="50"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="9"/>
       <c r="N13" s="9"/>
       <c r="O13" s="9"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="8"/>
       <c r="R13" s="41"/>
       <c r="S13" s="9"/>
       <c r="T13" s="9"/>
       <c r="U13" s="9"/>
       <c r="V13" s="36"/>
     </row>
     <row r="14" spans="1:22" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C14" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="8"/>
       <c r="I14" s="50" t="s">
         <v>88</v>
       </c>
       <c r="J14" s="9">
         <v>21.1</v>
       </c>
       <c r="K14" s="9">
         <v>21.8</v>
       </c>
       <c r="L14" s="9">
         <v>22.6</v>
       </c>
       <c r="M14" s="9">
         <v>23</v>
       </c>
       <c r="N14" s="9">
         <v>23.4</v>
       </c>
       <c r="O14" s="9">
         <v>23.3</v>
       </c>
       <c r="P14" s="9">
         <v>23.7</v>
       </c>
-      <c r="Q14" s="8"/>
-[...3 lines deleted...]
-      <c r="U14" s="9"/>
+      <c r="Q14" s="8">
+        <v>23.3</v>
+      </c>
+      <c r="R14" s="41">
+        <v>23.1</v>
+      </c>
+      <c r="S14" s="9">
+        <v>23.3</v>
+      </c>
+      <c r="T14" s="9">
+        <v>22.8</v>
+      </c>
+      <c r="U14" s="9">
+        <v>22.7</v>
+      </c>
       <c r="V14" s="36"/>
     </row>
     <row r="15" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="21"/>
       <c r="B15" s="21"/>
       <c r="C15" s="21"/>
       <c r="E15" s="10" t="s">
         <v>20</v>
       </c>
       <c r="I15" s="51" t="s">
         <v>89</v>
       </c>
       <c r="J15" s="11">
         <v>13.6</v>
       </c>
       <c r="K15" s="11">
         <v>14.2</v>
       </c>
       <c r="L15" s="11">
         <v>14.7</v>
       </c>
       <c r="M15" s="11">
         <v>14.9</v>
       </c>
       <c r="N15" s="11">
         <v>15</v>
       </c>
       <c r="O15" s="11">
         <v>15.3</v>
       </c>
       <c r="P15" s="11">
-        <v>15.6</v>
-[...5 lines deleted...]
-      <c r="U15" s="11"/>
+        <v>15.5</v>
+      </c>
+      <c r="Q15" s="10">
+        <v>15.1</v>
+      </c>
+      <c r="R15" s="42">
+        <v>15.2</v>
+      </c>
+      <c r="S15" s="11">
+        <v>15.3</v>
+      </c>
+      <c r="T15" s="11">
+        <v>15</v>
+      </c>
+      <c r="U15" s="11">
+        <v>14.8</v>
+      </c>
       <c r="V15" s="36"/>
     </row>
     <row r="16" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="21"/>
       <c r="B16" s="21"/>
       <c r="C16" s="21"/>
       <c r="E16" s="10"/>
       <c r="I16" s="51"/>
       <c r="J16" s="11"/>
       <c r="K16" s="11"/>
       <c r="L16" s="11"/>
       <c r="M16" s="11"/>
       <c r="N16" s="11"/>
       <c r="O16" s="11"/>
       <c r="P16" s="11"/>
       <c r="Q16" s="10"/>
       <c r="R16" s="42"/>
       <c r="S16" s="11"/>
       <c r="T16" s="11"/>
       <c r="U16" s="11"/>
       <c r="V16" s="36"/>
     </row>
     <row r="17" spans="1:43" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C17" s="21" t="s">
         <v>21</v>
@@ -1500,91 +1565,111 @@
       <c r="E17" s="8"/>
       <c r="I17" s="50" t="s">
         <v>91</v>
       </c>
       <c r="J17" s="9">
         <v>40.1</v>
       </c>
       <c r="K17" s="9">
         <v>40.200000000000003</v>
       </c>
       <c r="L17" s="9">
         <v>40</v>
       </c>
       <c r="M17" s="9">
         <v>40.200000000000003</v>
       </c>
       <c r="N17" s="9">
         <v>40.299999999999997</v>
       </c>
       <c r="O17" s="9">
         <v>40.200000000000003</v>
       </c>
       <c r="P17" s="9">
         <v>40.5</v>
       </c>
-      <c r="Q17" s="8"/>
-[...3 lines deleted...]
-      <c r="U17" s="9"/>
+      <c r="Q17" s="8">
+        <v>40.4</v>
+      </c>
+      <c r="R17" s="41">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="S17" s="9">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="T17" s="9">
+        <v>40.4</v>
+      </c>
+      <c r="U17" s="9">
+        <v>40.200000000000003</v>
+      </c>
       <c r="V17" s="36"/>
     </row>
     <row r="18" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D18" s="17" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10"/>
       <c r="I18" s="51" t="s">
         <v>92</v>
       </c>
       <c r="J18" s="11">
         <v>25.8</v>
       </c>
       <c r="K18" s="11">
         <v>25.8</v>
       </c>
       <c r="L18" s="11">
         <v>25.9</v>
       </c>
       <c r="M18" s="11">
         <v>26</v>
       </c>
       <c r="N18" s="11">
         <v>26.1</v>
       </c>
       <c r="O18" s="11">
         <v>26.2</v>
       </c>
       <c r="P18" s="11">
         <v>26.4</v>
       </c>
-      <c r="Q18" s="10"/>
-[...3 lines deleted...]
-      <c r="U18" s="11"/>
+      <c r="Q18" s="10">
+        <v>26.3</v>
+      </c>
+      <c r="R18" s="42">
+        <v>26.2</v>
+      </c>
+      <c r="S18" s="11">
+        <v>26.4</v>
+      </c>
+      <c r="T18" s="11">
+        <v>26.5</v>
+      </c>
+      <c r="U18" s="11">
+        <v>26.1</v>
+      </c>
       <c r="V18" s="36"/>
       <c r="W18" s="25"/>
       <c r="X18" s="25"/>
       <c r="Y18" s="25"/>
       <c r="Z18" s="25"/>
       <c r="AA18" s="25"/>
       <c r="AB18" s="25"/>
       <c r="AC18" s="25"/>
       <c r="AD18" s="25"/>
       <c r="AE18" s="25"/>
       <c r="AF18" s="25"/>
       <c r="AG18" s="25"/>
       <c r="AH18" s="25"/>
       <c r="AI18" s="25"/>
       <c r="AJ18" s="25"/>
       <c r="AK18" s="25"/>
       <c r="AL18" s="25"/>
       <c r="AM18" s="25"/>
       <c r="AN18" s="25"/>
       <c r="AO18" s="25"/>
       <c r="AP18" s="25"/>
       <c r="AQ18" s="25"/>
     </row>
     <row r="19" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E19" s="10" t="s">
@@ -1592,55 +1677,65 @@
       </c>
       <c r="I19" s="51" t="s">
         <v>93</v>
       </c>
       <c r="J19" s="11">
         <v>4.2</v>
       </c>
       <c r="K19" s="11">
         <v>4.2</v>
       </c>
       <c r="L19" s="11">
         <v>4.3</v>
       </c>
       <c r="M19" s="11">
         <v>4.3</v>
       </c>
       <c r="N19" s="11">
         <v>4.3</v>
       </c>
       <c r="O19" s="11">
         <v>4.3</v>
       </c>
       <c r="P19" s="11">
         <v>4.3</v>
       </c>
-      <c r="Q19" s="10"/>
-[...3 lines deleted...]
-      <c r="U19" s="11"/>
+      <c r="Q19" s="10">
+        <v>4.3</v>
+      </c>
+      <c r="R19" s="42">
+        <v>4.3</v>
+      </c>
+      <c r="S19" s="11">
+        <v>4.3</v>
+      </c>
+      <c r="T19" s="11">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="U19" s="11">
+        <v>4.3</v>
+      </c>
       <c r="V19" s="36"/>
       <c r="W19" s="25"/>
       <c r="X19" s="25"/>
       <c r="Y19" s="25"/>
       <c r="Z19" s="25"/>
       <c r="AA19" s="25"/>
       <c r="AB19" s="25"/>
       <c r="AC19" s="25"/>
       <c r="AD19" s="25"/>
       <c r="AE19" s="25"/>
       <c r="AF19" s="25"/>
       <c r="AG19" s="25"/>
       <c r="AH19" s="25"/>
       <c r="AI19" s="25"/>
       <c r="AJ19" s="25"/>
       <c r="AK19" s="25"/>
       <c r="AL19" s="25"/>
       <c r="AM19" s="25"/>
       <c r="AN19" s="25"/>
       <c r="AO19" s="25"/>
       <c r="AP19" s="25"/>
     </row>
     <row r="20" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D20" s="10"/>
       <c r="E20" s="17" t="s">
@@ -1648,55 +1743,65 @@
       </c>
       <c r="I20" s="51" t="s">
         <v>94</v>
       </c>
       <c r="J20" s="11">
         <v>3.5</v>
       </c>
       <c r="K20" s="11">
         <v>3.5</v>
       </c>
       <c r="L20" s="11">
         <v>3.5</v>
       </c>
       <c r="M20" s="11">
         <v>3.5</v>
       </c>
       <c r="N20" s="11">
         <v>3.6</v>
       </c>
       <c r="O20" s="11">
         <v>3.6</v>
       </c>
       <c r="P20" s="11">
         <v>3.6</v>
       </c>
-      <c r="Q20" s="10"/>
-[...3 lines deleted...]
-      <c r="U20" s="11"/>
+      <c r="Q20" s="10">
+        <v>3.6</v>
+      </c>
+      <c r="R20" s="42">
+        <v>3.6</v>
+      </c>
+      <c r="S20" s="11">
+        <v>3.6</v>
+      </c>
+      <c r="T20" s="11">
+        <v>3.6</v>
+      </c>
+      <c r="U20" s="11">
+        <v>3.6</v>
+      </c>
       <c r="V20" s="36"/>
       <c r="W20" s="25"/>
       <c r="X20" s="25"/>
       <c r="Y20" s="25"/>
       <c r="Z20" s="25"/>
       <c r="AA20" s="25"/>
       <c r="AB20" s="25"/>
       <c r="AC20" s="25"/>
       <c r="AD20" s="25"/>
       <c r="AE20" s="25"/>
       <c r="AF20" s="25"/>
       <c r="AG20" s="25"/>
       <c r="AH20" s="25"/>
       <c r="AI20" s="25"/>
       <c r="AJ20" s="25"/>
       <c r="AK20" s="25"/>
       <c r="AL20" s="25"/>
       <c r="AM20" s="25"/>
       <c r="AN20" s="25"/>
       <c r="AO20" s="25"/>
       <c r="AP20" s="25"/>
       <c r="AQ20" s="25"/>
     </row>
     <row r="21" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E21" s="10" t="s">
@@ -1704,55 +1809,65 @@
       </c>
       <c r="I21" s="51" t="s">
         <v>95</v>
       </c>
       <c r="J21" s="11">
         <v>8.3000000000000007</v>
       </c>
       <c r="K21" s="11">
         <v>8.3000000000000007</v>
       </c>
       <c r="L21" s="11">
         <v>8.3000000000000007</v>
       </c>
       <c r="M21" s="11">
         <v>8.4</v>
       </c>
       <c r="N21" s="11">
         <v>8.4</v>
       </c>
       <c r="O21" s="11">
         <v>8.5</v>
       </c>
       <c r="P21" s="11">
         <v>8.6</v>
       </c>
-      <c r="Q21" s="10"/>
-[...3 lines deleted...]
-      <c r="U21" s="11"/>
+      <c r="Q21" s="10">
+        <v>8.6</v>
+      </c>
+      <c r="R21" s="42">
+        <v>8.6</v>
+      </c>
+      <c r="S21" s="11">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="T21" s="11">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="U21" s="11">
+        <v>8.5</v>
+      </c>
       <c r="V21" s="36"/>
       <c r="W21" s="25"/>
       <c r="X21" s="25"/>
       <c r="Y21" s="25"/>
       <c r="Z21" s="25"/>
       <c r="AA21" s="25"/>
       <c r="AB21" s="25"/>
       <c r="AC21" s="25"/>
       <c r="AD21" s="25"/>
       <c r="AE21" s="25"/>
       <c r="AF21" s="25"/>
       <c r="AG21" s="25"/>
       <c r="AH21" s="25"/>
       <c r="AI21" s="25"/>
       <c r="AJ21" s="25"/>
       <c r="AK21" s="25"/>
       <c r="AL21" s="25"/>
       <c r="AM21" s="25"/>
       <c r="AN21" s="25"/>
       <c r="AO21" s="25"/>
       <c r="AP21" s="25"/>
       <c r="AQ21" s="25"/>
     </row>
     <row r="22" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E22" s="10" t="s">
@@ -1760,91 +1875,111 @@
       </c>
       <c r="I22" s="51" t="s">
         <v>96</v>
       </c>
       <c r="J22" s="11">
         <v>3.6</v>
       </c>
       <c r="K22" s="11">
         <v>3.6</v>
       </c>
       <c r="L22" s="11">
         <v>3.6</v>
       </c>
       <c r="M22" s="11">
         <v>3.6</v>
       </c>
       <c r="N22" s="11">
         <v>3.6</v>
       </c>
       <c r="O22" s="11">
         <v>3.6</v>
       </c>
       <c r="P22" s="11">
         <v>3.6</v>
       </c>
-      <c r="Q22" s="10"/>
-[...3 lines deleted...]
-      <c r="U22" s="11"/>
+      <c r="Q22" s="10">
+        <v>3.6</v>
+      </c>
+      <c r="R22" s="42">
+        <v>3.6</v>
+      </c>
+      <c r="S22" s="11">
+        <v>3.6</v>
+      </c>
+      <c r="T22" s="11">
+        <v>3.6</v>
+      </c>
+      <c r="U22" s="11">
+        <v>3.6</v>
+      </c>
       <c r="V22" s="36"/>
     </row>
     <row r="23" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10"/>
       <c r="F23" s="17" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="51" t="s">
         <v>97</v>
       </c>
       <c r="J23" s="11">
         <v>2.1</v>
       </c>
       <c r="K23" s="11">
         <v>2.1</v>
       </c>
       <c r="L23" s="11">
         <v>2.1</v>
       </c>
       <c r="M23" s="11">
         <v>2.1</v>
       </c>
       <c r="N23" s="11">
         <v>2.1</v>
       </c>
       <c r="O23" s="11">
         <v>2.1</v>
       </c>
       <c r="P23" s="11">
         <v>2.1</v>
       </c>
-      <c r="Q23" s="10"/>
-[...3 lines deleted...]
-      <c r="U23" s="11"/>
+      <c r="Q23" s="10">
+        <v>2.1</v>
+      </c>
+      <c r="R23" s="42">
+        <v>2.1</v>
+      </c>
+      <c r="S23" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="T23" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="U23" s="11">
+        <v>2.1</v>
+      </c>
       <c r="V23" s="36"/>
       <c r="W23" s="25"/>
       <c r="X23" s="25"/>
       <c r="Y23" s="25"/>
       <c r="Z23" s="25"/>
       <c r="AA23" s="25"/>
       <c r="AB23" s="25"/>
       <c r="AC23" s="25"/>
       <c r="AD23" s="25"/>
       <c r="AE23" s="25"/>
       <c r="AF23" s="25"/>
       <c r="AG23" s="25"/>
       <c r="AH23" s="25"/>
       <c r="AI23" s="25"/>
       <c r="AJ23" s="25"/>
       <c r="AK23" s="25"/>
       <c r="AL23" s="25"/>
       <c r="AM23" s="25"/>
       <c r="AN23" s="25"/>
       <c r="AO23" s="25"/>
       <c r="AP23" s="25"/>
       <c r="AQ23" s="25"/>
     </row>
     <row r="24" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C24" s="10"/>
@@ -1853,55 +1988,65 @@
       </c>
       <c r="I24" s="51" t="s">
         <v>98</v>
       </c>
       <c r="J24" s="11">
         <v>14.3</v>
       </c>
       <c r="K24" s="11">
         <v>14.4</v>
       </c>
       <c r="L24" s="11">
         <v>14.1</v>
       </c>
       <c r="M24" s="11">
         <v>14.2</v>
       </c>
       <c r="N24" s="11">
         <v>14.2</v>
       </c>
       <c r="O24" s="11">
         <v>14</v>
       </c>
       <c r="P24" s="11">
         <v>14.1</v>
       </c>
-      <c r="Q24" s="10"/>
-[...3 lines deleted...]
-      <c r="U24" s="11"/>
+      <c r="Q24" s="10">
+        <v>14.1</v>
+      </c>
+      <c r="R24" s="42">
+        <v>14.1</v>
+      </c>
+      <c r="S24" s="11">
+        <v>13.9</v>
+      </c>
+      <c r="T24" s="11">
+        <v>13.9</v>
+      </c>
+      <c r="U24" s="11">
+        <v>14.1</v>
+      </c>
       <c r="V24" s="36"/>
       <c r="W24" s="25"/>
       <c r="X24" s="25"/>
       <c r="Y24" s="25"/>
       <c r="Z24" s="25"/>
       <c r="AA24" s="25"/>
       <c r="AB24" s="25"/>
       <c r="AC24" s="25"/>
       <c r="AD24" s="25"/>
       <c r="AE24" s="25"/>
       <c r="AF24" s="25"/>
       <c r="AG24" s="25"/>
       <c r="AH24" s="25"/>
       <c r="AI24" s="25"/>
       <c r="AJ24" s="25"/>
       <c r="AK24" s="25"/>
       <c r="AL24" s="25"/>
       <c r="AM24" s="25"/>
       <c r="AN24" s="25"/>
       <c r="AO24" s="25"/>
       <c r="AP24" s="25"/>
       <c r="AQ24" s="25"/>
     </row>
     <row r="25" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D25" s="10"/>
@@ -1910,55 +2055,65 @@
       </c>
       <c r="I25" s="51" t="s">
         <v>99</v>
       </c>
       <c r="J25" s="11">
         <v>2.5</v>
       </c>
       <c r="K25" s="11">
         <v>2.5</v>
       </c>
       <c r="L25" s="11">
         <v>2.5</v>
       </c>
       <c r="M25" s="11">
         <v>2.5</v>
       </c>
       <c r="N25" s="11">
         <v>2.5</v>
       </c>
       <c r="O25" s="11">
         <v>2.5</v>
       </c>
       <c r="P25" s="11">
         <v>2.5</v>
       </c>
-      <c r="Q25" s="10"/>
-[...3 lines deleted...]
-      <c r="U25" s="11"/>
+      <c r="Q25" s="10">
+        <v>2.5</v>
+      </c>
+      <c r="R25" s="42">
+        <v>2.5</v>
+      </c>
+      <c r="S25" s="11">
+        <v>2.4</v>
+      </c>
+      <c r="T25" s="11">
+        <v>2.5</v>
+      </c>
+      <c r="U25" s="11">
+        <v>2.5</v>
+      </c>
       <c r="V25" s="36"/>
       <c r="W25" s="25"/>
       <c r="X25" s="25"/>
       <c r="Y25" s="25"/>
       <c r="Z25" s="25"/>
       <c r="AA25" s="25"/>
       <c r="AB25" s="25"/>
       <c r="AC25" s="25"/>
       <c r="AD25" s="25"/>
       <c r="AE25" s="25"/>
       <c r="AF25" s="25"/>
       <c r="AG25" s="25"/>
       <c r="AH25" s="25"/>
       <c r="AI25" s="25"/>
       <c r="AJ25" s="25"/>
       <c r="AK25" s="25"/>
       <c r="AL25" s="25"/>
       <c r="AM25" s="25"/>
       <c r="AN25" s="25"/>
       <c r="AO25" s="25"/>
       <c r="AP25" s="25"/>
       <c r="AQ25" s="25"/>
     </row>
     <row r="26" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="21"/>
@@ -2006,57 +2161,67 @@
         <v>29</v>
       </c>
       <c r="E27" s="8"/>
       <c r="I27" s="50" t="s">
         <v>100</v>
       </c>
       <c r="J27" s="9">
         <v>443.6</v>
       </c>
       <c r="K27" s="9">
         <v>445.5</v>
       </c>
       <c r="L27" s="9">
         <v>451.4</v>
       </c>
       <c r="M27" s="9">
         <v>455.8</v>
       </c>
       <c r="N27" s="9">
         <v>456.8</v>
       </c>
       <c r="O27" s="9">
         <v>454.1</v>
       </c>
       <c r="P27" s="9">
-        <v>451.9</v>
-[...5 lines deleted...]
-      <c r="U27" s="9"/>
+        <v>452.3</v>
+      </c>
+      <c r="Q27" s="8">
+        <v>456.2</v>
+      </c>
+      <c r="R27" s="41">
+        <v>453.8</v>
+      </c>
+      <c r="S27" s="9">
+        <v>452.7</v>
+      </c>
+      <c r="T27" s="9">
+        <v>450.3</v>
+      </c>
+      <c r="U27" s="9">
+        <v>451.1</v>
+      </c>
       <c r="V27" s="36"/>
       <c r="W27" s="26"/>
       <c r="X27" s="26"/>
       <c r="Y27" s="26"/>
       <c r="Z27" s="26"/>
       <c r="AA27" s="26"/>
       <c r="AB27" s="26"/>
       <c r="AC27" s="26"/>
       <c r="AD27" s="26"/>
       <c r="AE27" s="26"/>
       <c r="AF27" s="26"/>
       <c r="AG27" s="26"/>
       <c r="AH27" s="26"/>
       <c r="AI27" s="26"/>
       <c r="AJ27" s="26"/>
       <c r="AK27" s="26"/>
       <c r="AL27" s="26"/>
       <c r="AM27" s="26"/>
       <c r="AN27" s="26"/>
       <c r="AO27" s="26"/>
       <c r="AP27" s="26"/>
       <c r="AQ27" s="26"/>
     </row>
     <row r="28" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="21"/>
@@ -2104,57 +2269,67 @@
         <v>30</v>
       </c>
       <c r="F29" s="8"/>
       <c r="I29" s="9">
         <v>79</v>
       </c>
       <c r="J29" s="20">
         <v>78.2</v>
       </c>
       <c r="K29" s="9">
         <v>77.3</v>
       </c>
       <c r="L29" s="9">
         <v>76.900000000000006</v>
       </c>
       <c r="M29" s="9">
         <v>77.099999999999994</v>
       </c>
       <c r="N29" s="9">
         <v>78</v>
       </c>
       <c r="O29" s="9">
         <v>77</v>
       </c>
       <c r="P29" s="9">
-        <v>76.7</v>
-[...5 lines deleted...]
-      <c r="U29" s="9"/>
+        <v>76.8</v>
+      </c>
+      <c r="Q29" s="8">
+        <v>76.900000000000006</v>
+      </c>
+      <c r="R29" s="41">
+        <v>76.8</v>
+      </c>
+      <c r="S29" s="9">
+        <v>77.5</v>
+      </c>
+      <c r="T29" s="9">
+        <v>78</v>
+      </c>
+      <c r="U29" s="9">
+        <v>77.5</v>
+      </c>
       <c r="V29" s="36"/>
       <c r="W29" s="26"/>
       <c r="X29" s="26"/>
       <c r="Y29" s="26"/>
       <c r="Z29" s="26"/>
       <c r="AA29" s="26"/>
       <c r="AB29" s="26"/>
       <c r="AC29" s="26"/>
       <c r="AD29" s="26"/>
       <c r="AE29" s="26"/>
       <c r="AF29" s="26"/>
       <c r="AG29" s="26"/>
       <c r="AH29" s="26"/>
       <c r="AI29" s="26"/>
       <c r="AJ29" s="26"/>
       <c r="AK29" s="26"/>
       <c r="AL29" s="26"/>
       <c r="AM29" s="26"/>
       <c r="AN29" s="26"/>
       <c r="AO29" s="26"/>
       <c r="AP29" s="26"/>
       <c r="AQ29" s="26"/>
     </row>
     <row r="30" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D30" s="17" t="s">
@@ -2163,112 +2338,132 @@
       <c r="E30" s="10"/>
       <c r="I30" s="51" t="s">
         <v>101</v>
       </c>
       <c r="J30" s="11">
         <v>16.899999999999999</v>
       </c>
       <c r="K30" s="11">
         <v>16.8</v>
       </c>
       <c r="L30" s="11">
         <v>16.600000000000001</v>
       </c>
       <c r="M30" s="11">
         <v>16.600000000000001</v>
       </c>
       <c r="N30" s="11">
         <v>16.7</v>
       </c>
       <c r="O30" s="11">
         <v>16.600000000000001</v>
       </c>
       <c r="P30" s="11">
         <v>16.100000000000001</v>
       </c>
-      <c r="Q30" s="10"/>
-[...3 lines deleted...]
-      <c r="U30" s="11"/>
+      <c r="Q30" s="10">
+        <v>16.3</v>
+      </c>
+      <c r="R30" s="42">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="S30" s="11">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="T30" s="11">
+        <v>16.3</v>
+      </c>
+      <c r="U30" s="11">
+        <v>16.5</v>
+      </c>
       <c r="V30" s="36"/>
       <c r="W30" s="25"/>
       <c r="X30" s="25"/>
       <c r="Y30" s="25"/>
       <c r="Z30" s="25"/>
       <c r="AA30" s="25"/>
       <c r="AB30" s="25"/>
       <c r="AC30" s="25"/>
       <c r="AD30" s="25"/>
       <c r="AE30" s="25"/>
       <c r="AF30" s="25"/>
       <c r="AG30" s="25"/>
       <c r="AH30" s="25"/>
       <c r="AI30" s="25"/>
       <c r="AJ30" s="25"/>
       <c r="AK30" s="25"/>
       <c r="AL30" s="25"/>
       <c r="AM30" s="25"/>
       <c r="AN30" s="25"/>
       <c r="AO30" s="25"/>
       <c r="AP30" s="25"/>
       <c r="AQ30" s="25"/>
     </row>
     <row r="31" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D31" s="17" t="s">
         <v>32</v>
       </c>
       <c r="E31" s="10"/>
       <c r="I31" s="51" t="s">
         <v>102</v>
       </c>
       <c r="J31" s="11">
         <v>46.6</v>
       </c>
       <c r="K31" s="11">
         <v>46.1</v>
       </c>
       <c r="L31" s="11">
         <v>46.1</v>
       </c>
       <c r="M31" s="11">
         <v>46.2</v>
       </c>
       <c r="N31" s="11">
         <v>46.7</v>
       </c>
       <c r="O31" s="11">
         <v>46.5</v>
       </c>
       <c r="P31" s="11">
+        <v>46.6</v>
+      </c>
+      <c r="Q31" s="10">
+        <v>46.1</v>
+      </c>
+      <c r="R31" s="42">
         <v>46.4</v>
       </c>
-      <c r="Q31" s="10"/>
-[...3 lines deleted...]
-      <c r="U31" s="11"/>
+      <c r="S31" s="11">
+        <v>46.9</v>
+      </c>
+      <c r="T31" s="11">
+        <v>47.2</v>
+      </c>
+      <c r="U31" s="11">
+        <v>46.6</v>
+      </c>
       <c r="V31" s="36"/>
       <c r="W31" s="25"/>
       <c r="X31" s="25"/>
       <c r="Y31" s="25"/>
       <c r="Z31" s="25"/>
       <c r="AA31" s="25"/>
       <c r="AB31" s="25"/>
       <c r="AC31" s="25"/>
       <c r="AD31" s="25"/>
       <c r="AE31" s="25"/>
       <c r="AF31" s="25"/>
       <c r="AG31" s="25"/>
       <c r="AH31" s="25"/>
       <c r="AI31" s="25"/>
       <c r="AJ31" s="25"/>
       <c r="AK31" s="25"/>
       <c r="AL31" s="25"/>
       <c r="AM31" s="25"/>
       <c r="AN31" s="25"/>
       <c r="AO31" s="25"/>
       <c r="AP31" s="25"/>
       <c r="AQ31" s="25"/>
     </row>
     <row r="32" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E32" s="10" t="s">
@@ -2276,55 +2471,65 @@
       </c>
       <c r="I32" s="51" t="s">
         <v>94</v>
       </c>
       <c r="J32" s="11">
         <v>3.4</v>
       </c>
       <c r="K32" s="11">
         <v>3.3</v>
       </c>
       <c r="L32" s="11">
         <v>3.3</v>
       </c>
       <c r="M32" s="11">
         <v>3.3</v>
       </c>
       <c r="N32" s="11">
         <v>3.3</v>
       </c>
       <c r="O32" s="11">
         <v>3.2</v>
       </c>
       <c r="P32" s="11">
         <v>3.2</v>
       </c>
-      <c r="Q32" s="10"/>
-[...3 lines deleted...]
-      <c r="U32" s="11"/>
+      <c r="Q32" s="10">
+        <v>3.2</v>
+      </c>
+      <c r="R32" s="42">
+        <v>3.3</v>
+      </c>
+      <c r="S32" s="11">
+        <v>3.6</v>
+      </c>
+      <c r="T32" s="11">
+        <v>3.7</v>
+      </c>
+      <c r="U32" s="11">
+        <v>3.4</v>
+      </c>
       <c r="V32" s="36"/>
       <c r="W32" s="25"/>
       <c r="X32" s="25"/>
       <c r="Y32" s="25"/>
       <c r="Z32" s="25"/>
       <c r="AA32" s="25"/>
       <c r="AB32" s="25"/>
       <c r="AC32" s="25"/>
       <c r="AD32" s="25"/>
       <c r="AE32" s="25"/>
       <c r="AF32" s="25"/>
       <c r="AG32" s="25"/>
       <c r="AH32" s="25"/>
       <c r="AI32" s="25"/>
       <c r="AJ32" s="25"/>
       <c r="AK32" s="25"/>
       <c r="AL32" s="25"/>
       <c r="AM32" s="25"/>
       <c r="AN32" s="25"/>
       <c r="AO32" s="25"/>
       <c r="AP32" s="25"/>
       <c r="AQ32" s="25"/>
     </row>
     <row r="33" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E33" s="10" t="s">
@@ -2332,169 +2537,199 @@
       </c>
       <c r="I33" s="51" t="s">
         <v>93</v>
       </c>
       <c r="J33" s="11">
         <v>4.0999999999999996</v>
       </c>
       <c r="K33" s="11">
         <v>4.0999999999999996</v>
       </c>
       <c r="L33" s="11">
         <v>4.0999999999999996</v>
       </c>
       <c r="M33" s="11">
         <v>4.0999999999999996</v>
       </c>
       <c r="N33" s="11">
         <v>4.0999999999999996</v>
       </c>
       <c r="O33" s="11">
         <v>4.0999999999999996</v>
       </c>
       <c r="P33" s="11">
         <v>4.0999999999999996</v>
       </c>
-      <c r="Q33" s="10"/>
-[...3 lines deleted...]
-      <c r="U33" s="11"/>
+      <c r="Q33" s="10">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="R33" s="42">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="S33" s="11">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="T33" s="11">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="U33" s="11">
+        <v>4.0999999999999996</v>
+      </c>
       <c r="V33" s="36"/>
       <c r="W33" s="25"/>
       <c r="X33" s="25"/>
       <c r="Y33" s="25"/>
       <c r="Z33" s="25"/>
       <c r="AA33" s="25"/>
       <c r="AB33" s="25"/>
       <c r="AC33" s="25"/>
       <c r="AD33" s="25"/>
       <c r="AE33" s="25"/>
       <c r="AF33" s="25"/>
       <c r="AG33" s="25"/>
       <c r="AH33" s="25"/>
       <c r="AI33" s="25"/>
       <c r="AJ33" s="25"/>
       <c r="AK33" s="25"/>
       <c r="AL33" s="25"/>
       <c r="AM33" s="25"/>
       <c r="AN33" s="25"/>
       <c r="AO33" s="25"/>
       <c r="AP33" s="25"/>
       <c r="AQ33" s="25"/>
     </row>
     <row r="34" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C34" s="10"/>
       <c r="D34" s="17" t="s">
         <v>35</v>
       </c>
       <c r="I34" s="51" t="s">
         <v>103</v>
       </c>
       <c r="J34" s="11">
         <v>14.7</v>
       </c>
       <c r="K34" s="11">
         <v>14.4</v>
       </c>
       <c r="L34" s="11">
         <v>14.2</v>
       </c>
       <c r="M34" s="11">
         <v>14.3</v>
       </c>
       <c r="N34" s="11">
         <v>14.6</v>
       </c>
       <c r="O34" s="11">
         <v>13.9</v>
       </c>
       <c r="P34" s="11">
-        <v>14.2</v>
-[...5 lines deleted...]
-      <c r="U34" s="11"/>
+        <v>14.1</v>
+      </c>
+      <c r="Q34" s="10">
+        <v>14.5</v>
+      </c>
+      <c r="R34" s="42">
+        <v>14.3</v>
+      </c>
+      <c r="S34" s="11">
+        <v>14.5</v>
+      </c>
+      <c r="T34" s="11">
+        <v>14.5</v>
+      </c>
+      <c r="U34" s="11">
+        <v>14.4</v>
+      </c>
       <c r="V34" s="36"/>
       <c r="W34" s="25"/>
       <c r="X34" s="25"/>
       <c r="Y34" s="25"/>
       <c r="Z34" s="25"/>
       <c r="AA34" s="25"/>
       <c r="AB34" s="25"/>
       <c r="AC34" s="25"/>
       <c r="AD34" s="25"/>
       <c r="AE34" s="25"/>
       <c r="AF34" s="25"/>
       <c r="AG34" s="25"/>
       <c r="AH34" s="25"/>
       <c r="AI34" s="25"/>
       <c r="AJ34" s="25"/>
       <c r="AK34" s="25"/>
       <c r="AL34" s="25"/>
       <c r="AM34" s="25"/>
       <c r="AN34" s="25"/>
       <c r="AO34" s="25"/>
       <c r="AP34" s="25"/>
       <c r="AQ34" s="25"/>
     </row>
     <row r="35" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D35" s="10"/>
       <c r="E35" s="17" t="s">
         <v>36</v>
       </c>
       <c r="I35" s="51" t="s">
         <v>104</v>
       </c>
       <c r="J35" s="11">
         <v>13</v>
       </c>
       <c r="K35" s="11">
         <v>12.8</v>
       </c>
       <c r="L35" s="11">
         <v>12.7</v>
       </c>
       <c r="M35" s="11">
         <v>12.8</v>
       </c>
       <c r="N35" s="11">
         <v>13</v>
       </c>
       <c r="O35" s="11">
         <v>12.4</v>
       </c>
       <c r="P35" s="11">
-        <v>12.6</v>
-[...5 lines deleted...]
-      <c r="U35" s="11"/>
+        <v>12.5</v>
+      </c>
+      <c r="Q35" s="10">
+        <v>13</v>
+      </c>
+      <c r="R35" s="42">
+        <v>12.8</v>
+      </c>
+      <c r="S35" s="11">
+        <v>13</v>
+      </c>
+      <c r="T35" s="11">
+        <v>13</v>
+      </c>
+      <c r="U35" s="11">
+        <v>12.8</v>
+      </c>
       <c r="V35" s="36"/>
       <c r="W35" s="25"/>
       <c r="X35" s="25"/>
       <c r="Y35" s="25"/>
       <c r="Z35" s="25"/>
       <c r="AA35" s="25"/>
       <c r="AB35" s="25"/>
       <c r="AC35" s="25"/>
       <c r="AD35" s="25"/>
       <c r="AE35" s="25"/>
       <c r="AF35" s="25"/>
       <c r="AG35" s="25"/>
       <c r="AH35" s="25"/>
       <c r="AI35" s="25"/>
       <c r="AJ35" s="25"/>
       <c r="AK35" s="25"/>
       <c r="AL35" s="25"/>
       <c r="AM35" s="25"/>
       <c r="AN35" s="25"/>
       <c r="AO35" s="25"/>
       <c r="AP35" s="25"/>
       <c r="AQ35" s="25"/>
     </row>
     <row r="36" spans="1:43" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D36" s="17"/>
@@ -2542,57 +2777,67 @@
       <c r="C37" s="8" t="s">
         <v>37</v>
       </c>
       <c r="I37" s="50" t="s">
         <v>105</v>
       </c>
       <c r="J37" s="9">
         <v>5.5</v>
       </c>
       <c r="K37" s="9">
         <v>5.3</v>
       </c>
       <c r="L37" s="9">
         <v>5.3</v>
       </c>
       <c r="M37" s="9">
         <v>5.3</v>
       </c>
       <c r="N37" s="9">
         <v>5.4</v>
       </c>
       <c r="O37" s="9">
         <v>5.4</v>
       </c>
       <c r="P37" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="Q37" s="8">
+        <v>5.2</v>
+      </c>
+      <c r="R37" s="41">
         <v>5.4</v>
       </c>
-      <c r="Q37" s="8"/>
-[...3 lines deleted...]
-      <c r="U37" s="9"/>
+      <c r="S37" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="T37" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="U37" s="9">
+        <v>5.4</v>
+      </c>
       <c r="V37" s="36"/>
       <c r="W37" s="26"/>
       <c r="X37" s="26"/>
       <c r="Y37" s="26"/>
       <c r="Z37" s="26"/>
       <c r="AA37" s="26"/>
       <c r="AB37" s="26"/>
       <c r="AC37" s="26"/>
       <c r="AD37" s="26"/>
       <c r="AE37" s="26"/>
       <c r="AF37" s="26"/>
       <c r="AG37" s="26"/>
       <c r="AH37" s="26"/>
       <c r="AI37" s="26"/>
       <c r="AJ37" s="26"/>
       <c r="AK37" s="26"/>
       <c r="AL37" s="26"/>
       <c r="AM37" s="26"/>
       <c r="AN37" s="26"/>
       <c r="AO37" s="26"/>
       <c r="AP37" s="26"/>
       <c r="AQ37" s="26"/>
     </row>
     <row r="38" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A38" s="21"/>
@@ -2604,55 +2849,65 @@
       </c>
       <c r="I38" s="51" t="s">
         <v>106</v>
       </c>
       <c r="J38" s="11">
         <v>1.5</v>
       </c>
       <c r="K38" s="11">
         <v>1.4</v>
       </c>
       <c r="L38" s="11">
         <v>1.4</v>
       </c>
       <c r="M38" s="11">
         <v>1.4</v>
       </c>
       <c r="N38" s="11">
         <v>1.4</v>
       </c>
       <c r="O38" s="11">
         <v>1.4</v>
       </c>
       <c r="P38" s="11">
         <v>1.4</v>
       </c>
-      <c r="Q38" s="10"/>
-[...3 lines deleted...]
-      <c r="U38" s="11"/>
+      <c r="Q38" s="10">
+        <v>1.3</v>
+      </c>
+      <c r="R38" s="42">
+        <v>1.4</v>
+      </c>
+      <c r="S38" s="11">
+        <v>1.3</v>
+      </c>
+      <c r="T38" s="11">
+        <v>1.3</v>
+      </c>
+      <c r="U38" s="11">
+        <v>1.4</v>
+      </c>
       <c r="V38" s="36"/>
       <c r="W38" s="25"/>
       <c r="X38" s="25"/>
       <c r="Y38" s="25"/>
       <c r="Z38" s="25"/>
       <c r="AA38" s="25"/>
       <c r="AB38" s="25"/>
       <c r="AC38" s="25"/>
       <c r="AD38" s="25"/>
       <c r="AE38" s="25"/>
       <c r="AF38" s="25"/>
       <c r="AG38" s="25"/>
       <c r="AH38" s="25"/>
       <c r="AI38" s="25"/>
       <c r="AJ38" s="25"/>
       <c r="AK38" s="25"/>
       <c r="AL38" s="25"/>
       <c r="AM38" s="25"/>
       <c r="AN38" s="25"/>
       <c r="AO38" s="25"/>
       <c r="AP38" s="25"/>
       <c r="AQ38" s="25"/>
     </row>
     <row r="39" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A39" s="21"/>
@@ -2700,57 +2955,67 @@
         <v>38</v>
       </c>
       <c r="E40" s="8"/>
       <c r="I40" s="50" t="s">
         <v>107</v>
       </c>
       <c r="J40" s="9">
         <v>34.700000000000003</v>
       </c>
       <c r="K40" s="9">
         <v>34.799999999999997</v>
       </c>
       <c r="L40" s="9">
         <v>34.799999999999997</v>
       </c>
       <c r="M40" s="9">
         <v>35</v>
       </c>
       <c r="N40" s="9">
         <v>34.9</v>
       </c>
       <c r="O40" s="9">
         <v>34.799999999999997</v>
       </c>
       <c r="P40" s="9">
-        <v>34.6</v>
-[...5 lines deleted...]
-      <c r="U40" s="9"/>
+        <v>34.9</v>
+      </c>
+      <c r="Q40" s="8">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="R40" s="41">
+        <v>34.9</v>
+      </c>
+      <c r="S40" s="9">
+        <v>34.9</v>
+      </c>
+      <c r="T40" s="9">
+        <v>35</v>
+      </c>
+      <c r="U40" s="9">
+        <v>34.799999999999997</v>
+      </c>
       <c r="V40" s="36"/>
       <c r="W40" s="26"/>
       <c r="X40" s="26"/>
       <c r="Y40" s="26"/>
       <c r="Z40" s="26"/>
       <c r="AA40" s="26"/>
       <c r="AB40" s="26"/>
       <c r="AC40" s="26"/>
       <c r="AD40" s="26"/>
       <c r="AE40" s="26"/>
       <c r="AF40" s="26"/>
       <c r="AG40" s="26"/>
       <c r="AH40" s="26"/>
       <c r="AI40" s="26"/>
       <c r="AJ40" s="26"/>
       <c r="AK40" s="26"/>
       <c r="AL40" s="26"/>
       <c r="AM40" s="26"/>
       <c r="AN40" s="26"/>
       <c r="AO40" s="26"/>
       <c r="AP40" s="26"/>
       <c r="AQ40" s="26"/>
     </row>
     <row r="41" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C41" s="10"/>
@@ -2759,55 +3024,65 @@
       </c>
       <c r="I41" s="51" t="s">
         <v>108</v>
       </c>
       <c r="J41" s="11">
         <v>28.3</v>
       </c>
       <c r="K41" s="11">
         <v>28.2</v>
       </c>
       <c r="L41" s="11">
         <v>28.2</v>
       </c>
       <c r="M41" s="11">
         <v>28.2</v>
       </c>
       <c r="N41" s="11">
         <v>28.3</v>
       </c>
       <c r="O41" s="11">
         <v>28.2</v>
       </c>
       <c r="P41" s="11">
         <v>28</v>
       </c>
-      <c r="Q41" s="10"/>
-[...3 lines deleted...]
-      <c r="U41" s="11"/>
+      <c r="Q41" s="10">
+        <v>28</v>
+      </c>
+      <c r="R41" s="42">
+        <v>28.3</v>
+      </c>
+      <c r="S41" s="11">
+        <v>28.2</v>
+      </c>
+      <c r="T41" s="11">
+        <v>28.3</v>
+      </c>
+      <c r="U41" s="11">
+        <v>28.2</v>
+      </c>
       <c r="V41" s="36"/>
       <c r="W41" s="25"/>
       <c r="X41" s="25"/>
       <c r="Y41" s="25"/>
       <c r="Z41" s="25"/>
       <c r="AA41" s="25"/>
       <c r="AB41" s="25"/>
       <c r="AC41" s="25"/>
       <c r="AD41" s="25"/>
       <c r="AE41" s="25"/>
       <c r="AF41" s="25"/>
       <c r="AG41" s="25"/>
       <c r="AH41" s="25"/>
       <c r="AI41" s="25"/>
       <c r="AJ41" s="25"/>
       <c r="AK41" s="25"/>
       <c r="AL41" s="25"/>
       <c r="AM41" s="25"/>
       <c r="AN41" s="25"/>
       <c r="AO41" s="25"/>
       <c r="AP41" s="25"/>
       <c r="AQ41" s="25"/>
     </row>
     <row r="42" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D42" s="10"/>
@@ -2816,55 +3091,65 @@
       </c>
       <c r="I42" s="51" t="s">
         <v>109</v>
       </c>
       <c r="J42" s="11">
         <v>10.199999999999999</v>
       </c>
       <c r="K42" s="11">
         <v>10.1</v>
       </c>
       <c r="L42" s="11">
         <v>10.1</v>
       </c>
       <c r="M42" s="11">
         <v>10.1</v>
       </c>
       <c r="N42" s="11">
         <v>10.1</v>
       </c>
       <c r="O42" s="11">
         <v>10</v>
       </c>
       <c r="P42" s="11">
         <v>10</v>
       </c>
-      <c r="Q42" s="10"/>
-[...3 lines deleted...]
-      <c r="U42" s="11"/>
+      <c r="Q42" s="10">
+        <v>10</v>
+      </c>
+      <c r="R42" s="42">
+        <v>10</v>
+      </c>
+      <c r="S42" s="11">
+        <v>10.1</v>
+      </c>
+      <c r="T42" s="11">
+        <v>10.1</v>
+      </c>
+      <c r="U42" s="11">
+        <v>10.1</v>
+      </c>
       <c r="V42" s="36"/>
       <c r="W42" s="25"/>
       <c r="X42" s="25"/>
       <c r="Y42" s="25"/>
       <c r="Z42" s="25"/>
       <c r="AA42" s="25"/>
       <c r="AB42" s="25"/>
       <c r="AC42" s="25"/>
       <c r="AD42" s="25"/>
       <c r="AE42" s="25"/>
       <c r="AF42" s="25"/>
       <c r="AG42" s="25"/>
       <c r="AH42" s="25"/>
       <c r="AI42" s="25"/>
       <c r="AJ42" s="25"/>
       <c r="AK42" s="25"/>
       <c r="AL42" s="25"/>
       <c r="AM42" s="25"/>
       <c r="AN42" s="25"/>
       <c r="AO42" s="25"/>
       <c r="AP42" s="25"/>
       <c r="AQ42" s="25"/>
     </row>
     <row r="43" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E43" s="10" t="s">
@@ -2872,55 +3157,65 @@
       </c>
       <c r="I43" s="51" t="s">
         <v>90</v>
       </c>
       <c r="J43" s="11">
         <v>13.7</v>
       </c>
       <c r="K43" s="11">
         <v>13.6</v>
       </c>
       <c r="L43" s="11">
         <v>13.6</v>
       </c>
       <c r="M43" s="11">
         <v>13.6</v>
       </c>
       <c r="N43" s="11">
         <v>13.7</v>
       </c>
       <c r="O43" s="11">
         <v>13.6</v>
       </c>
       <c r="P43" s="11">
         <v>13.5</v>
       </c>
-      <c r="Q43" s="10"/>
-[...3 lines deleted...]
-      <c r="U43" s="11"/>
+      <c r="Q43" s="10">
+        <v>13.5</v>
+      </c>
+      <c r="R43" s="42">
+        <v>13.5</v>
+      </c>
+      <c r="S43" s="11">
+        <v>13.5</v>
+      </c>
+      <c r="T43" s="11">
+        <v>13.5</v>
+      </c>
+      <c r="U43" s="11">
+        <v>13.6</v>
+      </c>
       <c r="V43" s="36"/>
       <c r="W43" s="25"/>
       <c r="X43" s="25"/>
       <c r="Y43" s="25"/>
       <c r="Z43" s="25"/>
       <c r="AA43" s="25"/>
       <c r="AB43" s="25"/>
       <c r="AC43" s="25"/>
       <c r="AD43" s="25"/>
       <c r="AE43" s="25"/>
       <c r="AF43" s="25"/>
       <c r="AG43" s="25"/>
       <c r="AH43" s="25"/>
       <c r="AI43" s="25"/>
       <c r="AJ43" s="25"/>
       <c r="AK43" s="25"/>
       <c r="AL43" s="25"/>
       <c r="AM43" s="25"/>
       <c r="AN43" s="25"/>
       <c r="AO43" s="25"/>
       <c r="AP43" s="25"/>
       <c r="AQ43" s="25"/>
     </row>
     <row r="44" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A44" s="21"/>
@@ -2968,114 +3263,134 @@
         <v>42</v>
       </c>
       <c r="E45" s="8"/>
       <c r="I45" s="50" t="s">
         <v>110</v>
       </c>
       <c r="J45" s="9">
         <v>67.2</v>
       </c>
       <c r="K45" s="9">
         <v>68.2</v>
       </c>
       <c r="L45" s="9">
         <v>71.599999999999994</v>
       </c>
       <c r="M45" s="9">
         <v>72.5</v>
       </c>
       <c r="N45" s="9">
         <v>73.3</v>
       </c>
       <c r="O45" s="9">
         <v>72.5</v>
       </c>
       <c r="P45" s="9">
-        <v>73.099999999999994</v>
-[...5 lines deleted...]
-      <c r="U45" s="9"/>
+        <v>72.599999999999994</v>
+      </c>
+      <c r="Q45" s="8">
+        <v>72.7</v>
+      </c>
+      <c r="R45" s="41">
+        <v>71.599999999999994</v>
+      </c>
+      <c r="S45" s="9">
+        <v>71.900000000000006</v>
+      </c>
+      <c r="T45" s="9">
+        <v>70.400000000000006</v>
+      </c>
+      <c r="U45" s="9">
+        <v>71</v>
+      </c>
       <c r="V45" s="36"/>
       <c r="W45" s="26"/>
       <c r="X45" s="26"/>
       <c r="Y45" s="26"/>
       <c r="Z45" s="26"/>
       <c r="AA45" s="26"/>
       <c r="AB45" s="26"/>
       <c r="AC45" s="26"/>
       <c r="AD45" s="26"/>
       <c r="AE45" s="26"/>
       <c r="AF45" s="26"/>
       <c r="AG45" s="26"/>
       <c r="AH45" s="26"/>
       <c r="AI45" s="26"/>
       <c r="AJ45" s="26"/>
       <c r="AK45" s="26"/>
       <c r="AL45" s="26"/>
       <c r="AM45" s="26"/>
       <c r="AN45" s="26"/>
       <c r="AO45" s="26"/>
       <c r="AP45" s="26"/>
       <c r="AQ45" s="26"/>
     </row>
     <row r="46" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D46" s="17" t="s">
         <v>43</v>
       </c>
       <c r="E46" s="10"/>
       <c r="I46" s="51" t="s">
         <v>111</v>
       </c>
       <c r="J46" s="11">
         <v>31</v>
       </c>
       <c r="K46" s="11">
         <v>31.1</v>
       </c>
       <c r="L46" s="11">
         <v>31.9</v>
       </c>
       <c r="M46" s="11">
         <v>32.1</v>
       </c>
       <c r="N46" s="11">
         <v>32.299999999999997</v>
       </c>
       <c r="O46" s="11">
         <v>32.6</v>
       </c>
       <c r="P46" s="11">
-        <v>32.9</v>
-[...5 lines deleted...]
-      <c r="U46" s="11"/>
+        <v>32.4</v>
+      </c>
+      <c r="Q46" s="10">
+        <v>31.9</v>
+      </c>
+      <c r="R46" s="42">
+        <v>31.9</v>
+      </c>
+      <c r="S46" s="11">
+        <v>32</v>
+      </c>
+      <c r="T46" s="11">
+        <v>32</v>
+      </c>
+      <c r="U46" s="11">
+        <v>31.8</v>
+      </c>
       <c r="V46" s="36"/>
       <c r="W46" s="25"/>
       <c r="X46" s="25"/>
       <c r="Y46" s="25"/>
       <c r="Z46" s="25"/>
       <c r="AA46" s="25"/>
       <c r="AB46" s="25"/>
       <c r="AC46" s="25"/>
       <c r="AD46" s="25"/>
       <c r="AE46" s="25"/>
       <c r="AF46" s="25"/>
       <c r="AG46" s="25"/>
       <c r="AH46" s="25"/>
       <c r="AI46" s="25"/>
       <c r="AJ46" s="25"/>
       <c r="AK46" s="25"/>
       <c r="AL46" s="25"/>
       <c r="AM46" s="25"/>
       <c r="AN46" s="25"/>
       <c r="AO46" s="25"/>
       <c r="AP46" s="25"/>
       <c r="AQ46" s="25"/>
     </row>
     <row r="47" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D47" s="17" t="s">
@@ -3084,55 +3399,65 @@
       <c r="E47" s="10"/>
       <c r="I47" s="51" t="s">
         <v>112</v>
       </c>
       <c r="J47" s="11">
         <v>10.199999999999999</v>
       </c>
       <c r="K47" s="11">
         <v>10.199999999999999</v>
       </c>
       <c r="L47" s="11">
         <v>10.199999999999999</v>
       </c>
       <c r="M47" s="11">
         <v>10.199999999999999</v>
       </c>
       <c r="N47" s="11">
         <v>10.3</v>
       </c>
       <c r="O47" s="11">
         <v>10.199999999999999</v>
       </c>
       <c r="P47" s="11">
         <v>10.1</v>
       </c>
-      <c r="Q47" s="10"/>
-[...3 lines deleted...]
-      <c r="U47" s="11"/>
+      <c r="Q47" s="10">
+        <v>10.1</v>
+      </c>
+      <c r="R47" s="42">
+        <v>10</v>
+      </c>
+      <c r="S47" s="11">
+        <v>10.1</v>
+      </c>
+      <c r="T47" s="11">
+        <v>10</v>
+      </c>
+      <c r="U47" s="11">
+        <v>10.1</v>
+      </c>
       <c r="V47" s="36"/>
       <c r="W47" s="25"/>
       <c r="X47" s="25"/>
       <c r="Y47" s="25"/>
       <c r="Z47" s="25"/>
       <c r="AA47" s="25"/>
       <c r="AB47" s="25"/>
       <c r="AC47" s="25"/>
       <c r="AD47" s="25"/>
       <c r="AE47" s="25"/>
       <c r="AF47" s="25"/>
       <c r="AG47" s="25"/>
       <c r="AH47" s="25"/>
       <c r="AI47" s="25"/>
       <c r="AJ47" s="25"/>
       <c r="AK47" s="25"/>
       <c r="AL47" s="25"/>
       <c r="AM47" s="25"/>
       <c r="AN47" s="25"/>
       <c r="AO47" s="25"/>
       <c r="AP47" s="25"/>
       <c r="AQ47" s="25"/>
     </row>
     <row r="48" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D48" s="10" t="s">
@@ -3140,112 +3465,132 @@
       </c>
       <c r="I48" s="51" t="s">
         <v>113</v>
       </c>
       <c r="J48" s="11">
         <v>26</v>
       </c>
       <c r="K48" s="11">
         <v>26.9</v>
       </c>
       <c r="L48" s="11">
         <v>29.5</v>
       </c>
       <c r="M48" s="11">
         <v>30.2</v>
       </c>
       <c r="N48" s="11">
         <v>30.7</v>
       </c>
       <c r="O48" s="11">
         <v>29.7</v>
       </c>
       <c r="P48" s="11">
         <v>30.1</v>
       </c>
-      <c r="Q48" s="10"/>
-[...3 lines deleted...]
-      <c r="U48" s="11"/>
+      <c r="Q48" s="10">
+        <v>30.7</v>
+      </c>
+      <c r="R48" s="42">
+        <v>29.7</v>
+      </c>
+      <c r="S48" s="11">
+        <v>29.8</v>
+      </c>
+      <c r="T48" s="11">
+        <v>28.4</v>
+      </c>
+      <c r="U48" s="11">
+        <v>29</v>
+      </c>
       <c r="V48" s="36"/>
       <c r="W48" s="25"/>
       <c r="X48" s="25"/>
       <c r="Y48" s="25"/>
       <c r="Z48" s="25"/>
       <c r="AA48" s="25"/>
       <c r="AB48" s="25"/>
       <c r="AC48" s="25"/>
       <c r="AD48" s="25"/>
       <c r="AE48" s="25"/>
       <c r="AF48" s="25"/>
       <c r="AG48" s="25"/>
       <c r="AH48" s="25"/>
       <c r="AI48" s="25"/>
       <c r="AJ48" s="25"/>
       <c r="AK48" s="25"/>
       <c r="AL48" s="25"/>
       <c r="AM48" s="25"/>
       <c r="AN48" s="25"/>
       <c r="AO48" s="25"/>
       <c r="AP48" s="25"/>
       <c r="AQ48" s="25"/>
     </row>
     <row r="49" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C49" s="10"/>
       <c r="E49" s="17" t="s">
         <v>46</v>
       </c>
       <c r="I49" s="51" t="s">
         <v>114</v>
       </c>
       <c r="J49" s="11">
         <v>7.4</v>
       </c>
       <c r="K49" s="11">
         <v>7.6</v>
       </c>
       <c r="L49" s="11">
         <v>8.1</v>
       </c>
       <c r="M49" s="11">
         <v>8.1999999999999993</v>
       </c>
       <c r="N49" s="11">
         <v>8.3000000000000007</v>
       </c>
       <c r="O49" s="11">
         <v>8.1</v>
       </c>
       <c r="P49" s="11">
+        <v>8.1</v>
+      </c>
+      <c r="Q49" s="10">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="R49" s="42">
+        <v>8.1</v>
+      </c>
+      <c r="S49" s="11">
         <v>8</v>
       </c>
-      <c r="Q49" s="10"/>
-[...3 lines deleted...]
-      <c r="U49" s="11"/>
+      <c r="T49" s="11">
+        <v>7.7</v>
+      </c>
+      <c r="U49" s="11">
+        <v>7.9</v>
+      </c>
       <c r="V49" s="36"/>
       <c r="W49" s="25"/>
       <c r="X49" s="25"/>
       <c r="Y49" s="25"/>
       <c r="Z49" s="25"/>
       <c r="AA49" s="25"/>
       <c r="AB49" s="25"/>
       <c r="AC49" s="25"/>
       <c r="AD49" s="25"/>
       <c r="AE49" s="25"/>
       <c r="AF49" s="25"/>
       <c r="AG49" s="25"/>
       <c r="AH49" s="25"/>
       <c r="AI49" s="25"/>
       <c r="AJ49" s="25"/>
       <c r="AK49" s="25"/>
       <c r="AL49" s="25"/>
       <c r="AM49" s="25"/>
       <c r="AN49" s="25"/>
       <c r="AO49" s="25"/>
       <c r="AP49" s="25"/>
       <c r="AQ49" s="25"/>
     </row>
     <row r="50" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A50" s="21"/>
@@ -3293,57 +3638,67 @@
         <v>47</v>
       </c>
       <c r="D51" s="8"/>
       <c r="I51" s="50" t="s">
         <v>115</v>
       </c>
       <c r="J51" s="9">
         <v>113.6</v>
       </c>
       <c r="K51" s="9">
         <v>114.7</v>
       </c>
       <c r="L51" s="9">
         <v>115.6</v>
       </c>
       <c r="M51" s="9">
         <v>115.3</v>
       </c>
       <c r="N51" s="9">
         <v>110.7</v>
       </c>
       <c r="O51" s="9">
         <v>110.6</v>
       </c>
       <c r="P51" s="9">
-        <v>109.3</v>
-[...5 lines deleted...]
-      <c r="U51" s="9"/>
+        <v>109.4</v>
+      </c>
+      <c r="Q51" s="8">
+        <v>114</v>
+      </c>
+      <c r="R51" s="41">
+        <v>116</v>
+      </c>
+      <c r="S51" s="9">
+        <v>116.7</v>
+      </c>
+      <c r="T51" s="9">
+        <v>115.2</v>
+      </c>
+      <c r="U51" s="9">
+        <v>113.6</v>
+      </c>
       <c r="V51" s="36"/>
       <c r="W51" s="26"/>
       <c r="X51" s="26"/>
       <c r="Y51" s="26"/>
       <c r="Z51" s="26"/>
       <c r="AA51" s="26"/>
       <c r="AB51" s="26"/>
       <c r="AC51" s="26"/>
       <c r="AD51" s="26"/>
       <c r="AE51" s="26"/>
       <c r="AF51" s="26"/>
       <c r="AG51" s="26"/>
       <c r="AH51" s="26"/>
       <c r="AI51" s="26"/>
       <c r="AJ51" s="26"/>
       <c r="AK51" s="26"/>
       <c r="AL51" s="26"/>
       <c r="AM51" s="26"/>
       <c r="AN51" s="26"/>
       <c r="AO51" s="26"/>
       <c r="AP51" s="26"/>
       <c r="AQ51" s="26"/>
     </row>
     <row r="52" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D52" s="17" t="s">
@@ -3352,225 +3707,265 @@
       <c r="E52" s="10"/>
       <c r="I52" s="51" t="s">
         <v>116</v>
       </c>
       <c r="J52" s="11">
         <v>27.5</v>
       </c>
       <c r="K52" s="11">
         <v>28.2</v>
       </c>
       <c r="L52" s="11">
         <v>29.4</v>
       </c>
       <c r="M52" s="11">
         <v>28.5</v>
       </c>
       <c r="N52" s="11">
         <v>24.5</v>
       </c>
       <c r="O52" s="11">
         <v>24.8</v>
       </c>
       <c r="P52" s="11">
         <v>24.4</v>
       </c>
-      <c r="Q52" s="10"/>
-[...3 lines deleted...]
-      <c r="U52" s="11"/>
+      <c r="Q52" s="10">
+        <v>28.7</v>
+      </c>
+      <c r="R52" s="42">
+        <v>30.1</v>
+      </c>
+      <c r="S52" s="11">
+        <v>30.2</v>
+      </c>
+      <c r="T52" s="11">
+        <v>28</v>
+      </c>
+      <c r="U52" s="11">
+        <v>27.5</v>
+      </c>
       <c r="V52" s="36"/>
       <c r="W52" s="25"/>
       <c r="X52" s="25"/>
       <c r="Y52" s="25"/>
       <c r="Z52" s="25"/>
       <c r="AA52" s="25"/>
       <c r="AB52" s="25"/>
       <c r="AC52" s="25"/>
       <c r="AD52" s="25"/>
       <c r="AE52" s="25"/>
       <c r="AF52" s="25"/>
       <c r="AG52" s="25"/>
       <c r="AH52" s="25"/>
       <c r="AI52" s="25"/>
       <c r="AJ52" s="25"/>
       <c r="AK52" s="25"/>
       <c r="AL52" s="25"/>
       <c r="AM52" s="25"/>
       <c r="AN52" s="25"/>
       <c r="AO52" s="25"/>
       <c r="AP52" s="25"/>
       <c r="AQ52" s="25"/>
     </row>
     <row r="53" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E53" s="10" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="51" t="s">
         <v>117</v>
       </c>
       <c r="J53" s="11">
         <v>17.3</v>
       </c>
       <c r="K53" s="11">
         <v>18</v>
       </c>
       <c r="L53" s="11">
         <v>18.8</v>
       </c>
       <c r="M53" s="11">
         <v>18</v>
       </c>
       <c r="N53" s="11">
         <v>14.2</v>
       </c>
       <c r="O53" s="11">
         <v>14.5</v>
       </c>
       <c r="P53" s="11">
-        <v>14.4</v>
-[...5 lines deleted...]
-      <c r="U53" s="11"/>
+        <v>14.3</v>
+      </c>
+      <c r="Q53" s="10">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="R53" s="42">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="S53" s="11">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="T53" s="11">
+        <v>17.2</v>
+      </c>
+      <c r="U53" s="11">
+        <v>16.899999999999999</v>
+      </c>
       <c r="V53" s="36"/>
       <c r="W53" s="25"/>
       <c r="X53" s="25"/>
       <c r="Y53" s="25"/>
       <c r="Z53" s="25"/>
       <c r="AA53" s="25"/>
       <c r="AB53" s="25"/>
       <c r="AC53" s="25"/>
       <c r="AD53" s="25"/>
       <c r="AE53" s="25"/>
       <c r="AF53" s="25"/>
       <c r="AG53" s="25"/>
       <c r="AH53" s="25"/>
       <c r="AI53" s="25"/>
       <c r="AJ53" s="25"/>
       <c r="AK53" s="25"/>
       <c r="AL53" s="25"/>
       <c r="AM53" s="25"/>
       <c r="AN53" s="25"/>
       <c r="AO53" s="25"/>
       <c r="AP53" s="25"/>
       <c r="AQ53" s="25"/>
     </row>
     <row r="54" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="D54" s="17" t="s">
         <v>50</v>
       </c>
       <c r="G54" s="10"/>
       <c r="I54" s="51" t="s">
         <v>118</v>
       </c>
       <c r="J54" s="11">
         <v>86.1</v>
       </c>
       <c r="K54" s="11">
         <v>86.5</v>
       </c>
       <c r="L54" s="11">
         <v>86.2</v>
       </c>
       <c r="M54" s="11">
         <v>86.8</v>
       </c>
       <c r="N54" s="11">
         <v>86.2</v>
       </c>
       <c r="O54" s="11">
         <v>85.8</v>
       </c>
       <c r="P54" s="11">
-        <v>84.9</v>
-[...5 lines deleted...]
-      <c r="U54" s="11"/>
+        <v>85</v>
+      </c>
+      <c r="Q54" s="10">
+        <v>85.3</v>
+      </c>
+      <c r="R54" s="42">
+        <v>85.9</v>
+      </c>
+      <c r="S54" s="11">
+        <v>86.5</v>
+      </c>
+      <c r="T54" s="11">
+        <v>87.2</v>
+      </c>
+      <c r="U54" s="11">
+        <v>86.1</v>
+      </c>
       <c r="V54" s="36"/>
       <c r="W54" s="25"/>
       <c r="X54" s="25"/>
       <c r="Y54" s="25"/>
       <c r="Z54" s="25"/>
       <c r="AA54" s="25"/>
       <c r="AB54" s="25"/>
       <c r="AC54" s="25"/>
       <c r="AD54" s="25"/>
       <c r="AE54" s="25"/>
       <c r="AF54" s="25"/>
       <c r="AG54" s="25"/>
       <c r="AH54" s="25"/>
       <c r="AI54" s="25"/>
       <c r="AJ54" s="25"/>
       <c r="AK54" s="25"/>
       <c r="AL54" s="25"/>
       <c r="AM54" s="25"/>
       <c r="AN54" s="25"/>
       <c r="AO54" s="25"/>
       <c r="AP54" s="25"/>
       <c r="AQ54" s="25"/>
     </row>
     <row r="55" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E55" s="17" t="s">
         <v>51</v>
       </c>
       <c r="G55" s="10"/>
       <c r="I55" s="51" t="s">
         <v>119</v>
       </c>
       <c r="J55" s="11">
         <v>29.4</v>
       </c>
       <c r="K55" s="11">
         <v>29.5</v>
       </c>
       <c r="L55" s="11">
         <v>29.2</v>
       </c>
       <c r="M55" s="11">
         <v>29.3</v>
       </c>
       <c r="N55" s="11">
         <v>28.9</v>
       </c>
       <c r="O55" s="11">
         <v>28.4</v>
       </c>
       <c r="P55" s="11">
+        <v>28.3</v>
+      </c>
+      <c r="Q55" s="10">
         <v>28.2</v>
       </c>
-      <c r="Q55" s="10"/>
-[...3 lines deleted...]
-      <c r="U55" s="11"/>
+      <c r="R55" s="42">
+        <v>28.6</v>
+      </c>
+      <c r="S55" s="11">
+        <v>28.6</v>
+      </c>
+      <c r="T55" s="11">
+        <v>28.7</v>
+      </c>
+      <c r="U55" s="11">
+        <v>28.9</v>
+      </c>
       <c r="V55" s="36"/>
       <c r="W55" s="25"/>
       <c r="X55" s="25"/>
       <c r="Y55" s="25"/>
       <c r="Z55" s="25"/>
       <c r="AA55" s="25"/>
       <c r="AB55" s="25"/>
       <c r="AC55" s="25"/>
       <c r="AD55" s="25"/>
       <c r="AE55" s="25"/>
       <c r="AF55" s="25"/>
       <c r="AG55" s="25"/>
       <c r="AH55" s="25"/>
       <c r="AI55" s="25"/>
       <c r="AJ55" s="25"/>
       <c r="AK55" s="25"/>
       <c r="AL55" s="25"/>
       <c r="AM55" s="25"/>
       <c r="AN55" s="25"/>
       <c r="AO55" s="25"/>
       <c r="AP55" s="25"/>
       <c r="AQ55" s="25"/>
     </row>
     <row r="56" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C56" s="10"/>
@@ -3579,55 +3974,65 @@
       </c>
       <c r="I56" s="51" t="s">
         <v>120</v>
       </c>
       <c r="J56" s="11">
         <v>24.3</v>
       </c>
       <c r="K56" s="11">
         <v>24.4</v>
       </c>
       <c r="L56" s="11">
         <v>24.4</v>
       </c>
       <c r="M56" s="11">
         <v>24.6</v>
       </c>
       <c r="N56" s="11">
         <v>24.3</v>
       </c>
       <c r="O56" s="11">
         <v>24.3</v>
       </c>
       <c r="P56" s="11">
         <v>24</v>
       </c>
-      <c r="Q56" s="10"/>
-[...3 lines deleted...]
-      <c r="U56" s="11"/>
+      <c r="Q56" s="10">
+        <v>24.4</v>
+      </c>
+      <c r="R56" s="42">
+        <v>24.4</v>
+      </c>
+      <c r="S56" s="11">
+        <v>24.7</v>
+      </c>
+      <c r="T56" s="11">
+        <v>24.9</v>
+      </c>
+      <c r="U56" s="11">
+        <v>24.4</v>
+      </c>
       <c r="V56" s="36"/>
       <c r="W56" s="25"/>
       <c r="X56" s="25"/>
       <c r="Z56" s="25"/>
       <c r="AA56" s="25"/>
       <c r="AB56" s="25"/>
       <c r="AC56" s="25"/>
       <c r="AD56" s="25"/>
       <c r="AE56" s="25"/>
       <c r="AF56" s="25"/>
       <c r="AG56" s="25"/>
       <c r="AH56" s="25"/>
       <c r="AI56" s="25"/>
       <c r="AJ56" s="25"/>
       <c r="AK56" s="25"/>
       <c r="AL56" s="25"/>
       <c r="AM56" s="25"/>
       <c r="AN56" s="25"/>
       <c r="AO56" s="25"/>
       <c r="AP56" s="25"/>
       <c r="AQ56" s="25"/>
     </row>
     <row r="57" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C57" s="10"/>
       <c r="E57" s="17" t="s">
@@ -3635,91 +4040,111 @@
       </c>
       <c r="I57" s="51" t="s">
         <v>121</v>
       </c>
       <c r="J57" s="11">
         <v>16.5</v>
       </c>
       <c r="K57" s="11">
         <v>16.600000000000001</v>
       </c>
       <c r="L57" s="11">
         <v>16.600000000000001</v>
       </c>
       <c r="M57" s="11">
         <v>16.7</v>
       </c>
       <c r="N57" s="11">
         <v>16.8</v>
       </c>
       <c r="O57" s="11">
         <v>16.899999999999999</v>
       </c>
       <c r="P57" s="11">
         <v>16.7</v>
       </c>
-      <c r="Q57" s="10"/>
-[...3 lines deleted...]
-      <c r="U57" s="11"/>
+      <c r="Q57" s="10">
+        <v>16.7</v>
+      </c>
+      <c r="R57" s="42">
+        <v>16.8</v>
+      </c>
+      <c r="S57" s="11">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="T57" s="11">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="U57" s="11">
+        <v>16.7</v>
+      </c>
       <c r="V57" s="36"/>
     </row>
     <row r="58" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="E58" s="17" t="s">
         <v>54</v>
       </c>
       <c r="F58" s="10"/>
       <c r="I58" s="51" t="s">
         <v>122</v>
       </c>
       <c r="J58" s="11">
         <v>15.9</v>
       </c>
       <c r="K58" s="11">
         <v>16</v>
       </c>
       <c r="L58" s="11">
         <v>16</v>
       </c>
       <c r="M58" s="11">
         <v>16.2</v>
       </c>
       <c r="N58" s="11">
         <v>16.2</v>
       </c>
       <c r="O58" s="11">
         <v>16.2</v>
       </c>
       <c r="P58" s="11">
         <v>16</v>
       </c>
-      <c r="Q58" s="10"/>
-[...3 lines deleted...]
-      <c r="U58" s="11"/>
+      <c r="Q58" s="10">
+        <v>16</v>
+      </c>
+      <c r="R58" s="42">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="S58" s="11">
+        <v>16.3</v>
+      </c>
+      <c r="T58" s="11">
+        <v>16.5</v>
+      </c>
+      <c r="U58" s="11">
+        <v>16.100000000000001</v>
+      </c>
       <c r="V58" s="36"/>
     </row>
     <row r="59" spans="1:43" s="28" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A59" s="27"/>
       <c r="B59" s="27"/>
       <c r="C59" s="27"/>
       <c r="D59" s="14"/>
       <c r="E59" s="14"/>
       <c r="F59" s="14"/>
       <c r="G59" s="12"/>
       <c r="H59" s="14"/>
       <c r="I59" s="53"/>
       <c r="J59" s="13"/>
       <c r="K59" s="13"/>
       <c r="L59" s="13"/>
       <c r="M59" s="13"/>
       <c r="N59" s="13"/>
       <c r="O59" s="13"/>
       <c r="P59" s="13"/>
       <c r="Q59" s="14"/>
       <c r="R59" s="43"/>
       <c r="S59" s="13"/>
       <c r="T59" s="15"/>
       <c r="U59" s="15"/>
       <c r="V59" s="36"/>
@@ -3728,782 +4153,1001 @@
       <c r="C60" s="21" t="s">
         <v>55</v>
       </c>
       <c r="I60" s="52" t="s">
         <v>123</v>
       </c>
       <c r="J60" s="20">
         <v>55.4</v>
       </c>
       <c r="K60" s="20">
         <v>55.9</v>
       </c>
       <c r="L60" s="20">
         <v>57.7</v>
       </c>
       <c r="M60" s="20">
         <v>61.8</v>
       </c>
       <c r="N60" s="20">
         <v>66.099999999999994</v>
       </c>
       <c r="O60" s="20">
         <v>67.5</v>
       </c>
       <c r="P60" s="20">
-        <v>66.8</v>
-[...4 lines deleted...]
-      <c r="U60" s="22"/>
+        <v>67</v>
+      </c>
+      <c r="Q60" s="21">
+        <v>62.7</v>
+      </c>
+      <c r="R60" s="44">
+        <v>59.8</v>
+      </c>
+      <c r="S60" s="20">
+        <v>56.7</v>
+      </c>
+      <c r="T60" s="20">
+        <v>56.3</v>
+      </c>
+      <c r="U60" s="22">
+        <v>60.1</v>
+      </c>
       <c r="V60" s="36"/>
     </row>
     <row r="61" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A61" s="29"/>
       <c r="B61" s="21"/>
       <c r="C61" s="21"/>
       <c r="D61" s="17" t="s">
         <v>56</v>
       </c>
       <c r="I61" s="54" t="s">
         <v>124</v>
       </c>
       <c r="J61" s="16">
         <v>6.5</v>
       </c>
       <c r="K61" s="16">
         <v>6.7</v>
       </c>
       <c r="L61" s="16">
         <v>7.2</v>
       </c>
       <c r="M61" s="16">
         <v>8.3000000000000007</v>
       </c>
       <c r="N61" s="16">
         <v>9.6999999999999993</v>
       </c>
       <c r="O61" s="16">
         <v>10.199999999999999</v>
       </c>
       <c r="P61" s="16">
         <v>10.1</v>
       </c>
-      <c r="R61" s="45"/>
-[...2 lines deleted...]
-      <c r="U61" s="15"/>
+      <c r="Q61" s="17">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="R61" s="45">
+        <v>8</v>
+      </c>
+      <c r="S61" s="16">
+        <v>7.1</v>
+      </c>
+      <c r="T61" s="16">
+        <v>7.1</v>
+      </c>
+      <c r="U61" s="15">
+        <v>8</v>
+      </c>
       <c r="V61" s="36"/>
     </row>
     <row r="62" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A62" s="21"/>
       <c r="B62" s="21"/>
       <c r="C62" s="21"/>
       <c r="D62" s="17" t="s">
         <v>57</v>
       </c>
       <c r="E62" s="30"/>
       <c r="I62" s="55" t="s">
         <v>125</v>
       </c>
       <c r="J62" s="15">
         <v>48.9</v>
       </c>
       <c r="K62" s="15">
         <v>49.2</v>
       </c>
       <c r="L62" s="15">
         <v>50.5</v>
       </c>
       <c r="M62" s="15">
         <v>53.5</v>
       </c>
       <c r="N62" s="15">
         <v>56.4</v>
       </c>
       <c r="O62" s="15">
         <v>57.3</v>
       </c>
       <c r="P62" s="15">
-        <v>56.7</v>
-[...5 lines deleted...]
-      <c r="U62" s="15"/>
+        <v>56.9</v>
+      </c>
+      <c r="Q62" s="12">
+        <v>54</v>
+      </c>
+      <c r="R62" s="46">
+        <v>51.8</v>
+      </c>
+      <c r="S62" s="15">
+        <v>49.6</v>
+      </c>
+      <c r="T62" s="48">
+        <v>49.2</v>
+      </c>
+      <c r="U62" s="15">
+        <v>52.1</v>
+      </c>
       <c r="V62" s="36"/>
     </row>
     <row r="63" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A63" s="21"/>
       <c r="B63" s="21"/>
       <c r="C63" s="21"/>
       <c r="E63" s="17" t="s">
         <v>58</v>
       </c>
       <c r="I63" s="54" t="s">
         <v>126</v>
       </c>
       <c r="J63" s="16">
         <v>5.9</v>
       </c>
       <c r="K63" s="16">
         <v>6</v>
       </c>
       <c r="L63" s="17">
         <v>6.2</v>
       </c>
       <c r="M63" s="17">
         <v>6.7</v>
       </c>
       <c r="N63" s="17">
         <v>7.3</v>
       </c>
       <c r="O63" s="17">
         <v>7.6</v>
       </c>
       <c r="P63" s="17">
         <v>7.5</v>
       </c>
-      <c r="R63" s="45"/>
-[...2 lines deleted...]
-      <c r="U63" s="16"/>
+      <c r="Q63" s="17">
+        <v>7.1</v>
+      </c>
+      <c r="R63" s="45">
+        <v>6.9</v>
+      </c>
+      <c r="S63" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="T63" s="16">
+        <v>6.4</v>
+      </c>
+      <c r="U63" s="16">
+        <v>6.7</v>
+      </c>
       <c r="V63" s="36"/>
     </row>
     <row r="64" spans="1:43" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A64" s="21"/>
       <c r="B64" s="21"/>
       <c r="C64" s="21"/>
       <c r="E64" s="17" t="s">
         <v>59</v>
       </c>
       <c r="I64" s="54" t="s">
         <v>127</v>
       </c>
       <c r="J64" s="16">
         <v>43</v>
       </c>
       <c r="K64" s="16">
         <v>43.2</v>
       </c>
       <c r="L64" s="17">
         <v>44.3</v>
       </c>
       <c r="M64" s="17">
         <v>46.8</v>
       </c>
       <c r="N64" s="17">
         <v>49.1</v>
       </c>
       <c r="O64" s="17">
         <v>49.7</v>
       </c>
       <c r="P64" s="17">
-        <v>49.2</v>
-[...4 lines deleted...]
-      <c r="U64" s="16"/>
+        <v>49.4</v>
+      </c>
+      <c r="Q64" s="17">
+        <v>46.9</v>
+      </c>
+      <c r="R64" s="45">
+        <v>44.9</v>
+      </c>
+      <c r="S64" s="16">
+        <v>43.1</v>
+      </c>
+      <c r="T64" s="16">
+        <v>42.8</v>
+      </c>
+      <c r="U64" s="16">
+        <v>45.5</v>
+      </c>
       <c r="V64" s="36"/>
     </row>
     <row r="65" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A65" s="21"/>
       <c r="B65" s="21"/>
       <c r="C65" s="21"/>
       <c r="F65" s="17" t="s">
         <v>78</v>
       </c>
       <c r="I65" s="54" t="s">
         <v>128</v>
       </c>
       <c r="J65" s="16">
         <v>36.700000000000003</v>
       </c>
       <c r="K65" s="16">
         <v>37.200000000000003</v>
       </c>
       <c r="L65" s="17">
         <v>38.200000000000003</v>
       </c>
       <c r="M65" s="17">
         <v>40</v>
       </c>
       <c r="N65" s="17">
         <v>41.8</v>
       </c>
       <c r="O65" s="17">
         <v>42.7</v>
       </c>
       <c r="P65" s="17">
-        <v>42.1</v>
-[...4 lines deleted...]
-      <c r="U65" s="16"/>
+        <v>42.3</v>
+      </c>
+      <c r="Q65" s="17">
+        <v>39.799999999999997</v>
+      </c>
+      <c r="R65" s="45">
+        <v>38.5</v>
+      </c>
+      <c r="S65" s="16">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="T65" s="16">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="U65" s="16">
+        <v>39</v>
+      </c>
       <c r="V65" s="36"/>
     </row>
     <row r="66" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A66" s="21"/>
       <c r="B66" s="21"/>
       <c r="C66" s="21"/>
       <c r="G66" s="17" t="s">
         <v>60</v>
       </c>
       <c r="I66" s="54" t="s">
         <v>129</v>
       </c>
       <c r="J66" s="16">
         <v>20.2</v>
       </c>
       <c r="K66" s="16">
         <v>20.6</v>
       </c>
       <c r="L66" s="17">
         <v>21.3</v>
       </c>
       <c r="M66" s="17">
         <v>22.5</v>
       </c>
       <c r="N66" s="17">
         <v>24</v>
       </c>
       <c r="O66" s="17">
         <v>24.5</v>
       </c>
       <c r="P66" s="17">
-        <v>24.1</v>
-[...4 lines deleted...]
-      <c r="U66" s="31"/>
+        <v>24.2</v>
+      </c>
+      <c r="Q66" s="17">
+        <v>22.6</v>
+      </c>
+      <c r="R66" s="45">
+        <v>21.6</v>
+      </c>
+      <c r="S66" s="16">
+        <v>20.9</v>
+      </c>
+      <c r="T66" s="16">
+        <v>20.7</v>
+      </c>
+      <c r="U66" s="31">
+        <v>21.9</v>
+      </c>
       <c r="V66" s="36"/>
     </row>
     <row r="67" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A67" s="21"/>
       <c r="B67" s="21"/>
       <c r="C67" s="32"/>
       <c r="G67" s="17" t="s">
         <v>61</v>
       </c>
       <c r="H67" s="33"/>
       <c r="I67" s="54" t="s">
         <v>130</v>
       </c>
       <c r="J67" s="16">
         <v>16.5</v>
       </c>
       <c r="K67" s="16">
         <v>16.600000000000001</v>
       </c>
       <c r="L67" s="17">
         <v>16.899999999999999</v>
       </c>
       <c r="M67" s="17">
         <v>17.5</v>
       </c>
       <c r="N67" s="17">
         <v>17.8</v>
       </c>
       <c r="O67" s="17">
         <v>18.2</v>
       </c>
       <c r="P67" s="17">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="U67" s="16"/>
+        <v>18.100000000000001</v>
+      </c>
+      <c r="Q67" s="17">
+        <v>17.2</v>
+      </c>
+      <c r="R67" s="45">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="S67" s="16">
+        <v>16.3</v>
+      </c>
+      <c r="T67" s="16">
+        <v>16</v>
+      </c>
+      <c r="U67" s="16">
+        <v>17.100000000000001</v>
+      </c>
       <c r="V67" s="36"/>
     </row>
     <row r="68" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A68" s="21"/>
       <c r="B68" s="21"/>
       <c r="C68" s="34"/>
       <c r="I68" s="54"/>
       <c r="J68" s="16"/>
       <c r="R68" s="45"/>
       <c r="S68" s="16"/>
       <c r="T68" s="16"/>
       <c r="U68" s="16"/>
       <c r="V68" s="36"/>
     </row>
     <row r="69" spans="1:22" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C69" s="21" t="s">
         <v>62</v>
       </c>
       <c r="I69" s="52" t="s">
         <v>131</v>
       </c>
       <c r="J69" s="20">
         <v>21.8</v>
       </c>
       <c r="K69" s="20">
         <v>22.1</v>
       </c>
       <c r="L69" s="20">
         <v>22.1</v>
       </c>
       <c r="M69" s="21">
         <v>22.7</v>
       </c>
       <c r="N69" s="21">
         <v>23.6</v>
       </c>
       <c r="O69" s="21">
         <v>23.7</v>
       </c>
       <c r="P69" s="21">
-        <v>23.5</v>
-[...4 lines deleted...]
-      <c r="U69" s="20"/>
+        <v>23.6</v>
+      </c>
+      <c r="Q69" s="21">
+        <v>22.6</v>
+      </c>
+      <c r="R69" s="44">
+        <v>22.7</v>
+      </c>
+      <c r="S69" s="20">
+        <v>22.7</v>
+      </c>
+      <c r="T69" s="20">
+        <v>22.7</v>
+      </c>
+      <c r="U69" s="20">
+        <v>22.7</v>
+      </c>
       <c r="V69" s="36"/>
     </row>
     <row r="70" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A70" s="21"/>
       <c r="B70" s="21"/>
       <c r="C70" s="21"/>
       <c r="I70" s="54"/>
       <c r="J70" s="16"/>
       <c r="K70" s="16"/>
       <c r="L70" s="16"/>
       <c r="R70" s="45"/>
       <c r="S70" s="16"/>
       <c r="T70" s="16"/>
       <c r="U70" s="16"/>
       <c r="V70" s="36"/>
     </row>
     <row r="71" spans="1:22" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C71" s="21" t="s">
         <v>63</v>
       </c>
       <c r="I71" s="52" t="s">
         <v>132</v>
       </c>
       <c r="J71" s="20">
         <v>67.2</v>
       </c>
       <c r="K71" s="20">
         <v>67.2</v>
       </c>
       <c r="L71" s="20">
         <v>67.400000000000006</v>
       </c>
       <c r="M71" s="21">
         <v>66.099999999999994</v>
       </c>
       <c r="N71" s="21">
         <v>64.8</v>
       </c>
       <c r="O71" s="21">
         <v>62.6</v>
       </c>
       <c r="P71" s="21">
         <v>62.5</v>
       </c>
-      <c r="R71" s="44"/>
-[...2 lines deleted...]
-      <c r="U71" s="20"/>
+      <c r="Q71" s="21">
+        <v>67.400000000000006</v>
+      </c>
+      <c r="R71" s="44">
+        <v>66.599999999999994</v>
+      </c>
+      <c r="S71" s="20">
+        <v>67.099999999999994</v>
+      </c>
+      <c r="T71" s="20">
+        <v>67.5</v>
+      </c>
+      <c r="U71" s="20">
+        <v>66.099999999999994</v>
+      </c>
       <c r="V71" s="36"/>
     </row>
     <row r="72" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A72" s="21"/>
       <c r="B72" s="21"/>
       <c r="C72" s="21"/>
       <c r="F72" s="17" t="s">
         <v>64</v>
       </c>
       <c r="I72" s="16">
         <v>12</v>
       </c>
       <c r="J72" s="16">
         <v>11.9</v>
       </c>
       <c r="K72" s="16">
         <v>11.8</v>
       </c>
       <c r="L72" s="16">
         <v>11.9</v>
       </c>
       <c r="M72" s="17">
         <v>11.6</v>
       </c>
       <c r="N72" s="17">
         <v>11.5</v>
       </c>
       <c r="O72" s="17">
         <v>11.7</v>
       </c>
       <c r="P72" s="17">
         <v>11.5</v>
       </c>
-      <c r="R72" s="45"/>
-[...2 lines deleted...]
-      <c r="U72" s="16"/>
+      <c r="Q72" s="17">
+        <v>11.5</v>
+      </c>
+      <c r="R72" s="45">
+        <v>10.9</v>
+      </c>
+      <c r="S72" s="16">
+        <v>11</v>
+      </c>
+      <c r="T72" s="16">
+        <v>11</v>
+      </c>
+      <c r="U72" s="16">
+        <v>11.5</v>
+      </c>
       <c r="V72" s="36"/>
     </row>
     <row r="73" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A73" s="21"/>
       <c r="B73" s="21"/>
       <c r="C73" s="21"/>
       <c r="G73" s="17" t="s">
         <v>70</v>
       </c>
       <c r="I73" s="54" t="s">
         <v>133</v>
       </c>
       <c r="J73" s="16">
         <v>4.2</v>
       </c>
       <c r="K73" s="16">
         <v>4.2</v>
       </c>
       <c r="L73" s="16">
         <v>4.2</v>
       </c>
       <c r="M73" s="17">
         <v>4.0999999999999996</v>
       </c>
       <c r="N73" s="17">
         <v>4</v>
       </c>
       <c r="O73" s="17">
         <v>4.0999999999999996</v>
       </c>
       <c r="P73" s="17">
         <v>4</v>
       </c>
-      <c r="R73" s="45"/>
-[...2 lines deleted...]
-      <c r="U73" s="16"/>
+      <c r="Q73" s="17">
+        <v>4</v>
+      </c>
+      <c r="R73" s="45">
+        <v>3.8</v>
+      </c>
+      <c r="S73" s="16">
+        <v>3.9</v>
+      </c>
+      <c r="T73" s="16">
+        <v>3.9</v>
+      </c>
+      <c r="U73" s="16">
+        <v>4.0999999999999996</v>
+      </c>
       <c r="V73" s="36"/>
     </row>
     <row r="74" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A74" s="21"/>
       <c r="B74" s="21"/>
       <c r="C74" s="21"/>
       <c r="G74" s="17" t="s">
         <v>71</v>
       </c>
       <c r="I74" s="54" t="s">
         <v>134</v>
       </c>
       <c r="J74" s="16">
         <v>5.2</v>
       </c>
       <c r="K74" s="16">
         <v>5.2</v>
       </c>
       <c r="L74" s="16">
         <v>5.2</v>
       </c>
       <c r="M74" s="17">
         <v>5.0999999999999996</v>
       </c>
       <c r="N74" s="17">
         <v>5.0999999999999996</v>
       </c>
       <c r="O74" s="17">
         <v>5.2</v>
       </c>
       <c r="P74" s="17">
-        <v>5.2</v>
-[...4 lines deleted...]
-      <c r="U74" s="16"/>
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="Q74" s="17">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="R74" s="45">
+        <v>4.7</v>
+      </c>
+      <c r="S74" s="16">
+        <v>4.7</v>
+      </c>
+      <c r="T74" s="16">
+        <v>4.7</v>
+      </c>
+      <c r="U74" s="16">
+        <v>5</v>
+      </c>
       <c r="V74" s="36"/>
     </row>
     <row r="75" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A75" s="21"/>
       <c r="B75" s="21"/>
       <c r="C75" s="21"/>
       <c r="G75" s="17" t="s">
         <v>72</v>
       </c>
       <c r="I75" s="54" t="s">
         <v>99</v>
       </c>
       <c r="J75" s="16">
         <v>2.5</v>
       </c>
       <c r="K75" s="16">
         <v>2.5</v>
       </c>
       <c r="L75" s="16">
         <v>2.5</v>
       </c>
       <c r="M75" s="17">
         <v>2.4</v>
       </c>
       <c r="N75" s="17">
         <v>2.4</v>
       </c>
       <c r="O75" s="17">
         <v>2.4</v>
       </c>
       <c r="P75" s="17">
-        <v>2.2999999999999998</v>
-[...4 lines deleted...]
-      <c r="U75" s="16"/>
+        <v>2.4</v>
+      </c>
+      <c r="Q75" s="17">
+        <v>2.4</v>
+      </c>
+      <c r="R75" s="45">
+        <v>2.4</v>
+      </c>
+      <c r="S75" s="16">
+        <v>2.4</v>
+      </c>
+      <c r="T75" s="16">
+        <v>2.4</v>
+      </c>
+      <c r="U75" s="16">
+        <v>2.4</v>
+      </c>
       <c r="V75" s="36"/>
     </row>
     <row r="76" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A76" s="21"/>
       <c r="B76" s="21"/>
       <c r="C76" s="21"/>
       <c r="F76" s="17" t="s">
         <v>65</v>
       </c>
       <c r="I76" s="54" t="s">
         <v>135</v>
       </c>
       <c r="J76" s="16">
         <v>21.3</v>
       </c>
       <c r="K76" s="16">
         <v>21.2</v>
       </c>
       <c r="L76" s="16">
         <v>21.5</v>
       </c>
       <c r="M76" s="17">
         <v>20.2</v>
       </c>
       <c r="N76" s="17">
         <v>19.2</v>
       </c>
       <c r="O76" s="17">
         <v>19.399999999999999</v>
       </c>
       <c r="P76" s="17">
         <v>19.7</v>
       </c>
-      <c r="R76" s="45"/>
-[...2 lines deleted...]
-      <c r="U76" s="16"/>
+      <c r="Q76" s="17">
+        <v>21.4</v>
+      </c>
+      <c r="R76" s="45">
+        <v>21.2</v>
+      </c>
+      <c r="S76" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="T76" s="16">
+        <v>21.9</v>
+      </c>
+      <c r="U76" s="16">
+        <v>20.8</v>
+      </c>
       <c r="V76" s="36"/>
     </row>
     <row r="77" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A77" s="21"/>
       <c r="B77" s="21"/>
       <c r="C77" s="21"/>
       <c r="G77" s="17" t="s">
         <v>81</v>
       </c>
       <c r="I77" s="54" t="s">
         <v>136</v>
       </c>
       <c r="J77" s="16">
         <v>8.6</v>
       </c>
       <c r="K77" s="16">
         <v>8.6</v>
       </c>
       <c r="L77" s="16">
         <v>8.6999999999999993</v>
       </c>
       <c r="M77" s="17">
         <v>7.3</v>
       </c>
       <c r="N77" s="17">
         <v>6</v>
       </c>
       <c r="O77" s="17">
         <v>6</v>
       </c>
       <c r="P77" s="17">
         <v>6.1</v>
       </c>
-      <c r="R77" s="45"/>
-[...2 lines deleted...]
-      <c r="U77" s="16"/>
+      <c r="Q77" s="17">
+        <v>8.1</v>
+      </c>
+      <c r="R77" s="45">
+        <v>8.1</v>
+      </c>
+      <c r="S77" s="16">
+        <v>8.5</v>
+      </c>
+      <c r="T77" s="16">
+        <v>8.6</v>
+      </c>
+      <c r="U77" s="16">
+        <v>7.7</v>
+      </c>
       <c r="V77" s="36"/>
     </row>
     <row r="78" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A78" s="21"/>
       <c r="B78" s="21"/>
       <c r="C78" s="21"/>
       <c r="G78" s="17" t="s">
         <v>82</v>
       </c>
       <c r="I78" s="54" t="s">
         <v>137</v>
       </c>
       <c r="J78" s="16">
         <v>12.7</v>
       </c>
       <c r="K78" s="16">
         <v>12.6</v>
       </c>
       <c r="L78" s="16">
         <v>12.8</v>
       </c>
       <c r="M78" s="17">
         <v>12.9</v>
       </c>
       <c r="N78" s="17">
         <v>13.2</v>
       </c>
       <c r="O78" s="17">
         <v>13.4</v>
       </c>
       <c r="P78" s="17">
         <v>13.6</v>
       </c>
-      <c r="R78" s="45"/>
-[...2 lines deleted...]
-      <c r="U78" s="16"/>
+      <c r="Q78" s="17">
+        <v>13.3</v>
+      </c>
+      <c r="R78" s="45">
+        <v>13.1</v>
+      </c>
+      <c r="S78" s="16">
+        <v>13</v>
+      </c>
+      <c r="T78" s="16">
+        <v>13.3</v>
+      </c>
+      <c r="U78" s="16">
+        <v>13.1</v>
+      </c>
       <c r="V78" s="36"/>
     </row>
     <row r="79" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A79" s="21"/>
       <c r="B79" s="21"/>
       <c r="C79" s="21"/>
       <c r="F79" s="17" t="s">
         <v>66</v>
       </c>
       <c r="I79" s="16">
         <v>34</v>
       </c>
       <c r="J79" s="16">
         <v>34</v>
       </c>
       <c r="K79" s="16">
         <v>34.200000000000003</v>
       </c>
       <c r="L79" s="16">
         <v>34</v>
       </c>
       <c r="M79" s="17">
         <v>34.299999999999997</v>
       </c>
       <c r="N79" s="17">
         <v>34.1</v>
       </c>
       <c r="O79" s="17">
         <v>31.5</v>
       </c>
       <c r="P79" s="17">
         <v>31.3</v>
       </c>
-      <c r="R79" s="45"/>
-[...2 lines deleted...]
-      <c r="U79" s="16"/>
+      <c r="Q79" s="17">
+        <v>34.5</v>
+      </c>
+      <c r="R79" s="45">
+        <v>34.5</v>
+      </c>
+      <c r="S79" s="16">
+        <v>34.6</v>
+      </c>
+      <c r="T79" s="16">
+        <v>34.6</v>
+      </c>
+      <c r="U79" s="16">
+        <v>33.799999999999997</v>
+      </c>
       <c r="V79" s="36"/>
     </row>
     <row r="80" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A80" s="21"/>
       <c r="B80" s="21"/>
       <c r="C80" s="21"/>
       <c r="G80" s="17" t="s">
         <v>67</v>
       </c>
       <c r="I80" s="54" t="s">
         <v>138</v>
       </c>
       <c r="J80" s="16">
         <v>21.5</v>
       </c>
       <c r="K80" s="16">
         <v>21.7</v>
       </c>
       <c r="L80" s="16">
         <v>21.3</v>
       </c>
       <c r="M80" s="17">
         <v>21.5</v>
       </c>
       <c r="N80" s="17">
         <v>20.6</v>
       </c>
       <c r="O80" s="17">
         <v>17.100000000000001</v>
       </c>
       <c r="P80" s="17">
         <v>16.8</v>
       </c>
-      <c r="R80" s="45"/>
-[...2 lines deleted...]
-      <c r="U80" s="16"/>
+      <c r="Q80" s="17">
+        <v>20.9</v>
+      </c>
+      <c r="R80" s="45">
+        <v>21.4</v>
+      </c>
+      <c r="S80" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="T80" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="U80" s="16">
+        <v>20.6</v>
+      </c>
       <c r="V80" s="37"/>
     </row>
     <row r="81" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A81" s="21"/>
       <c r="B81" s="21"/>
       <c r="C81" s="21"/>
       <c r="G81" s="17" t="s">
         <v>68</v>
       </c>
       <c r="I81" s="54" t="s">
         <v>139</v>
       </c>
       <c r="J81" s="16">
         <v>12.5</v>
       </c>
       <c r="K81" s="16">
         <v>12.5</v>
       </c>
       <c r="L81" s="16">
         <v>12.7</v>
       </c>
       <c r="M81" s="17">
         <v>12.8</v>
       </c>
       <c r="N81" s="17">
         <v>13.5</v>
       </c>
       <c r="O81" s="17">
         <v>14.4</v>
       </c>
       <c r="P81" s="17">
         <v>14.5</v>
       </c>
-      <c r="R81" s="45"/>
-[...2 lines deleted...]
-      <c r="U81" s="16"/>
+      <c r="Q81" s="17">
+        <v>13.6</v>
+      </c>
+      <c r="R81" s="45">
+        <v>13.1</v>
+      </c>
+      <c r="S81" s="16">
+        <v>13.1</v>
+      </c>
+      <c r="T81" s="16">
+        <v>13.1</v>
+      </c>
+      <c r="U81" s="16">
+        <v>13.2</v>
+      </c>
       <c r="V81" s="37"/>
     </row>
     <row r="82" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A82" s="21"/>
       <c r="B82" s="21"/>
       <c r="C82" s="21"/>
       <c r="J82" s="16"/>
       <c r="K82" s="16"/>
       <c r="L82" s="16"/>
       <c r="V82" s="38"/>
     </row>
     <row r="83" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A83" s="21"/>
       <c r="B83" s="21"/>
       <c r="C83" s="21"/>
       <c r="D83" s="17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:22" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A84" s="35"/>
       <c r="B84" s="35"/>
       <c r="C84" s="35"/>
       <c r="D84" s="24"/>
       <c r="E84" s="24" t="s">
@@ -4514,86 +5158,99 @@
       <c r="H84" s="24"/>
       <c r="I84" s="24">
         <v>0</v>
       </c>
       <c r="J84" s="24">
         <v>0</v>
       </c>
       <c r="K84" s="24">
         <v>0</v>
       </c>
       <c r="L84" s="24">
         <v>0</v>
       </c>
       <c r="M84" s="24">
         <v>0</v>
       </c>
       <c r="N84" s="24">
         <v>0.5</v>
       </c>
       <c r="O84" s="24">
         <v>0.5</v>
       </c>
       <c r="P84" s="24">
         <v>0.5</v>
       </c>
-      <c r="Q84" s="24"/>
-[...3 lines deleted...]
-      <c r="U84" s="39"/>
+      <c r="Q84" s="24">
+        <v>0</v>
+      </c>
+      <c r="R84" s="24">
+        <v>0</v>
+      </c>
+      <c r="S84" s="24">
+        <v>0</v>
+      </c>
+      <c r="T84" s="24">
+        <v>0</v>
+      </c>
+      <c r="U84" s="39" t="s">
+        <v>140</v>
+      </c>
     </row>
     <row r="86" spans="1:22" x14ac:dyDescent="0.25">
       <c r="C86" s="23" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="87" spans="1:22" x14ac:dyDescent="0.25">
       <c r="C87" s="23" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:22" x14ac:dyDescent="0.25">
       <c r="C88" s="23" t="s">
         <v>76</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="A2:U2"/>
     <mergeCell ref="A3:U3"/>
     <mergeCell ref="A4:U4"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.2" right="0.16" top="0.33" bottom="0.25" header="0.1" footer="0.25"/>
   <pageSetup scale="70" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;RPage &amp;P of &amp;N</oddHeader>
-    <oddFooter>&amp;R&amp;8 9/2025</oddFooter>
+    <oddFooter>&amp;R&amp;8 1/2026</oddFooter>
   </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="58" max="16383" man="1"/>
+  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>